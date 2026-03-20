--- v0 (2025-10-24)
+++ v1 (2026-03-20)
@@ -83,549 +83,549 @@
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>黃偉倫</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>31:24:22</t>
   </si>
   <si>
     <t>Wan Ho Isaac</t>
   </si>
   <si>
     <t>Yuen</t>
   </si>
   <si>
     <t>28:59:57</t>
   </si>
   <si>
+    <t>Kin Ming Simon</t>
+  </si>
+  <si>
+    <t>Chan</t>
+  </si>
+  <si>
+    <t>31:25:44</t>
+  </si>
+  <si>
     <t>Chun Man</t>
   </si>
   <si>
     <t>Lau</t>
   </si>
   <si>
     <t>31:24:45</t>
   </si>
   <si>
-    <t>Kin Ming Simon</t>
-[...7 lines deleted...]
-  <si>
     <t>Wai Yiu</t>
   </si>
   <si>
     <t>31:26:10</t>
   </si>
   <si>
     <t>Liangjun</t>
   </si>
   <si>
     <t>Jiang</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>31:24:47</t>
   </si>
   <si>
     <t>Xiao Chang</t>
   </si>
   <si>
     <t>Wu</t>
   </si>
   <si>
     <t>巫晓畅</t>
   </si>
   <si>
     <t>31:32:06</t>
   </si>
   <si>
     <t>Changjiu</t>
   </si>
   <si>
     <t>Yu</t>
   </si>
   <si>
     <t>33:19:19</t>
   </si>
   <si>
+    <t>Lai Ting</t>
+  </si>
+  <si>
+    <t>Li</t>
+  </si>
+  <si>
+    <t>李麗婷</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>33:53:18</t>
+  </si>
+  <si>
     <t>Tak</t>
   </si>
   <si>
     <t>Hui</t>
   </si>
   <si>
     <t>31:53:11</t>
   </si>
   <si>
-    <t>Lai Ting</t>
-[...11 lines deleted...]
-    <t>33:53:18</t>
+    <t>Bogdan</t>
+  </si>
+  <si>
+    <t>Onyschenko</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>32:15:02</t>
   </si>
   <si>
     <t>Takayoshi</t>
   </si>
   <si>
     <t>Shigemi</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>35:30:03</t>
   </si>
   <si>
-    <t>Bogdan</t>
-[...8 lines deleted...]
-    <t>32:15:02</t>
+    <t>Yi Hua</t>
+  </si>
+  <si>
+    <t>32:47:49</t>
   </si>
   <si>
     <t>Wai Kin</t>
   </si>
   <si>
     <t>Ng</t>
   </si>
   <si>
     <t>36:00:25</t>
   </si>
   <si>
-    <t>Yi Hua</t>
-[...2 lines deleted...]
-    <t>32:47:49</t>
+    <t>Danyu</t>
+  </si>
+  <si>
+    <t>Wen</t>
+  </si>
+  <si>
+    <t>36:33:55</t>
   </si>
   <si>
     <t>Yu Sheng</t>
   </si>
   <si>
     <t>Zhang</t>
   </si>
   <si>
     <t>张裕生</t>
   </si>
   <si>
     <t>33:17:44</t>
   </si>
   <si>
-    <t>Danyu</t>
-[...5 lines deleted...]
-    <t>36:33:55</t>
+    <t>黃俊文</t>
+  </si>
+  <si>
+    <t>33:23:50</t>
   </si>
   <si>
     <t>Fan</t>
   </si>
   <si>
     <t>Yang</t>
   </si>
   <si>
     <t>杨帆</t>
   </si>
   <si>
     <t>36:34:08</t>
   </si>
   <si>
-    <t>黃俊文</t>
-[...4 lines deleted...]
-  <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Kuts</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>36:45:16</t>
   </si>
   <si>
     <t>35:00:35</t>
   </si>
   <si>
+    <t>Yong</t>
+  </si>
+  <si>
+    <t>Xiao</t>
+  </si>
+  <si>
+    <t>肖勇</t>
+  </si>
+  <si>
+    <t>35:26:09</t>
+  </si>
+  <si>
     <t>Hidenari</t>
   </si>
   <si>
     <t>Tsurumi</t>
   </si>
   <si>
     <t>37:25:35</t>
   </si>
   <si>
-    <t>Yong</t>
-[...10 lines deleted...]
-  <si>
     <t>Chi Kuen</t>
   </si>
   <si>
     <t>陳智權</t>
   </si>
   <si>
     <t>36:13:13</t>
   </si>
   <si>
     <t>Junhai</t>
   </si>
   <si>
     <t>38:32:12</t>
   </si>
   <si>
     <t>Wen Dong</t>
   </si>
   <si>
     <t>李文东</t>
   </si>
   <si>
     <t>36:17:47</t>
   </si>
   <si>
     <t>Alena</t>
   </si>
   <si>
     <t>Shevchuk</t>
   </si>
   <si>
     <t>ШЕВЧУК</t>
   </si>
   <si>
     <t>38:32:19</t>
   </si>
   <si>
+    <t>Zhengqiang</t>
+  </si>
+  <si>
+    <t>He</t>
+  </si>
+  <si>
+    <t>38:38:34</t>
+  </si>
+  <si>
     <t>Pengpeng</t>
   </si>
   <si>
     <t>Xiong</t>
   </si>
   <si>
     <t>熊鹏鹏</t>
   </si>
   <si>
     <t>36:28:31</t>
   </si>
   <si>
-    <t>Zhengqiang</t>
-[...5 lines deleted...]
-    <t>38:38:34</t>
+    <t>Jian Bing</t>
+  </si>
+  <si>
+    <t>Yan</t>
+  </si>
+  <si>
+    <t>鄢建兵</t>
+  </si>
+  <si>
+    <t>36:31:22</t>
   </si>
   <si>
     <t>Ming Fai</t>
   </si>
   <si>
     <t>38:44:09</t>
   </si>
   <si>
-    <t>Jian Bing</t>
-[...10 lines deleted...]
-  <si>
     <t>Hao Chang</t>
   </si>
   <si>
     <t>Deng</t>
   </si>
   <si>
     <t>邓浩昌</t>
   </si>
   <si>
     <t>36:35:55</t>
   </si>
   <si>
     <t>Zhijun</t>
   </si>
   <si>
     <t>39:05:10</t>
   </si>
   <si>
     <t>Xuchen</t>
   </si>
   <si>
     <t>Tao</t>
   </si>
   <si>
     <t>陶旭臣</t>
   </si>
   <si>
     <t>39:34:51</t>
   </si>
   <si>
     <t>Habiba</t>
   </si>
   <si>
     <t>Benahmed</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>36:36:22</t>
   </si>
   <si>
+    <t>Hongbin</t>
+  </si>
+  <si>
+    <t>Liu</t>
+  </si>
+  <si>
+    <t>39:46:02</t>
+  </si>
+  <si>
     <t>Jing</t>
   </si>
   <si>
     <t>36:42:01</t>
   </si>
   <si>
-    <t>Hongbin</t>
-[...5 lines deleted...]
-    <t>39:46:02</t>
+    <t>Aleksandr</t>
+  </si>
+  <si>
+    <t>Kudriavtsev</t>
+  </si>
+  <si>
+    <t>39:59:20</t>
   </si>
   <si>
     <t>Kit Shan</t>
   </si>
   <si>
     <t>36:59:40</t>
   </si>
   <si>
-    <t>Aleksandr</t>
-[...5 lines deleted...]
-    <t>39:59:20</t>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>Chen</t>
+  </si>
+  <si>
+    <t>陈磊</t>
+  </si>
+  <si>
+    <t>36:59:42</t>
   </si>
   <si>
     <t>Xinglang</t>
   </si>
   <si>
-    <t>Chen</t>
-[...1 lines deleted...]
-  <si>
     <t>40:17:23</t>
   </si>
   <si>
-    <t>Lei</t>
-[...5 lines deleted...]
-    <t>36:59:42</t>
+    <t>Yin Kwan</t>
+  </si>
+  <si>
+    <t>Cheng</t>
+  </si>
+  <si>
+    <t>40:19:58</t>
   </si>
   <si>
     <t>Xin Ni</t>
   </si>
   <si>
     <t>Mo</t>
   </si>
   <si>
     <t>莫欣妮</t>
   </si>
   <si>
     <t>37:03:30</t>
   </si>
   <si>
-    <t>Yin Kwan</t>
-[...5 lines deleted...]
-    <t>40:19:58</t>
+    <t>Kin Sun</t>
+  </si>
+  <si>
+    <t>Pang</t>
+  </si>
+  <si>
+    <t>彭建新</t>
+  </si>
+  <si>
+    <t>37:03:50</t>
   </si>
   <si>
     <t xml:space="preserve">Pan </t>
   </si>
   <si>
     <t>Liang</t>
   </si>
   <si>
     <t>40:30:43</t>
   </si>
   <si>
-    <t>Kin Sun</t>
-[...8 lines deleted...]
-    <t>37:03:50</t>
+    <t>Ally</t>
+  </si>
+  <si>
+    <t>Zhu</t>
+  </si>
+  <si>
+    <t>40:40:52</t>
   </si>
   <si>
     <t>Yiu Kwan</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>李耀群</t>
   </si>
   <si>
     <t>37:13:20</t>
   </si>
   <si>
-    <t>Ally</t>
-[...7 lines deleted...]
-  <si>
     <t>Zaihui</t>
   </si>
   <si>
     <t>Duan</t>
   </si>
   <si>
     <t>40:40:55</t>
   </si>
   <si>
     <t>Jian Hui</t>
   </si>
   <si>
     <t>吴剑辉</t>
   </si>
   <si>
     <t>37:16:06</t>
   </si>
   <si>
+    <t>Fotao</t>
+  </si>
+  <si>
+    <t>Wei</t>
+  </si>
+  <si>
+    <t>40:46:25</t>
+  </si>
+  <si>
     <t>Yuen Tung</t>
   </si>
   <si>
     <t>陳遠東</t>
   </si>
   <si>
     <t>37:19:24</t>
   </si>
   <si>
-    <t>Fotao</t>
-[...5 lines deleted...]
-    <t>40:46:25</t>
+    <t>Lu Cong</t>
+  </si>
+  <si>
+    <t>Geng</t>
+  </si>
+  <si>
+    <t>耿鲁聪</t>
+  </si>
+  <si>
+    <t>37:23:25</t>
   </si>
   <si>
     <t>Kwong Kit</t>
   </si>
   <si>
     <t>To</t>
   </si>
   <si>
     <t>杜廣傑</t>
   </si>
   <si>
     <t>40:51:41</t>
   </si>
   <si>
-    <t>Lu Cong</t>
-[...8 lines deleted...]
-    <t>37:23:25</t>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Chow</t>
+  </si>
+  <si>
+    <t>37:27:24</t>
   </si>
   <si>
     <t>Moon Ka</t>
   </si>
   <si>
     <t>Leung</t>
   </si>
   <si>
     <t>41:24:30</t>
-  </si>
-[...7 lines deleted...]
-    <t>37:27:24</t>
   </si>
   <si>
     <t>Jianhui</t>
   </si>
   <si>
     <t>Iwu</t>
   </si>
   <si>
     <t>41:25:23</t>
   </si>
   <si>
     <t>41:34:10</t>
   </si>
   <si>
     <t>Joey</t>
   </si>
   <si>
     <t>Ho</t>
   </si>
   <si>
     <t>41:34:15</t>
   </si>
   <si>
     <t>Haidan</t>
   </si>
@@ -1629,141 +1629,141 @@
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>50</v>
       </c>
       <c r="L3" s="2">
         <v>450</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>106118</v>
+        <v>102127</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>8021</v>
+        <v>1100</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L4" s="2">
         <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>102127</v>
+        <v>106118</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>1100</v>
+        <v>8021</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>102128</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>1076</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
         <v>325</v>
@@ -1883,743 +1883,743 @@
       </c>
       <c r="H9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>150</v>
       </c>
       <c r="L9" s="2">
         <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>102130</v>
+        <v>102254</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="D10" s="2"/>
+      <c r="D10" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="E10" s="2">
-        <v>1056</v>
+        <v>8069</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K10" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L10" s="2">
-        <v>275</v>
+        <v>400</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>102254</v>
+        <v>102130</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>8069</v>
+        <v>1056</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K11" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>400</v>
+        <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>112489</v>
+        <v>102131</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>8042</v>
+        <v>1090</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K12" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L12" s="2">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>102131</v>
+        <v>112489</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>1090</v>
+        <v>8042</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K13" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L13" s="2">
-        <v>250</v>
+        <v>275</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>112490</v>
+        <v>102132</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>8132</v>
+        <v>1120</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K14" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L14" s="2">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>102132</v>
+        <v>112490</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C15" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>1120</v>
+        <v>8132</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="K15" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L15" s="2">
+        <v>250</v>
+      </c>
+      <c r="M15" s="2">
+        <v>0</v>
+      </c>
+      <c r="N15" s="2">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>102133</v>
+        <v>112491</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>1016</v>
+        <v>8202</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K16" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L16" s="2">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>112491</v>
+        <v>102133</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="D17" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>8202</v>
+        <v>1016</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K17" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L17" s="2">
-        <v>350</v>
+        <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>102135</v>
+        <v>102134</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="C18" s="2" t="s">
+      <c r="E18" s="2">
+        <v>1073</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H18" s="2" t="s">
         <v>71</v>
-      </c>
-[...13 lines deleted...]
-        <v>73</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K18" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L18" s="2">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>102134</v>
+        <v>102135</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E19" s="2">
-        <v>1073</v>
+        <v>8059</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K19" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L19" s="2">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>112493</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>8011</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>8</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
         <v>230</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
         <v>102135</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E21" s="2">
         <v>1006</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>9</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>220</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>112494</v>
+        <v>102136</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="D22" s="2"/>
+      <c r="D22" s="2" t="s">
+        <v>83</v>
+      </c>
       <c r="E22" s="2">
-        <v>8170</v>
+        <v>1017</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K22" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L22" s="2">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>102136</v>
+        <v>112494</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D23" s="2" t="s">
         <v>86</v>
       </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>1017</v>
+        <v>8170</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K23" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L23" s="2">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>102137</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>89</v>
       </c>
       <c r="E24" s="2">
         <v>1005</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
         <v>11</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
         <v>200</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>112495</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>8095</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>10</v>
       </c>
       <c r="K25" s="2">
         <v>150</v>
       </c>
       <c r="L25" s="2">
         <v>210</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>102138</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E26" s="2">
         <v>1101</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
@@ -2631,244 +2631,244 @@
       </c>
       <c r="N26" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
         <v>104835</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E27" s="2">
         <v>8174</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>3</v>
       </c>
       <c r="K27" s="2">
         <v>150</v>
       </c>
       <c r="L27" s="2">
         <v>325</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>100469</v>
+        <v>112497</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>1036</v>
+        <v>8108</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K28" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L28" s="2">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>112497</v>
+        <v>100469</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="D29" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>8108</v>
+        <v>1036</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K29" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>100228</v>
+        <v>102140</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D30" s="2"/>
+        <v>108</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>109</v>
+      </c>
       <c r="E30" s="2">
-        <v>8138</v>
+        <v>1091</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K30" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L30" s="2">
-        <v>190</v>
+        <v>170</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>102140</v>
+        <v>100228</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>1091</v>
+        <v>8138</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="K31" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L31" s="2">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>102141</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>115</v>
       </c>
       <c r="E32" s="2">
         <v>1004</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="2" t="s">
@@ -2975,584 +2975,584 @@
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>100012</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>123</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
         <v>1087</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>2</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
         <v>350</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>100225</v>
+        <v>112501</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>1039</v>
+        <v>8148</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="K36" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L36" s="2">
-        <v>325</v>
+        <v>160</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>425</v>
+        <v>310</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>112501</v>
+        <v>100225</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>8148</v>
+        <v>1039</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="K37" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L37" s="2">
-        <v>160</v>
+        <v>325</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>310</v>
+        <v>425</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>100221</v>
+        <v>106176</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>1119</v>
+        <v>8078</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="K38" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L38" s="2">
+        <v>150</v>
+      </c>
+      <c r="M38" s="2">
+        <v>0</v>
+      </c>
+      <c r="N38" s="2">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>106176</v>
+        <v>100221</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>8078</v>
+        <v>1119</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="K39" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>112503</v>
+        <v>102143</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>137</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D40" s="2"/>
+      <c r="D40" s="2" t="s">
+        <v>139</v>
+      </c>
       <c r="E40" s="2">
-        <v>8168</v>
+        <v>1043</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="K40" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>102143</v>
+        <v>112503</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>1043</v>
+        <v>8168</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>142</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="K41" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L41" s="2">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>102144</v>
+        <v>102160</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D42" s="2" t="s">
+      <c r="D42" s="2"/>
+      <c r="E42" s="2">
+        <v>8073</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H42" s="2" t="s">
         <v>145</v>
-      </c>
-[...10 lines deleted...]
-        <v>146</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>5</v>
       </c>
       <c r="K42" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L42" s="2">
         <v>275</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>102160</v>
+        <v>102144</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="C43" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="C43" s="2" t="s">
+      <c r="D43" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>8073</v>
+        <v>1083</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>5</v>
       </c>
       <c r="K43" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>275</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>112504</v>
+        <v>102145</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="D44" s="2"/>
+      <c r="D44" s="2" t="s">
+        <v>152</v>
+      </c>
       <c r="E44" s="2">
-        <v>8081</v>
+        <v>1140</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
         <v>17</v>
       </c>
       <c r="K44" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L44" s="2">
         <v>140</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>102145</v>
+        <v>112504</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D45" s="2" t="s">
         <v>155</v>
       </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>1140</v>
+        <v>8081</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>17</v>
       </c>
       <c r="K45" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L45" s="2">
         <v>140</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>102146</v>
+        <v>112505</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="D46" s="2" t="s">
+      <c r="D46" s="2"/>
+      <c r="E46" s="2">
+        <v>8112</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H46" s="2" t="s">
         <v>159</v>
-      </c>
-[...10 lines deleted...]
-        <v>160</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="K46" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L46" s="2">
-        <v>130</v>
+        <v>250</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>112505</v>
+        <v>102146</v>
       </c>
       <c r="B47" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C47" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="C47" s="2" t="s">
+      <c r="D47" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>8112</v>
+        <v>1129</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>250</v>
+        <v>130</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>112506</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>8156</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>166</v>
       </c>
@@ -3599,304 +3599,304 @@
       </c>
       <c r="H49" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>19</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
         <v>120</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>102148</v>
+        <v>112507</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D50" s="2" t="s">
         <v>171</v>
       </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2">
-        <v>1012</v>
+        <v>8036</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>172</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K50" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L50" s="2">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>112507</v>
+        <v>102148</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C51" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D51" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>8036</v>
+        <v>1012</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>175</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K51" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L51" s="2">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>112508</v>
+        <v>102149</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>178</v>
       </c>
       <c r="E52" s="2">
-        <v>8010</v>
+        <v>1018</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>179</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K52" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L52" s="2">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>102149</v>
+        <v>112508</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>182</v>
       </c>
       <c r="E53" s="2">
-        <v>1018</v>
+        <v>8010</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>183</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K53" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L53" s="2">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>100227</v>
+        <v>102150</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>8014</v>
+        <v>1065</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>186</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K54" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L54" s="2">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>102150</v>
+        <v>100227</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>1065</v>
+        <v>8014</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>189</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K55" s="2">
+        <v>150</v>
+      </c>
+      <c r="L55" s="2">
         <v>100</v>
       </c>
-      <c r="L55" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>112510</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>8047</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>192</v>
       </c>
@@ -3905,51 +3905,51 @@
       </c>
       <c r="J56" s="2">
         <v>22</v>
       </c>
       <c r="K56" s="2">
         <v>150</v>
       </c>
       <c r="L56" s="2">
         <v>99</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>249</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
         <v>102138</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E57" s="2">
         <v>8153</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I57" s="2">
         <v>29</v>
       </c>
       <c r="J57" s="2">
         <v>23</v>
       </c>
       <c r="K57" s="2">
         <v>150</v>
       </c>
@@ -4033,100 +4033,100 @@
       </c>
       <c r="J59" s="2">
         <v>25</v>
       </c>
       <c r="K59" s="2">
         <v>150</v>
       </c>
       <c r="L59" s="2">
         <v>96</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>246</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>112514</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>8046</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>201</v>
       </c>
       <c r="I60" s="2">
         <v>32</v>
       </c>
       <c r="J60" s="2">
         <v>26</v>
       </c>
       <c r="K60" s="2">
         <v>150</v>
       </c>
       <c r="L60" s="2">
         <v>95</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>112515</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
         <v>8196</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>204</v>
       </c>
       <c r="I61" s="2">
         <v>33</v>
       </c>
       <c r="J61" s="2">
         <v>27</v>
       </c>
       <c r="K61" s="2">
         <v>150</v>
       </c>
       <c r="L61" s="2">
         <v>94</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>244</v>
       </c>
@@ -4161,63 +4161,63 @@
       </c>
       <c r="J62" s="2">
         <v>28</v>
       </c>
       <c r="K62" s="2">
         <v>150</v>
       </c>
       <c r="L62" s="2">
         <v>93</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>112517</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>209</v>
       </c>
       <c r="E63" s="2">
         <v>8173</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>210</v>
       </c>
       <c r="I63" s="2">
         <v>35</v>
       </c>
       <c r="J63" s="2">
         <v>7</v>
       </c>
       <c r="K63" s="2">
         <v>150</v>
       </c>
       <c r="L63" s="2">
         <v>240</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
@@ -4256,51 +4256,51 @@
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>242</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
         <v>112519</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>216</v>
       </c>
       <c r="E65" s="2">
         <v>8136</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>217</v>
       </c>
       <c r="I65" s="2">
         <v>37</v>
       </c>
       <c r="J65" s="2">
         <v>30</v>
       </c>
       <c r="K65" s="2">
         <v>150</v>
       </c>
       <c r="L65" s="2">
         <v>91</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>241</v>
       </c>
@@ -4333,135 +4333,135 @@
       </c>
       <c r="J66" s="2">
         <v>31</v>
       </c>
       <c r="K66" s="2">
         <v>150</v>
       </c>
       <c r="L66" s="2">
         <v>90</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>112521</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>8103</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>222</v>
       </c>
       <c r="I67" s="2">
         <v>39</v>
       </c>
       <c r="J67" s="2">
         <v>32</v>
       </c>
       <c r="K67" s="2">
         <v>150</v>
       </c>
       <c r="L67" s="2">
         <v>89</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>239</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>102281</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
         <v>8067</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>224</v>
       </c>
       <c r="I68" s="2">
         <v>40</v>
       </c>
       <c r="J68" s="2">
         <v>8</v>
       </c>
       <c r="K68" s="2">
         <v>150</v>
       </c>
       <c r="L68" s="2">
         <v>230</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
         <v>112523</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
         <v>8130</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>226</v>
       </c>
       <c r="I69" s="2">
         <v>41</v>
       </c>
       <c r="J69" s="2">
         <v>33</v>
       </c>
       <c r="K69" s="2">
         <v>150</v>
       </c>
       <c r="L69" s="2">
         <v>88</v>
@@ -4513,167 +4513,167 @@
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>237</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
         <v>112525</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
         <v>8109</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>233</v>
       </c>
       <c r="I71" s="2">
         <v>43</v>
       </c>
       <c r="J71" s="2">
         <v>9</v>
       </c>
       <c r="K71" s="2">
         <v>150</v>
       </c>
       <c r="L71" s="2">
         <v>220</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>112526</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>8007</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>235</v>
       </c>
       <c r="I72" s="2">
         <v>44</v>
       </c>
       <c r="J72" s="2">
         <v>35</v>
       </c>
       <c r="K72" s="2">
         <v>150</v>
       </c>
       <c r="L72" s="2">
         <v>86</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>236</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
         <v>112527</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>236</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
         <v>8179</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>237</v>
       </c>
       <c r="I73" s="2">
         <v>45</v>
       </c>
       <c r="J73" s="2">
         <v>36</v>
       </c>
       <c r="K73" s="2">
         <v>150</v>
       </c>
       <c r="L73" s="2">
         <v>85</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>235</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>112528</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>8037</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>239</v>
       </c>
       <c r="I74" s="2">
         <v>46</v>
       </c>
       <c r="J74" s="2">
         <v>37</v>
       </c>
       <c r="K74" s="2">
         <v>150</v>
       </c>
       <c r="L74" s="2">
         <v>84</v>
@@ -4720,128 +4720,128 @@
       <c r="L75" s="2">
         <v>83</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>233</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>112530</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
         <v>8087</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I76" s="2">
         <v>48</v>
       </c>
       <c r="J76" s="2">
         <v>39</v>
       </c>
       <c r="K76" s="2">
         <v>150</v>
       </c>
       <c r="L76" s="2">
         <v>82</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>232</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>112531</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>8158</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I77" s="2">
         <v>49</v>
       </c>
       <c r="J77" s="2">
         <v>10</v>
       </c>
       <c r="K77" s="2">
         <v>150</v>
       </c>
       <c r="L77" s="2">
         <v>210</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
         <v>112532</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
         <v>8050</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>250</v>
       </c>
       <c r="I78" s="2">
         <v>50</v>
       </c>
       <c r="J78" s="2">
         <v>40</v>
       </c>
       <c r="K78" s="2">
         <v>150</v>
       </c>
       <c r="L78" s="2">
         <v>81</v>
@@ -4890,83 +4890,83 @@
       <c r="L79" s="2">
         <v>80</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
         <v>112534</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>256</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
         <v>8028</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>257</v>
       </c>
       <c r="I80" s="2">
         <v>52</v>
       </c>
       <c r="J80" s="2">
         <v>42</v>
       </c>
       <c r="K80" s="2">
         <v>150</v>
       </c>
       <c r="L80" s="2">
         <v>79</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>229</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>112535</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>8102</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I81" s="2">
         <v>53</v>
       </c>
       <c r="J81" s="2">
         <v>43</v>
       </c>
       <c r="K81" s="2">
         <v>150</v>
@@ -5051,51 +5051,51 @@
       </c>
       <c r="J83" s="2">
         <v>45</v>
       </c>
       <c r="K83" s="2">
         <v>150</v>
       </c>
       <c r="L83" s="2">
         <v>76</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>226</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
         <v>100257</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
         <v>8189</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>266</v>
       </c>
       <c r="I84" s="2">
         <v>56</v>
       </c>
       <c r="J84" s="2">
         <v>46</v>
       </c>
       <c r="K84" s="2">
         <v>150</v>
       </c>
       <c r="L84" s="2">
         <v>75</v>
@@ -5229,51 +5229,51 @@
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>222</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>106179</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>277</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
         <v>8167</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>278</v>
       </c>
       <c r="I88" s="2">
         <v>60</v>
       </c>
       <c r="J88" s="2">
         <v>11</v>
       </c>
       <c r="K88" s="2">
         <v>150</v>
       </c>
       <c r="L88" s="2">
         <v>200</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
@@ -5313,51 +5313,51 @@
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
         <v>221</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>112544</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>8076</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>283</v>
       </c>
       <c r="I90" s="2">
         <v>62</v>
       </c>
       <c r="J90" s="2">
         <v>12</v>
       </c>
       <c r="K90" s="2">
         <v>150</v>
       </c>
       <c r="L90" s="2">
         <v>190</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
@@ -5555,61 +5555,61 @@
       </c>
       <c r="J95" s="2">
         <v>55</v>
       </c>
       <c r="K95" s="2">
         <v>150</v>
       </c>
       <c r="L95" s="2">
         <v>66</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>216</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>112550</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>8114</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>299</v>
       </c>
       <c r="I96" s="2">
         <v>68</v>
       </c>
       <c r="J96" s="2">
         <v>13</v>
       </c>
       <c r="K96" s="2">
         <v>150</v>
       </c>
       <c r="L96" s="2">
         <v>180</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
@@ -5639,51 +5639,51 @@
       </c>
       <c r="J97" s="2">
         <v>56</v>
       </c>
       <c r="K97" s="2">
         <v>150</v>
       </c>
       <c r="L97" s="2">
         <v>65</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>215</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>112552</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>8083</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>303</v>
       </c>
       <c r="I98" s="2">
         <v>70</v>
       </c>
       <c r="J98" s="2">
         <v>57</v>
       </c>
       <c r="K98" s="2">
         <v>150</v>
       </c>
       <c r="L98" s="2">
         <v>64</v>
@@ -5777,83 +5777,83 @@
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
         <v>212</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
         <v>112554</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>312</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
         <v>8163</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>313</v>
       </c>
       <c r="I101" s="2">
         <v>73</v>
       </c>
       <c r="J101" s="2">
         <v>14</v>
       </c>
       <c r="K101" s="2">
         <v>150</v>
       </c>
       <c r="L101" s="2">
         <v>170</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
         <v>100130</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
         <v>8008</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>315</v>
       </c>
       <c r="I102" s="2">
         <v>74</v>
       </c>
       <c r="J102" s="2">
         <v>60</v>
       </c>
       <c r="K102" s="2">
         <v>150</v>
       </c>
       <c r="L102" s="2">
         <v>61</v>
@@ -5903,125 +5903,125 @@
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
         <v>112557</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>319</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
         <v>8070</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>320</v>
       </c>
       <c r="I104" s="2">
         <v>76</v>
       </c>
       <c r="J104" s="2">
         <v>15</v>
       </c>
       <c r="K104" s="2">
         <v>150</v>
       </c>
       <c r="L104" s="2">
         <v>160</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
         <v>112558</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
         <v>8012</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>322</v>
       </c>
       <c r="I105" s="2">
         <v>77</v>
       </c>
       <c r="J105" s="2">
         <v>62</v>
       </c>
       <c r="K105" s="2">
         <v>150</v>
       </c>
       <c r="L105" s="2">
         <v>59</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>209</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
         <v>112559</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
         <v>8162</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>324</v>
       </c>
       <c r="I106" s="2">
         <v>78</v>
       </c>
       <c r="J106" s="2">
         <v>63</v>
       </c>
       <c r="K106" s="2">
         <v>150</v>
       </c>
       <c r="L106" s="2">
         <v>58</v>
@@ -6103,51 +6103,51 @@
       </c>
       <c r="J108" s="2">
         <v>65</v>
       </c>
       <c r="K108" s="2">
         <v>150</v>
       </c>
       <c r="L108" s="2">
         <v>56</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
         <v>206</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
         <v>112562</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>329</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
         <v>8072</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>330</v>
       </c>
       <c r="I109" s="2">
         <v>81</v>
       </c>
       <c r="J109" s="2">
         <v>66</v>
       </c>
       <c r="K109" s="2">
         <v>150</v>
       </c>
       <c r="L109" s="2">
         <v>55</v>
@@ -6273,51 +6273,51 @@
       </c>
       <c r="J112" s="2">
         <v>69</v>
       </c>
       <c r="K112" s="2">
         <v>150</v>
       </c>
       <c r="L112" s="2">
         <v>52</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
         <v>202</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
         <v>112566</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
         <v>8125</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>342</v>
       </c>
       <c r="I113" s="2">
         <v>85</v>
       </c>
       <c r="J113" s="2">
         <v>70</v>
       </c>
       <c r="K113" s="2">
         <v>150</v>
       </c>
       <c r="L113" s="2">
         <v>51</v>
@@ -6327,83 +6327,83 @@
       </c>
       <c r="N113" s="2">
         <v>201</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
         <v>112567</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>343</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>345</v>
       </c>
       <c r="E114" s="2">
         <v>8113</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>346</v>
       </c>
       <c r="I114" s="2">
         <v>86</v>
       </c>
       <c r="J114" s="2">
         <v>16</v>
       </c>
       <c r="K114" s="2">
         <v>150</v>
       </c>
       <c r="L114" s="2">
         <v>150</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
         <v>112568</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>347</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
         <v>8107</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I115" s="2">
         <v>87</v>
       </c>
       <c r="J115" s="2">
         <v>71</v>
       </c>
       <c r="K115" s="2">
         <v>150</v>
       </c>
       <c r="L115" s="2">
         <v>50</v>
@@ -6485,147 +6485,147 @@
       </c>
       <c r="J117" s="2">
         <v>73</v>
       </c>
       <c r="K117" s="2">
         <v>150</v>
       </c>
       <c r="L117" s="2">
         <v>48</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
         <v>112571</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>355</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
         <v>8029</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>356</v>
       </c>
       <c r="I118" s="2">
         <v>90</v>
       </c>
       <c r="J118" s="2">
         <v>74</v>
       </c>
       <c r="K118" s="2">
         <v>150</v>
       </c>
       <c r="L118" s="2">
         <v>47</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
         <v>112572</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>358</v>
       </c>
       <c r="E119" s="2">
         <v>8133</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>359</v>
       </c>
       <c r="I119" s="2">
         <v>91</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
         <v>46</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>102200</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
         <v>8185</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>361</v>
       </c>
       <c r="I120" s="2">
         <v>92</v>
       </c>
       <c r="J120" s="2">
         <v>17</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>140</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>290</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>