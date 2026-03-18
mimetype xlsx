--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -341,83 +341,83 @@
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>09:01:42</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>09:06:27</t>
   </si>
   <si>
     <t>Doleon</t>
   </si>
   <si>
     <t>Amaury</t>
   </si>
   <si>
     <t>09:48:55</t>
   </si>
   <si>
+    <t>Shoji</t>
+  </si>
+  <si>
+    <t>Masamichi</t>
+  </si>
+  <si>
+    <t>09:56:55</t>
+  </si>
+  <si>
     <t>Julius Kevin</t>
   </si>
   <si>
     <t>Japlit</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>09:08:55</t>
   </si>
   <si>
-    <t>Shoji</t>
-[...5 lines deleted...]
-    <t>09:56:55</t>
+    <t>09:09:00</t>
   </si>
   <si>
     <t>Marieke</t>
   </si>
   <si>
     <t>Dekkers</t>
   </si>
   <si>
     <t>10:01:03</t>
   </si>
   <si>
-    <t>09:09:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Wasin</t>
   </si>
   <si>
     <t>Mongkholmalee</t>
   </si>
   <si>
     <t>09:09:05</t>
   </si>
   <si>
     <t>Thanh</t>
   </si>
   <si>
     <t>Lam Nguyen</t>
   </si>
   <si>
     <t>10:15:10</t>
   </si>
   <si>
     <t>Valery</t>
   </si>
   <si>
     <t>Gaucherand</t>
   </si>
   <si>
     <t>09:15:08</t>
@@ -452,62 +452,62 @@
   <si>
     <t>Trong Hieu</t>
   </si>
   <si>
     <t>10:53:03</t>
   </si>
   <si>
     <t>Gaetan</t>
   </si>
   <si>
     <t>Morizur</t>
   </si>
   <si>
     <t>10:54:44</t>
   </si>
   <si>
     <t>Truong</t>
   </si>
   <si>
     <t>Đình Cát</t>
   </si>
   <si>
     <t>09:29:19</t>
   </si>
   <si>
+    <t>09:41:32</t>
+  </si>
+  <si>
     <t>Lam</t>
   </si>
   <si>
     <t>Van Thuan</t>
   </si>
   <si>
     <t>11:05:11</t>
   </si>
   <si>
-    <t>09:41:32</t>
-[...1 lines deleted...]
-  <si>
     <t>09:42:26</t>
   </si>
   <si>
     <t>Axel</t>
   </si>
   <si>
     <t>11:16:44</t>
   </si>
   <si>
     <t>Dang Hieu</t>
   </si>
   <si>
     <t>09:50:18</t>
   </si>
   <si>
     <t>Thi Duong</t>
   </si>
   <si>
     <t>11:16:45</t>
   </si>
   <si>
     <t>Sebastien</t>
   </si>
   <si>
     <t>Gendera</t>
@@ -578,77 +578,77 @@
   <si>
     <t>11:38:58</t>
   </si>
   <si>
     <t>Cesar</t>
   </si>
   <si>
     <t>Augusto Quezada</t>
   </si>
   <si>
     <t>10:12:25</t>
   </si>
   <si>
     <t>Masafumi</t>
   </si>
   <si>
     <t>Yamamoto</t>
   </si>
   <si>
     <t>11:41:14</t>
   </si>
   <si>
     <t>10:13:26</t>
   </si>
   <si>
+    <t>Dinh Minh Anh</t>
+  </si>
+  <si>
+    <t>11:43:11</t>
+  </si>
+  <si>
     <t>Jean-Luc</t>
   </si>
   <si>
     <t xml:space="preserve">Puong </t>
   </si>
   <si>
     <t>10:14:24</t>
   </si>
   <si>
-    <t>Dinh Minh Anh</t>
-[...2 lines deleted...]
-    <t>11:43:11</t>
+    <t>Vu</t>
+  </si>
+  <si>
+    <t>Văn Phán</t>
+  </si>
+  <si>
+    <t>11:51:52</t>
   </si>
   <si>
     <t>10:29:10</t>
   </si>
   <si>
-    <t>Vu</t>
-[...7 lines deleted...]
-  <si>
     <t>Stephane</t>
   </si>
   <si>
     <t>Laporte</t>
   </si>
   <si>
     <t>11:52:27</t>
   </si>
   <si>
     <t>Carrie</t>
   </si>
   <si>
     <t>Stander</t>
   </si>
   <si>
     <t>10:36:00</t>
   </si>
   <si>
     <t>Tranthai</t>
   </si>
   <si>
     <t>12:04:12</t>
   </si>
   <si>
     <t>Kent</t>
@@ -791,80 +791,80 @@
   <si>
     <t>12:33:08</t>
   </si>
   <si>
     <t>Zhongren</t>
   </si>
   <si>
     <t>Zeng</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>12:33:28</t>
   </si>
   <si>
     <t>Hideto</t>
   </si>
   <si>
     <t>Kumasaka</t>
   </si>
   <si>
     <t>10:57:22</t>
   </si>
   <si>
+    <t>Ego</t>
+  </si>
+  <si>
+    <t>Benoit</t>
+  </si>
+  <si>
+    <t>12:33:45</t>
+  </si>
+  <si>
     <t>Đông Định</t>
   </si>
   <si>
     <t>11:02:37</t>
   </si>
   <si>
-    <t>Ego</t>
-[...5 lines deleted...]
-    <t>12:33:45</t>
+    <t>Ngo</t>
+  </si>
+  <si>
+    <t>Hung</t>
+  </si>
+  <si>
+    <t>12:34:45</t>
   </si>
   <si>
     <t>Thiện Nhựt</t>
   </si>
   <si>
     <t>11:03:24</t>
   </si>
   <si>
-    <t>Ngo</t>
-[...7 lines deleted...]
-  <si>
     <t>Yohan</t>
   </si>
   <si>
     <t>Duflos</t>
   </si>
   <si>
     <t>11:07:45</t>
   </si>
   <si>
     <t>Koji</t>
   </si>
   <si>
     <t>Matsuo</t>
   </si>
   <si>
     <t>12:37:52</t>
   </si>
   <si>
     <t>Ho</t>
   </si>
   <si>
     <t>Quí Tấn Phước</t>
   </si>
   <si>
     <t>12:44:56</t>
@@ -908,272 +908,272 @@
   <si>
     <t>Quang Lâm Đồng</t>
   </si>
   <si>
     <t>Ekhman</t>
   </si>
   <si>
     <t>Mahmud</t>
   </si>
   <si>
     <t>12:58:09</t>
   </si>
   <si>
     <t>Aida</t>
   </si>
   <si>
     <t>Othman</t>
   </si>
   <si>
     <t>Minh Hoang</t>
   </si>
   <si>
     <t>11:19:34</t>
   </si>
   <si>
+    <t>Cauchy</t>
+  </si>
+  <si>
+    <t>13:01:31</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nguyễn Trần </t>
   </si>
   <si>
     <t>Liển</t>
   </si>
   <si>
     <t>11:24:12</t>
   </si>
   <si>
-    <t>Cauchy</t>
-[...4 lines deleted...]
-  <si>
     <t>11:33:57</t>
   </si>
   <si>
     <t>Khuong</t>
   </si>
   <si>
     <t>Đình Thắng</t>
   </si>
   <si>
     <t>13:02:48</t>
   </si>
   <si>
     <t>11:37:33</t>
   </si>
   <si>
     <t>Văn Tùng</t>
   </si>
   <si>
     <t>13:04:14</t>
   </si>
   <si>
     <t>Doan</t>
   </si>
   <si>
     <t>Phước Bảo Huy</t>
   </si>
   <si>
     <t>13:07:11</t>
   </si>
   <si>
     <t xml:space="preserve">Đặng Quốc </t>
   </si>
   <si>
     <t>Tuấn</t>
   </si>
   <si>
     <t>11:42:57</t>
   </si>
   <si>
+    <t xml:space="preserve">Thanh Hải </t>
+  </si>
+  <si>
+    <t>Nguyễn</t>
+  </si>
+  <si>
+    <t>11:43:27</t>
+  </si>
+  <si>
     <t>Rex</t>
   </si>
   <si>
     <t>See</t>
   </si>
   <si>
     <t>13:07:24</t>
   </si>
   <si>
-    <t xml:space="preserve">Thanh Hải </t>
-[...5 lines deleted...]
-    <t>11:43:27</t>
+    <t>Dang</t>
+  </si>
+  <si>
+    <t>13:21:01</t>
   </si>
   <si>
     <t xml:space="preserve">Lye Yang </t>
   </si>
   <si>
     <t>Suah</t>
   </si>
   <si>
     <t>11:46:22</t>
   </si>
   <si>
-    <t>Dang</t>
-[...4 lines deleted...]
-  <si>
     <t>Huy</t>
   </si>
   <si>
     <t>13:21:34</t>
   </si>
   <si>
     <t>11:46:41</t>
   </si>
   <si>
+    <t>11:46:55</t>
+  </si>
+  <si>
     <t>Wei Ling</t>
   </si>
   <si>
     <t>Huang</t>
   </si>
   <si>
     <t>13:23:21</t>
   </si>
   <si>
-    <t>11:46:55</t>
+    <t>Thành</t>
+  </si>
+  <si>
+    <t>13:24:23</t>
   </si>
   <si>
     <t xml:space="preserve">Lê Hồng Hải </t>
   </si>
   <si>
     <t>Nhân</t>
   </si>
   <si>
     <t>11:52:56</t>
   </si>
   <si>
-    <t>Thành</t>
-[...4 lines deleted...]
-  <si>
     <t>Le Nguyen</t>
   </si>
   <si>
     <t>Trọng Nhân</t>
   </si>
   <si>
     <t>13:24:57</t>
   </si>
   <si>
     <t>Le Phuong</t>
   </si>
   <si>
     <t>Vy</t>
   </si>
   <si>
     <t>11:53:51</t>
   </si>
   <si>
+    <t xml:space="preserve">Hồ Minh </t>
+  </si>
+  <si>
+    <t>11:55:05</t>
+  </si>
+  <si>
     <t>Patrick</t>
   </si>
   <si>
     <t>Hanna</t>
   </si>
   <si>
     <t>13:26:25</t>
   </si>
   <si>
-    <t xml:space="preserve">Hồ Minh </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Lê Nguyễn Trọng </t>
   </si>
   <si>
     <t>11:56:02</t>
   </si>
   <si>
     <t>Thắng</t>
   </si>
   <si>
     <t>13:31:28</t>
   </si>
   <si>
     <t>Yuichi</t>
   </si>
   <si>
     <t>Okazaki</t>
   </si>
   <si>
     <t>12:00:23</t>
   </si>
   <si>
     <t>Hiroshi</t>
   </si>
   <si>
     <t>Sahara</t>
   </si>
   <si>
     <t>13:36:24</t>
   </si>
   <si>
+    <t xml:space="preserve">Tu </t>
+  </si>
+  <si>
+    <t>13:37:42</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bùi Minh </t>
   </si>
   <si>
     <t>12:04:04</t>
   </si>
   <si>
-    <t xml:space="preserve">Tu </t>
-[...4 lines deleted...]
-  <si>
     <t>Đức Toàn</t>
   </si>
   <si>
     <t>13:38:04</t>
   </si>
   <si>
     <t>Dominique</t>
   </si>
   <si>
     <t>Luzinaud</t>
   </si>
   <si>
+    <t xml:space="preserve">Nguyễn Trung </t>
+  </si>
+  <si>
+    <t>Kiên</t>
+  </si>
+  <si>
+    <t>12:04:49</t>
+  </si>
+  <si>
     <t>13:48:31</t>
   </si>
   <si>
-    <t xml:space="preserve">Nguyễn Trung </t>
-[...7 lines deleted...]
-  <si>
     <t>Kushantha</t>
   </si>
   <si>
     <t>Jeerasinghe</t>
   </si>
   <si>
     <t>13:49:55</t>
   </si>
   <si>
     <t xml:space="preserve">Simon </t>
   </si>
   <si>
     <t>Sanguin</t>
   </si>
   <si>
     <t>12:05:29</t>
   </si>
   <si>
     <t>Khoi</t>
   </si>
   <si>
     <t>13:51:36</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyen Duy </t>
@@ -1511,186 +1511,186 @@
   <si>
     <t>Marcel</t>
   </si>
   <si>
     <t>Lennartz</t>
   </si>
   <si>
     <t>15:40:54</t>
   </si>
   <si>
     <t xml:space="preserve">Piyawat </t>
   </si>
   <si>
     <t>Nangam</t>
   </si>
   <si>
     <t>12:44:50</t>
   </si>
   <si>
     <t>Thuy</t>
   </si>
   <si>
     <t>15:43:42</t>
   </si>
   <si>
+    <t>Trungha</t>
+  </si>
+  <si>
+    <t>15:45:19</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lê Thanh </t>
   </si>
   <si>
     <t>Cường</t>
   </si>
   <si>
     <t>12:47:06</t>
   </si>
   <si>
-    <t>Trungha</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Mai Trọng </t>
   </si>
   <si>
     <t>Ngân</t>
   </si>
   <si>
     <t>12:47:15</t>
   </si>
   <si>
     <t xml:space="preserve">Teng Yam </t>
   </si>
   <si>
     <t>Goh</t>
   </si>
   <si>
     <t>15:45:20</t>
   </si>
   <si>
+    <t>12:47:37</t>
+  </si>
+  <si>
     <t>Minh Tuan</t>
   </si>
   <si>
     <t>15:48:04</t>
   </si>
   <si>
-    <t>12:47:37</t>
-[...1 lines deleted...]
-  <si>
     <t>Tiến Thịnh</t>
   </si>
   <si>
     <t>16:01:33</t>
   </si>
   <si>
+    <t>Hải</t>
+  </si>
+  <si>
+    <t>16:03:54</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nguyễn Tài </t>
   </si>
   <si>
     <t>12:47:50</t>
   </si>
   <si>
-    <t>Hải</t>
-[...4 lines deleted...]
-  <si>
     <t>Hiếu</t>
   </si>
   <si>
     <t>16:03:55</t>
   </si>
   <si>
     <t xml:space="preserve">Tran Anh </t>
   </si>
   <si>
     <t>12:48:00</t>
   </si>
   <si>
     <t xml:space="preserve">Do Huu </t>
   </si>
   <si>
     <t>Trung</t>
   </si>
   <si>
     <t>12:49:37</t>
   </si>
   <si>
     <t>Minh Phương</t>
   </si>
   <si>
     <t>16:03:56</t>
   </si>
   <si>
+    <t>Trong Giap</t>
+  </si>
+  <si>
+    <t>16:03:59</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nguyen Anh </t>
   </si>
   <si>
     <t>Tuan</t>
   </si>
   <si>
     <t>12:51:53</t>
   </si>
   <si>
-    <t>Trong Giap</t>
-[...4 lines deleted...]
-  <si>
     <t>Giang</t>
   </si>
   <si>
     <t>16:04:53</t>
   </si>
   <si>
     <t xml:space="preserve">Voineau </t>
   </si>
   <si>
     <t>12:56:06</t>
   </si>
   <si>
     <t>My</t>
   </si>
   <si>
     <t>16:06:20</t>
   </si>
   <si>
     <t>Hoàng</t>
   </si>
   <si>
     <t>12:58:52</t>
   </si>
   <si>
+    <t>Ngân Sơn</t>
+  </si>
+  <si>
+    <t>16:06:35</t>
+  </si>
+  <si>
     <t>Phạm Tiến</t>
   </si>
   <si>
     <t>12:59:07</t>
-  </si>
-[...4 lines deleted...]
-    <t>16:06:35</t>
   </si>
   <si>
     <t>16:18:06</t>
   </si>
   <si>
     <t xml:space="preserve">Đinh Thanh </t>
   </si>
   <si>
     <t>Tùng</t>
   </si>
   <si>
     <t>12:59:35</t>
   </si>
   <si>
     <t>12:59:36</t>
   </si>
   <si>
     <t>Kho</t>
   </si>
   <si>
     <t>Guan Kheng</t>
   </si>
   <si>
     <t>16:19:21</t>
   </si>
@@ -3574,214 +3574,214 @@
       </c>
       <c r="H29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>14</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
         <v>170</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>107347</v>
+        <v>108288</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>70249</v>
+        <v>7092</v>
       </c>
       <c r="F30" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30" s="2" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K30" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L30" s="2">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>108288</v>
+        <v>107347</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>7092</v>
+        <v>70249</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>29</v>
+        <v>114</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K31" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L31" s="2">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>105550</v>
+        <v>108284</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>116</v>
+        <v>84</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>7116</v>
+        <v>70026</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="K32" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L32" s="2">
-        <v>400</v>
+        <v>180</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>108284</v>
+        <v>105550</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>70026</v>
+        <v>7116</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>119</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="K33" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>180</v>
+        <v>400</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>103179</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>70325</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>122</v>
       </c>
@@ -4162,130 +4162,130 @@
       </c>
       <c r="H43" s="2" t="s">
         <v>145</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>18</v>
       </c>
       <c r="K43" s="2">
         <v>150</v>
       </c>
       <c r="L43" s="2">
         <v>130</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>108293</v>
+        <v>105577</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>146</v>
+        <v>62</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>147</v>
+        <v>63</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>7052</v>
+        <v>70023</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="K44" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L44" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>105577</v>
+        <v>108293</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>62</v>
+        <v>147</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>63</v>
+        <v>148</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>70023</v>
+        <v>7052</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K45" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>105546</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>70097</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>150</v>
       </c>
@@ -4469,51 +4469,51 @@
       <c r="L50" s="2">
         <v>98</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
         <v>109096</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
         <v>70291</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>22</v>
       </c>
       <c r="K51" s="2">
         <v>150</v>
       </c>
       <c r="L51" s="2">
         <v>99</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>249</v>
       </c>
@@ -4721,51 +4721,51 @@
       <c r="L56" s="2">
         <v>96</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>246</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
         <v>108298</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
         <v>7115</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>67</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>177</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>3</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
         <v>325</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>425</v>
       </c>
@@ -4805,51 +4805,51 @@
       <c r="L58" s="2">
         <v>95</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
         <v>113894</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
         <v>70298</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>183</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
         <v>26</v>
       </c>
       <c r="K59" s="2">
         <v>150</v>
       </c>
       <c r="L59" s="2">
         <v>95</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>245</v>
       </c>
@@ -4918,214 +4918,214 @@
       </c>
       <c r="H61" s="2" t="s">
         <v>187</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>27</v>
       </c>
       <c r="K61" s="2">
         <v>150</v>
       </c>
       <c r="L61" s="2">
         <v>94</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>244</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>113895</v>
+        <v>108300</v>
       </c>
       <c r="B62" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C62" s="2" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>70294</v>
+        <v>7145</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
         <v>28</v>
       </c>
       <c r="K62" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L62" s="2">
         <v>93</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>243</v>
+        <v>193</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
-        <v>108300</v>
+        <v>113895</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>14</v>
+        <v>190</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
-        <v>7145</v>
+        <v>70294</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
         <v>28</v>
       </c>
       <c r="K63" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L63" s="2">
         <v>93</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
-        <v>193</v>
+        <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>104852</v>
+        <v>108301</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>123</v>
+        <v>193</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>124</v>
+        <v>194</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
-        <v>70292</v>
+        <v>7004</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
         <v>29</v>
       </c>
       <c r="K64" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L64" s="2">
         <v>92</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
-        <v>242</v>
+        <v>192</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>108301</v>
+        <v>104852</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>194</v>
+        <v>123</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>195</v>
+        <v>124</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>7004</v>
+        <v>70292</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>196</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
         <v>29</v>
       </c>
       <c r="K65" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L65" s="2">
         <v>92</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>192</v>
+        <v>242</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>108302</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>7086</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>199</v>
       </c>
@@ -5853,51 +5853,51 @@
       <c r="L83" s="2">
         <v>84</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>234</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
         <v>112413</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>248</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
         <v>70323</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>249</v>
       </c>
       <c r="I84" s="2">
         <v>42</v>
       </c>
       <c r="J84" s="2">
         <v>38</v>
       </c>
       <c r="K84" s="2">
         <v>150</v>
       </c>
       <c r="L84" s="2">
         <v>83</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>233</v>
       </c>
@@ -6008,214 +6008,214 @@
       </c>
       <c r="H87" s="2" t="s">
         <v>258</v>
       </c>
       <c r="I87" s="2">
         <v>43</v>
       </c>
       <c r="J87" s="2">
         <v>39</v>
       </c>
       <c r="K87" s="2">
         <v>150</v>
       </c>
       <c r="L87" s="2">
         <v>82</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>232</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>113904</v>
+        <v>108312</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>43</v>
+        <v>259</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>70083</v>
+        <v>7095</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I88" s="2">
         <v>44</v>
       </c>
       <c r="J88" s="2">
         <v>40</v>
       </c>
       <c r="K88" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L88" s="2">
         <v>81</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>231</v>
+        <v>181</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>108312</v>
+        <v>113904</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>261</v>
+        <v>43</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>262</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>7095</v>
+        <v>70083</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>263</v>
       </c>
       <c r="I89" s="2">
         <v>44</v>
       </c>
       <c r="J89" s="2">
         <v>40</v>
       </c>
       <c r="K89" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L89" s="2">
         <v>81</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>181</v>
+        <v>231</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
-        <v>108338</v>
+        <v>108313</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>14</v>
+        <v>264</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
-        <v>70019</v>
+        <v>7142</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I90" s="2">
         <v>45</v>
       </c>
       <c r="J90" s="2">
         <v>41</v>
       </c>
       <c r="K90" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L90" s="2">
         <v>80</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
-        <v>108313</v>
+        <v>108338</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>266</v>
+        <v>14</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
-        <v>7142</v>
+        <v>70019</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>268</v>
       </c>
       <c r="I91" s="2">
         <v>45</v>
       </c>
       <c r="J91" s="2">
         <v>41</v>
       </c>
       <c r="K91" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L91" s="2">
         <v>80</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
         <v>101728</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>270</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
         <v>70086</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>271</v>
       </c>
@@ -6678,130 +6678,130 @@
       </c>
       <c r="H103" s="2" t="s">
         <v>297</v>
       </c>
       <c r="I103" s="2">
         <v>51</v>
       </c>
       <c r="J103" s="2">
         <v>46</v>
       </c>
       <c r="K103" s="2">
         <v>150</v>
       </c>
       <c r="L103" s="2">
         <v>75</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>225</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>113911</v>
+        <v>104853</v>
       </c>
       <c r="B104" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C104" s="2" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>70252</v>
+        <v>7077</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="I104" s="2">
         <v>52</v>
       </c>
       <c r="J104" s="2">
         <v>47</v>
       </c>
       <c r="K104" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L104" s="2">
         <v>74</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>224</v>
+        <v>174</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>104853</v>
+        <v>113911</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>157</v>
+        <v>300</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>301</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>7077</v>
+        <v>70252</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>302</v>
       </c>
       <c r="I105" s="2">
         <v>52</v>
       </c>
       <c r="J105" s="2">
         <v>47</v>
       </c>
       <c r="K105" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L105" s="2">
         <v>74</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
-        <v>174</v>
+        <v>224</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
         <v>108305</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>218</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
         <v>70141</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>303</v>
       </c>
@@ -7014,466 +7014,466 @@
       </c>
       <c r="H111" s="2" t="s">
         <v>315</v>
       </c>
       <c r="I111" s="2">
         <v>55</v>
       </c>
       <c r="J111" s="2">
         <v>50</v>
       </c>
       <c r="K111" s="2">
         <v>150</v>
       </c>
       <c r="L111" s="2">
         <v>71</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
         <v>221</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
-        <v>102558</v>
+        <v>111772</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>317</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
-        <v>7108</v>
+        <v>70262</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>318</v>
       </c>
       <c r="I112" s="2">
         <v>56</v>
       </c>
       <c r="J112" s="2">
         <v>51</v>
       </c>
       <c r="K112" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L112" s="2">
         <v>70</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>111772</v>
+        <v>102558</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>319</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>320</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>70262</v>
+        <v>7108</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>321</v>
       </c>
       <c r="I113" s="2">
         <v>56</v>
       </c>
       <c r="J113" s="2">
         <v>51</v>
       </c>
       <c r="K113" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L113" s="2">
         <v>70</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
-        <v>113915</v>
+        <v>108324</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>323</v>
+        <v>166</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
-        <v>70075</v>
+        <v>7005</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="I114" s="2">
         <v>57</v>
       </c>
       <c r="J114" s="2">
         <v>52</v>
       </c>
       <c r="K114" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L114" s="2">
         <v>69</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
-        <v>219</v>
+        <v>169</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>108324</v>
+        <v>113915</v>
       </c>
       <c r="B115" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="C115" s="2" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>7005</v>
+        <v>70075</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>326</v>
       </c>
       <c r="I115" s="2">
         <v>57</v>
       </c>
       <c r="J115" s="2">
         <v>52</v>
       </c>
       <c r="K115" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L115" s="2">
         <v>69</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>108325</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>327</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
         <v>7165</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>328</v>
       </c>
       <c r="I116" s="2">
         <v>58</v>
       </c>
       <c r="J116" s="2">
         <v>53</v>
       </c>
       <c r="K116" s="2">
         <v>100</v>
       </c>
       <c r="L116" s="2">
         <v>68</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
         <v>104845</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
         <v>70257</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>329</v>
       </c>
       <c r="I117" s="2">
         <v>58</v>
       </c>
       <c r="J117" s="2">
         <v>53</v>
       </c>
       <c r="K117" s="2">
         <v>150</v>
       </c>
       <c r="L117" s="2">
         <v>68</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
         <v>218</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="2">
-        <v>108326</v>
+        <v>108282</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>330</v>
+        <v>71</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>331</v>
+        <v>72</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
-        <v>7164</v>
+        <v>70044</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I118" s="2">
         <v>59</v>
       </c>
       <c r="J118" s="2">
         <v>54</v>
       </c>
       <c r="K118" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L118" s="2">
         <v>67</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
-        <v>167</v>
+        <v>217</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
-        <v>108282</v>
+        <v>108326</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>71</v>
+        <v>331</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>72</v>
+        <v>332</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
-        <v>70044</v>
+        <v>7164</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>333</v>
       </c>
       <c r="I119" s="2">
         <v>59</v>
       </c>
       <c r="J119" s="2">
         <v>54</v>
       </c>
       <c r="K119" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L119" s="2">
         <v>67</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
-        <v>217</v>
+        <v>167</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
-        <v>113918</v>
+        <v>108327</v>
       </c>
       <c r="B120" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C120" s="2" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
-        <v>70236</v>
+        <v>7053</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="I120" s="2">
         <v>60</v>
       </c>
       <c r="J120" s="2">
         <v>55</v>
       </c>
       <c r="K120" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L120" s="2">
         <v>66</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
-        <v>216</v>
+        <v>166</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
-        <v>108327</v>
+        <v>113918</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>14</v>
+        <v>336</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>337</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
-        <v>7053</v>
+        <v>70236</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>338</v>
       </c>
       <c r="I121" s="2">
         <v>60</v>
       </c>
       <c r="J121" s="2">
         <v>55</v>
       </c>
       <c r="K121" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L121" s="2">
         <v>66</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
-        <v>166</v>
+        <v>216</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
         <v>108328</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>339</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>340</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
         <v>7051</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>341</v>
       </c>
@@ -7518,141 +7518,141 @@
       </c>
       <c r="H123" s="2" t="s">
         <v>344</v>
       </c>
       <c r="I123" s="2">
         <v>61</v>
       </c>
       <c r="J123" s="2">
         <v>6</v>
       </c>
       <c r="K123" s="2">
         <v>150</v>
       </c>
       <c r="L123" s="2">
         <v>250</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
-        <v>101923</v>
+        <v>113919</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>345</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>346</v>
+        <v>314</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
-        <v>7062</v>
+        <v>70098</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="I124" s="2">
         <v>62</v>
       </c>
       <c r="J124" s="2">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K124" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L124" s="2">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
-        <v>164</v>
+        <v>215</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>113919</v>
+        <v>101923</v>
       </c>
       <c r="B125" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="C125" s="2" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>70098</v>
+        <v>7062</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>349</v>
       </c>
       <c r="I125" s="2">
         <v>62</v>
       </c>
       <c r="J125" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K125" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L125" s="2">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>215</v>
+        <v>164</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
         <v>113920</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
         <v>70195</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>351</v>
       </c>
       <c r="I126" s="2">
         <v>63</v>
       </c>
       <c r="J126" s="2">
         <v>57</v>
       </c>
       <c r="K126" s="2">
         <v>150</v>
       </c>
       <c r="L126" s="2">
         <v>64</v>
@@ -7770,130 +7770,130 @@
       </c>
       <c r="H129" s="2" t="s">
         <v>359</v>
       </c>
       <c r="I129" s="2">
         <v>64</v>
       </c>
       <c r="J129" s="2">
         <v>59</v>
       </c>
       <c r="K129" s="2">
         <v>100</v>
       </c>
       <c r="L129" s="2">
         <v>62</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
         <v>162</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
-        <v>113922</v>
+        <v>105575</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>167</v>
+        <v>43</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
-        <v>70060</v>
+        <v>7070</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>361</v>
       </c>
       <c r="I130" s="2">
         <v>65</v>
       </c>
       <c r="J130" s="2">
-        <v>59</v>
+        <v>6</v>
       </c>
       <c r="K130" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L130" s="2">
-        <v>62</v>
+        <v>250</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
-        <v>212</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
-        <v>105575</v>
+        <v>113922</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>362</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>43</v>
+        <v>167</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
-        <v>7070</v>
+        <v>70060</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>363</v>
       </c>
       <c r="I131" s="2">
         <v>65</v>
       </c>
       <c r="J131" s="2">
-        <v>6</v>
+        <v>59</v>
       </c>
       <c r="K131" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L131" s="2">
-        <v>250</v>
+        <v>62</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
-        <v>350</v>
+        <v>212</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>108331</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>364</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>7107</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>365</v>
       </c>
@@ -7938,130 +7938,130 @@
       </c>
       <c r="H133" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I133" s="2">
         <v>66</v>
       </c>
       <c r="J133" s="2">
         <v>60</v>
       </c>
       <c r="K133" s="2">
         <v>150</v>
       </c>
       <c r="L133" s="2">
         <v>61</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>211</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
-        <v>104851</v>
+        <v>113924</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>342</v>
+        <v>368</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>343</v>
+        <v>369</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
-        <v>7136</v>
+        <v>70033</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="I134" s="2">
         <v>67</v>
       </c>
       <c r="J134" s="2">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="K134" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L134" s="2">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
-        <v>113924</v>
+        <v>104851</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>369</v>
+        <v>342</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>370</v>
+        <v>343</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
-        <v>70033</v>
+        <v>7136</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>371</v>
       </c>
       <c r="I135" s="2">
         <v>67</v>
       </c>
       <c r="J135" s="2">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="K135" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L135" s="2">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
         <v>108332</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>373</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
         <v>7099</v>
       </c>
       <c r="F136" s="2"/>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>374</v>
       </c>
       <c r="I136" s="2">
         <v>68</v>
@@ -8572,51 +8572,51 @@
       </c>
       <c r="J148" s="2">
         <v>68</v>
       </c>
       <c r="K148" s="2">
         <v>150</v>
       </c>
       <c r="L148" s="2">
         <v>53</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
         <v>203</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
         <v>108338</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2">
         <v>7032</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>405</v>
       </c>
       <c r="I149" s="2">
         <v>74</v>
       </c>
       <c r="J149" s="2">
         <v>67</v>
       </c>
       <c r="K149" s="2">
         <v>100</v>
       </c>
       <c r="L149" s="2">
         <v>54</v>
@@ -8899,51 +8899,51 @@
       </c>
       <c r="I156" s="2">
         <v>78</v>
       </c>
       <c r="J156" s="2">
         <v>8</v>
       </c>
       <c r="K156" s="2">
         <v>150</v>
       </c>
       <c r="L156" s="2">
         <v>230</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
         <v>108342</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
         <v>7003</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>424</v>
       </c>
       <c r="I157" s="2">
         <v>78</v>
       </c>
       <c r="J157" s="2">
         <v>70</v>
       </c>
       <c r="K157" s="2">
         <v>100</v>
@@ -9077,51 +9077,51 @@
       <c r="L160" s="2">
         <v>49</v>
       </c>
       <c r="M160" s="2">
         <v>0</v>
       </c>
       <c r="N160" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="2">
         <v>101144</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
         <v>70287</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>67</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I161" s="2">
         <v>80</v>
       </c>
       <c r="J161" s="2">
         <v>9</v>
       </c>
       <c r="K161" s="2">
         <v>150</v>
       </c>
       <c r="L161" s="2">
         <v>220</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>370</v>
       </c>
@@ -9749,51 +9749,51 @@
       <c r="L176" s="2">
         <v>41</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
         <v>106076</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>474</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>475</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2">
         <v>70175</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>67</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>476</v>
       </c>
       <c r="I177" s="2">
         <v>88</v>
       </c>
       <c r="J177" s="2">
         <v>10</v>
       </c>
       <c r="K177" s="2">
         <v>150</v>
       </c>
       <c r="L177" s="2">
         <v>210</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>360</v>
       </c>
@@ -10114,130 +10114,130 @@
       </c>
       <c r="H185" s="2" t="s">
         <v>498</v>
       </c>
       <c r="I185" s="2">
         <v>92</v>
       </c>
       <c r="J185" s="2">
         <v>84</v>
       </c>
       <c r="K185" s="2">
         <v>100</v>
       </c>
       <c r="L185" s="2">
         <v>37</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
-        <v>113947</v>
+        <v>108357</v>
       </c>
       <c r="B186" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C186" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
-        <v>70247</v>
+        <v>7093</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="I186" s="2">
         <v>93</v>
       </c>
       <c r="J186" s="2">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K186" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L186" s="2">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
-        <v>188</v>
+        <v>136</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
-        <v>108357</v>
+        <v>113947</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>43</v>
+        <v>501</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>502</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
-        <v>7093</v>
+        <v>70247</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>503</v>
       </c>
       <c r="I187" s="2">
         <v>93</v>
       </c>
       <c r="J187" s="2">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="K187" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L187" s="2">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
-        <v>136</v>
+        <v>188</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
         <v>113948</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>504</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>505</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
         <v>70070</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>506</v>
       </c>
@@ -10282,130 +10282,130 @@
       </c>
       <c r="H189" s="2" t="s">
         <v>509</v>
       </c>
       <c r="I189" s="2">
         <v>94</v>
       </c>
       <c r="J189" s="2">
         <v>86</v>
       </c>
       <c r="K189" s="2">
         <v>100</v>
       </c>
       <c r="L189" s="2">
         <v>35</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
-        <v>108359</v>
+        <v>113949</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>510</v>
+        <v>291</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
-        <v>7143</v>
+        <v>70313</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="I190" s="2">
         <v>95</v>
       </c>
       <c r="J190" s="2">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="K190" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L190" s="2">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
-        <v>134</v>
+        <v>186</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
-        <v>113949</v>
+        <v>108359</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>292</v>
+        <v>275</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>291</v>
+        <v>511</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
-        <v>70313</v>
+        <v>7143</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>512</v>
       </c>
       <c r="I191" s="2">
         <v>95</v>
       </c>
       <c r="J191" s="2">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="K191" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L191" s="2">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
-        <v>186</v>
+        <v>134</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
         <v>108360</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>169</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>513</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
         <v>7132</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>514</v>
       </c>
@@ -10427,153 +10427,153 @@
       <c r="N192" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>101000</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>294</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>295</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>70312</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>67</v>
       </c>
       <c r="H193" s="2" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="I193" s="2">
         <v>96</v>
       </c>
       <c r="J193" s="2">
         <v>11</v>
       </c>
       <c r="K193" s="2">
         <v>150</v>
       </c>
       <c r="L193" s="2">
         <v>200</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
-        <v>113950</v>
+        <v>108361</v>
       </c>
       <c r="B194" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C194" s="2" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
-        <v>70014</v>
+        <v>7037</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>516</v>
       </c>
       <c r="I194" s="2">
         <v>97</v>
       </c>
       <c r="J194" s="2">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="K194" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L194" s="2">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
-        <v>185</v>
+        <v>132</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
-        <v>108361</v>
+        <v>113950</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>43</v>
+        <v>517</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>517</v>
+        <v>123</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
-        <v>7037</v>
+        <v>70014</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I195" s="2">
         <v>97</v>
       </c>
       <c r="J195" s="2">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="K195" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L195" s="2">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
-        <v>132</v>
+        <v>185</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
         <v>108362</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>519</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
         <v>7076</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>520</v>
       </c>
@@ -10702,130 +10702,130 @@
       </c>
       <c r="H199" s="2" t="s">
         <v>527</v>
       </c>
       <c r="I199" s="2">
         <v>99</v>
       </c>
       <c r="J199" s="2">
         <v>91</v>
       </c>
       <c r="K199" s="2">
         <v>100</v>
       </c>
       <c r="L199" s="2">
         <v>30</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
-        <v>113953</v>
+        <v>108364</v>
       </c>
       <c r="B200" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C200" s="2" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2">
-        <v>70156</v>
+        <v>7101</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="I200" s="2">
         <v>100</v>
       </c>
       <c r="J200" s="2">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="K200" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L200" s="2">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="M200" s="2">
         <v>0</v>
       </c>
       <c r="N200" s="2">
-        <v>182</v>
+        <v>129</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" s="2">
-        <v>108364</v>
+        <v>113953</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>96</v>
+        <v>530</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>531</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2">
-        <v>7101</v>
+        <v>70156</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>532</v>
       </c>
       <c r="I201" s="2">
         <v>100</v>
       </c>
       <c r="J201" s="2">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="K201" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L201" s="2">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="M201" s="2">
         <v>0</v>
       </c>
       <c r="N201" s="2">
-        <v>129</v>
+        <v>182</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" s="2">
         <v>108365</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C202" s="2" t="s">
         <v>533</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2">
         <v>7084</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>534</v>
       </c>
@@ -10873,51 +10873,51 @@
       </c>
       <c r="I203" s="2">
         <v>101</v>
       </c>
       <c r="J203" s="2">
         <v>90</v>
       </c>
       <c r="K203" s="2">
         <v>150</v>
       </c>
       <c r="L203" s="2">
         <v>31</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
       <c r="N203" s="2">
         <v>181</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="2">
         <v>108366</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>537</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
         <v>7129</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>67</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>538</v>
       </c>
       <c r="I204" s="2">
         <v>102</v>
       </c>
       <c r="J204" s="2">
         <v>10</v>
       </c>
       <c r="K204" s="2">
         <v>100</v>
@@ -10954,141 +10954,141 @@
       </c>
       <c r="H205" s="2" t="s">
         <v>540</v>
       </c>
       <c r="I205" s="2">
         <v>102</v>
       </c>
       <c r="J205" s="2">
         <v>91</v>
       </c>
       <c r="K205" s="2">
         <v>150</v>
       </c>
       <c r="L205" s="2">
         <v>30</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
-        <v>113956</v>
+        <v>108367</v>
       </c>
       <c r="B206" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="C206" s="2" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
-        <v>70284</v>
+        <v>7127</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>542</v>
       </c>
       <c r="I206" s="2">
         <v>103</v>
       </c>
       <c r="J206" s="2">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="K206" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L206" s="2">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="M206" s="2">
         <v>0</v>
       </c>
       <c r="N206" s="2">
-        <v>179</v>
+        <v>127</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" s="2">
-        <v>108367</v>
+        <v>113956</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>220</v>
+        <v>543</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>543</v>
+        <v>484</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2">
-        <v>7127</v>
+        <v>70284</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>544</v>
       </c>
       <c r="I207" s="2">
         <v>103</v>
       </c>
       <c r="J207" s="2">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="K207" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L207" s="2">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="M207" s="2">
         <v>0</v>
       </c>
       <c r="N207" s="2">
-        <v>127</v>
+        <v>179</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="2">
         <v>108368</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2">
         <v>7048</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>545</v>
       </c>
       <c r="I208" s="2">
         <v>104</v>
       </c>
       <c r="J208" s="2">
         <v>95</v>
       </c>
       <c r="K208" s="2">
         <v>100</v>
       </c>
       <c r="L208" s="2">
         <v>26</v>
@@ -11209,51 +11209,51 @@
       </c>
       <c r="I211" s="2">
         <v>105</v>
       </c>
       <c r="J211" s="2">
         <v>96</v>
       </c>
       <c r="K211" s="2">
         <v>100</v>
       </c>
       <c r="L211" s="2">
         <v>25</v>
       </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>
       <c r="N211" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="2">
         <v>108370</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>553</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2">
         <v>7031</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G212" s="2" t="s">
         <v>67</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>554</v>
       </c>
       <c r="I212" s="2">
         <v>106</v>
       </c>
       <c r="J212" s="2">
         <v>11</v>
       </c>
       <c r="K212" s="2">
         <v>100</v>
@@ -11296,51 +11296,51 @@
       </c>
       <c r="J213" s="2">
         <v>95</v>
       </c>
       <c r="K213" s="2">
         <v>150</v>
       </c>
       <c r="L213" s="2">
         <v>26</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
         <v>108364</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
         <v>70055</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>557</v>
       </c>
       <c r="I214" s="2">
         <v>107</v>
       </c>
       <c r="J214" s="2">
         <v>96</v>
       </c>
       <c r="K214" s="2">
         <v>150</v>
       </c>
       <c r="L214" s="2">
         <v>25</v>
@@ -11422,51 +11422,51 @@
       </c>
       <c r="J216" s="2">
         <v>97</v>
       </c>
       <c r="K216" s="2">
         <v>150</v>
       </c>
       <c r="L216" s="2">
         <v>24</v>
       </c>
       <c r="M216" s="2">
         <v>0</v>
       </c>
       <c r="N216" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="2">
         <v>108372</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>563</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
         <v>7161</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>564</v>
       </c>
       <c r="I217" s="2">
         <v>108</v>
       </c>
       <c r="J217" s="2">
         <v>98</v>
       </c>
       <c r="K217" s="2">
         <v>100</v>
       </c>
       <c r="L217" s="2">
         <v>23</v>
@@ -11545,51 +11545,51 @@
       </c>
       <c r="I219" s="2">
         <v>109</v>
       </c>
       <c r="J219" s="2">
         <v>98</v>
       </c>
       <c r="K219" s="2">
         <v>150</v>
       </c>
       <c r="L219" s="2">
         <v>23</v>
       </c>
       <c r="M219" s="2">
         <v>0</v>
       </c>
       <c r="N219" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="2">
         <v>114040</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>571</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2">
         <v>70166</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>572</v>
       </c>
       <c r="I220" s="2">
         <v>110</v>
       </c>
       <c r="J220" s="2">
         <v>99</v>
       </c>
       <c r="K220" s="2">
         <v>150</v>
@@ -12178,51 +12178,51 @@
       </c>
       <c r="J234" s="2">
         <v>111</v>
       </c>
       <c r="K234" s="2">
         <v>100</v>
       </c>
       <c r="L234" s="2">
         <v>20</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
         <v>108387</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
         <v>7063</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>597</v>
       </c>
       <c r="I235" s="2">
         <v>123</v>
       </c>
       <c r="J235" s="2">
         <v>112</v>
       </c>
       <c r="K235" s="2">
         <v>100</v>
       </c>
       <c r="L235" s="2">
         <v>20</v>
@@ -12682,51 +12682,51 @@
       </c>
       <c r="J246" s="2">
         <v>122</v>
       </c>
       <c r="K246" s="2">
         <v>100</v>
       </c>
       <c r="L246" s="2">
         <v>20</v>
       </c>
       <c r="M246" s="2">
         <v>0</v>
       </c>
       <c r="N246" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" s="2">
         <v>108399</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2">
         <v>7035</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>617</v>
       </c>
       <c r="I247" s="2">
         <v>135</v>
       </c>
       <c r="J247" s="2">
         <v>123</v>
       </c>
       <c r="K247" s="2">
         <v>100</v>
       </c>
       <c r="L247" s="2">
         <v>20</v>
@@ -12857,93 +12857,93 @@
       <c r="L250" s="2">
         <v>20</v>
       </c>
       <c r="M250" s="2">
         <v>0</v>
       </c>
       <c r="N250" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" s="2">
         <v>114042</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>624</v>
       </c>
       <c r="C251" s="2" t="s">
         <v>625</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2">
         <v>70173</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="2" t="s">
         <v>626</v>
       </c>
       <c r="I251" s="2">
         <v>154</v>
       </c>
       <c r="J251" s="2">
         <v>138</v>
       </c>
       <c r="K251" s="2">
         <v>150</v>
       </c>
       <c r="L251" s="2">
         <v>20</v>
       </c>
       <c r="M251" s="2">
         <v>0</v>
       </c>
       <c r="N251" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" s="2">
         <v>107359</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>627</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>628</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2">
         <v>70172</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>629</v>
       </c>
       <c r="I252" s="2">
         <v>168</v>
       </c>
       <c r="J252" s="2">
         <v>152</v>
       </c>
       <c r="K252" s="2">
         <v>150</v>
       </c>
       <c r="L252" s="2">
         <v>20</v>
       </c>
       <c r="M252" s="2">
         <v>0</v>
       </c>
       <c r="N252" s="2">
         <v>170</v>
       </c>
@@ -13151,51 +13151,51 @@
       <c r="L257" s="2">
         <v>20</v>
       </c>
       <c r="M257" s="2">
         <v>0</v>
       </c>
       <c r="N257" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" s="2">
         <v>114046</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>644</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>645</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2">
         <v>70171</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>67</v>
       </c>
       <c r="H258" s="2" t="s">
         <v>646</v>
       </c>
       <c r="I258" s="2">
         <v>226</v>
       </c>
       <c r="J258" s="2">
         <v>27</v>
       </c>
       <c r="K258" s="2">
         <v>150</v>
       </c>
       <c r="L258" s="2">
         <v>94</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
         <v>244</v>
       </c>