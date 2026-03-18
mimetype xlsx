--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -224,74 +224,74 @@
   <si>
     <t>09:44:22</t>
   </si>
   <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Wiseman</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>11:04:53</t>
   </si>
   <si>
     <t xml:space="preserve">Mohd Syafiq </t>
   </si>
   <si>
     <t>Khairul Salleh</t>
   </si>
   <si>
     <t>09:45:05</t>
   </si>
   <si>
+    <t>Dominique</t>
+  </si>
+  <si>
+    <t>Luzinaud</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>11:15:10</t>
+  </si>
+  <si>
     <t>Aaron</t>
   </si>
   <si>
     <t>Anrong Ong</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>09:51:23</t>
   </si>
   <si>
-    <t>Dominique</t>
-[...10 lines deleted...]
-  <si>
     <t>Ahmad Azizi</t>
   </si>
   <si>
     <t>BIN BHARUDDIN</t>
   </si>
   <si>
     <t>10:01:39</t>
   </si>
   <si>
     <t>Mee Koon</t>
   </si>
   <si>
     <t>Cheng</t>
   </si>
   <si>
     <t>11:22:46</t>
   </si>
   <si>
     <t>Bin Ariffin</t>
   </si>
   <si>
     <t>11:56:00</t>
   </si>
   <si>
     <t>James</t>
@@ -440,137 +440,137 @@
   <si>
     <t>Ahmad</t>
   </si>
   <si>
     <t>12:45:59</t>
   </si>
   <si>
     <t>Jerome</t>
   </si>
   <si>
     <t>Chanson</t>
   </si>
   <si>
     <t>10:59:07</t>
   </si>
   <si>
     <t>Bee Lay</t>
   </si>
   <si>
     <t>Teo</t>
   </si>
   <si>
     <t>13:02:40</t>
   </si>
   <si>
+    <t>SUSIE</t>
+  </si>
+  <si>
+    <t>LAI</t>
+  </si>
+  <si>
+    <t>赖苏西</t>
+  </si>
+  <si>
+    <t>13:04:33</t>
+  </si>
+  <si>
     <t>Tze Cheong</t>
   </si>
   <si>
     <t>Kwong</t>
   </si>
   <si>
     <t>11:02:02</t>
   </si>
   <si>
-    <t>SUSIE</t>
-[...10 lines deleted...]
-  <si>
     <t>Yih Yoong</t>
   </si>
   <si>
     <t>11:02:31</t>
   </si>
   <si>
     <t>Elviemma</t>
   </si>
   <si>
     <t>Catabay</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>13:04:42</t>
   </si>
   <si>
+    <t>Teck Chye</t>
+  </si>
+  <si>
+    <t>Lim</t>
+  </si>
+  <si>
+    <t>11:05:41</t>
+  </si>
+  <si>
     <t>WUHAN</t>
   </si>
   <si>
     <t>13:06:40</t>
   </si>
   <si>
-    <t>Teck Chye</t>
-[...7 lines deleted...]
-  <si>
     <t>Sue Phin</t>
   </si>
   <si>
     <t>Yeam</t>
   </si>
   <si>
     <t>11:16:32</t>
   </si>
   <si>
     <t>SWEE TIN</t>
   </si>
   <si>
     <t>POH</t>
   </si>
   <si>
     <t>13:14:38</t>
   </si>
   <si>
+    <t>Seet</t>
+  </si>
+  <si>
+    <t>KIM SUA</t>
+  </si>
+  <si>
+    <t>11:29:43</t>
+  </si>
+  <si>
     <t>Li Ching</t>
   </si>
   <si>
     <t>13:17:19</t>
   </si>
   <si>
-    <t>Seet</t>
-[...7 lines deleted...]
-  <si>
     <t>Nur Amaani</t>
   </si>
   <si>
     <t>Binti Razilan</t>
   </si>
   <si>
     <t>11:30:57</t>
   </si>
   <si>
     <t>Tin Jon Alan</t>
   </si>
   <si>
     <t>13:18:29</t>
   </si>
   <si>
     <t>Mohamad Nazrin</t>
   </si>
   <si>
     <t>Bin Mohamad Shakir</t>
   </si>
   <si>
     <t>11:33:34</t>
   </si>
   <si>
     <t>Seriwati Zairozi</t>
@@ -632,125 +632,125 @@
   <si>
     <t>Mohd Nor</t>
   </si>
   <si>
     <t>13:24:35</t>
   </si>
   <si>
     <t>Kuan Kuek</t>
   </si>
   <si>
     <t>Sim</t>
   </si>
   <si>
     <t>13:24:56</t>
   </si>
   <si>
     <t>Nooraini</t>
   </si>
   <si>
     <t>SAMSUDIN</t>
   </si>
   <si>
     <t>11:38:27</t>
   </si>
   <si>
+    <t>Kah Wei</t>
+  </si>
+  <si>
+    <t>Nah</t>
+  </si>
+  <si>
+    <t>13:27:32</t>
+  </si>
+  <si>
     <t>Shih Kit</t>
   </si>
   <si>
     <t>Tang</t>
   </si>
   <si>
     <t>11:44:42</t>
   </si>
   <si>
-    <t>Kah Wei</t>
-[...7 lines deleted...]
-  <si>
     <t>Raudhah Abdul</t>
   </si>
   <si>
     <t>Rahim</t>
   </si>
   <si>
     <t>13:28:29</t>
   </si>
   <si>
     <t>Suarni</t>
   </si>
   <si>
     <t>Daud</t>
   </si>
   <si>
     <t>11:44:49</t>
   </si>
   <si>
     <t>AI ZHI</t>
   </si>
   <si>
     <t>GOH</t>
   </si>
   <si>
     <t>13:28:30</t>
   </si>
   <si>
     <t>Nguyen Ba Anh</t>
   </si>
   <si>
     <t>Dung</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>11:45:12</t>
   </si>
   <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Rojo Raga</t>
+  </si>
+  <si>
+    <t>11:47:40</t>
+  </si>
+  <si>
     <t>Kin Fai Fidelis</t>
   </si>
   <si>
     <t>Chin</t>
   </si>
   <si>
     <t>13:33:09</t>
   </si>
   <si>
-    <t>Emily</t>
-[...7 lines deleted...]
-  <si>
     <t>Mohammad Fadzly</t>
   </si>
   <si>
     <t>MOHAMMAD ISA</t>
   </si>
   <si>
     <t>11:51:11</t>
   </si>
   <si>
     <t>LEONG SAN</t>
   </si>
   <si>
     <t xml:space="preserve">SEAH </t>
   </si>
   <si>
     <t>13:34:34</t>
   </si>
   <si>
     <t>SHARMINI</t>
   </si>
   <si>
     <t>13:35:55</t>
   </si>
   <si>
     <t>Naoki</t>
@@ -860,101 +860,101 @@
   <si>
     <t>13:55:32</t>
   </si>
   <si>
     <t>Muhamad Nazri</t>
   </si>
   <si>
     <t>Abdul Razak</t>
   </si>
   <si>
     <t>12:26:48</t>
   </si>
   <si>
     <t>Blanka Chin Ee</t>
   </si>
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>12:35:35</t>
   </si>
   <si>
     <t>13:56:22</t>
   </si>
   <si>
+    <t>Mohd Faiz</t>
+  </si>
+  <si>
+    <t>BIN AHMAD NADZRI</t>
+  </si>
+  <si>
+    <t>12:37:18</t>
+  </si>
+  <si>
     <t>Adzean Bin</t>
   </si>
   <si>
     <t>Abdul Hamid</t>
   </si>
   <si>
     <t>14:01:24</t>
   </si>
   <si>
-    <t>Mohd Faiz</t>
-[...7 lines deleted...]
-  <si>
     <t>Tin Yau Albert</t>
   </si>
   <si>
     <t>14:02:19</t>
   </si>
   <si>
     <t>Li Shan</t>
   </si>
   <si>
     <t>Yang</t>
   </si>
   <si>
     <t>12:38:14</t>
   </si>
   <si>
+    <t>HOCK TEONG</t>
+  </si>
+  <si>
+    <t>TAI</t>
+  </si>
+  <si>
+    <t>14:03:02</t>
+  </si>
+  <si>
     <t>Hock Kain</t>
   </si>
   <si>
     <t>Neoh</t>
   </si>
   <si>
     <t>12:38:25</t>
   </si>
   <si>
-    <t>HOCK TEONG</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Yin Yin </t>
   </si>
   <si>
     <t>Ho</t>
   </si>
   <si>
     <t>12:38:36</t>
   </si>
   <si>
     <t>Mun Kong</t>
   </si>
   <si>
     <t>Cheong</t>
   </si>
   <si>
     <t>14:06:27</t>
   </si>
   <si>
     <t>Beatricetha</t>
   </si>
   <si>
     <t>Karel</t>
   </si>
   <si>
     <t>14:08:44</t>
@@ -1340,65 +1340,65 @@
   <si>
     <t>Shahrul Bin Yusdin</t>
   </si>
   <si>
     <t>13:14:48</t>
   </si>
   <si>
     <t>Karin</t>
   </si>
   <si>
     <t>Holzschuher</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>14:45:04</t>
   </si>
   <si>
     <t>Bakteir</t>
   </si>
   <si>
     <t>13:15:25</t>
   </si>
   <si>
+    <t>Wei Qi Cheryl</t>
+  </si>
+  <si>
+    <t>Chan</t>
+  </si>
+  <si>
+    <t>14:45:55</t>
+  </si>
+  <si>
     <t>Mohamad Fauzi</t>
   </si>
   <si>
     <t>Hamid</t>
   </si>
   <si>
-    <t>Wei Qi Cheryl</t>
-[...7 lines deleted...]
-  <si>
     <t>Amirul</t>
   </si>
   <si>
     <t>FAZREEN BIN MOHD ZAIN</t>
   </si>
   <si>
     <t>13:17:11</t>
   </si>
   <si>
     <t>Ahmad Nizam</t>
   </si>
   <si>
     <t>Bin Yunus</t>
   </si>
   <si>
     <t>14:47:00</t>
   </si>
   <si>
     <t>Muhamad Shahril</t>
   </si>
   <si>
     <t>Mohammad</t>
   </si>
   <si>
     <t>14:47:48</t>
@@ -1421,65 +1421,65 @@
   <si>
     <t>TENG CHAI</t>
   </si>
   <si>
     <t>13:25:28</t>
   </si>
   <si>
     <t>Lydwina</t>
   </si>
   <si>
     <t>R. Sikul</t>
   </si>
   <si>
     <t>13:26:29</t>
   </si>
   <si>
     <t>Kamarul</t>
   </si>
   <si>
     <t>Ariffin Bin Basri</t>
   </si>
   <si>
     <t>14:48:13</t>
   </si>
   <si>
+    <t>Siok Kung Sophia</t>
+  </si>
+  <si>
+    <t>14:48:22</t>
+  </si>
+  <si>
     <t>Chee Mun</t>
   </si>
   <si>
     <t>Leong</t>
   </si>
   <si>
     <t>13:26:40</t>
   </si>
   <si>
-    <t>Siok Kung Sophia</t>
-[...4 lines deleted...]
-  <si>
     <t>Mun Yee</t>
   </si>
   <si>
     <t>13:27:06</t>
   </si>
   <si>
     <t>Yi Siang</t>
   </si>
   <si>
     <t>14:48:32</t>
   </si>
   <si>
     <t>Iman</t>
   </si>
   <si>
     <t>Syahril Mohamed</t>
   </si>
   <si>
     <t>13:29:02</t>
   </si>
   <si>
     <t xml:space="preserve">Mohd Zul Rusdi </t>
   </si>
   <si>
     <t>B. Mohamad Ghazali</t>
@@ -1523,212 +1523,212 @@
   <si>
     <t>賴國耀</t>
   </si>
   <si>
     <t>13:30:24</t>
   </si>
   <si>
     <t>Boon Seong</t>
   </si>
   <si>
     <t>Ooi</t>
   </si>
   <si>
     <t>黃文祥</t>
   </si>
   <si>
     <t>Ming Seen</t>
   </si>
   <si>
     <t>Voon</t>
   </si>
   <si>
     <t>14:50:14</t>
   </si>
   <si>
+    <t>Mohamad Bustaman</t>
+  </si>
+  <si>
+    <t>Bin Mohd Razali</t>
+  </si>
+  <si>
+    <t>14:50:42</t>
+  </si>
+  <si>
     <t>Mohd Shakir</t>
   </si>
   <si>
     <t>BIN USMAN</t>
   </si>
   <si>
     <t>13:31:51</t>
   </si>
   <si>
-    <t>Mohamad Bustaman</t>
-[...7 lines deleted...]
-  <si>
     <t>Shiang Lin</t>
   </si>
   <si>
     <t>Hwang</t>
   </si>
   <si>
     <t>Hamzah B. Abu</t>
   </si>
   <si>
     <t>Kassim</t>
   </si>
   <si>
     <t>14:50:50</t>
   </si>
   <si>
     <t>Mohd Norsyarizad</t>
   </si>
   <si>
     <t>RAZALI</t>
   </si>
   <si>
     <t>13:36:46</t>
   </si>
   <si>
     <t>Alejandro</t>
   </si>
   <si>
     <t>Estudillo</t>
   </si>
   <si>
     <t>14:51:14</t>
   </si>
   <si>
+    <t>Wan</t>
+  </si>
+  <si>
+    <t>Noorull Hana</t>
+  </si>
+  <si>
     <t>Muhammad Affiq</t>
   </si>
   <si>
     <t>BIN OMAR</t>
   </si>
   <si>
     <t>13:37:02</t>
   </si>
   <si>
-    <t>Wan</t>
-[...4 lines deleted...]
-  <si>
     <t>Eyu Hon</t>
   </si>
   <si>
     <t>13:39:52</t>
   </si>
   <si>
     <t>Kok How</t>
   </si>
   <si>
     <t>Koh</t>
   </si>
   <si>
     <t>14:51:19</t>
   </si>
   <si>
     <t>Boon Chai</t>
   </si>
   <si>
     <t>Ling</t>
   </si>
   <si>
     <t>13:39:53</t>
   </si>
   <si>
     <t>Mohamad Sabri</t>
   </si>
   <si>
     <t>Bin Mokhtar</t>
   </si>
   <si>
     <t>14:51:45</t>
   </si>
   <si>
+    <t>Jun Chiet</t>
+  </si>
+  <si>
+    <t>14:52:57</t>
+  </si>
+  <si>
     <t>Woei Yih</t>
   </si>
   <si>
     <t>13:39:54</t>
   </si>
   <si>
-    <t>Jun Chiet</t>
-[...4 lines deleted...]
-  <si>
     <t>Muhammad Affandi</t>
   </si>
   <si>
     <t>BIN AHMAD</t>
   </si>
   <si>
     <t>13:40:05</t>
   </si>
   <si>
     <t>Wan Heng</t>
   </si>
   <si>
     <t>Kong</t>
   </si>
   <si>
     <t>14:53:39</t>
   </si>
   <si>
     <t>Md Mahadir</t>
   </si>
   <si>
     <t>Bin Md Asif</t>
   </si>
   <si>
     <t>13:40:46</t>
   </si>
   <si>
     <t xml:space="preserve">Mohd Syamsyul </t>
   </si>
   <si>
     <t>Shuib</t>
   </si>
   <si>
     <t>14:54:34</t>
   </si>
   <si>
+    <t>LUM</t>
+  </si>
+  <si>
+    <t>14:56:50</t>
+  </si>
+  <si>
     <t>Mohd Shukor</t>
   </si>
   <si>
     <t>ABD MALIK</t>
   </si>
   <si>
     <t>13:40:47</t>
   </si>
   <si>
-    <t>LUM</t>
-[...4 lines deleted...]
-  <si>
     <t>Mohd Shahrair</t>
   </si>
   <si>
     <t>UMMA</t>
   </si>
   <si>
     <t>13:41:03</t>
   </si>
   <si>
     <t xml:space="preserve">Mohd Norezmi </t>
   </si>
   <si>
     <t>Md Zin</t>
   </si>
   <si>
     <t>14:56:56</t>
   </si>
   <si>
     <t>Khairul Arifin</t>
   </si>
   <si>
     <t>Yatab</t>
   </si>
   <si>
     <t>Brunei</t>
@@ -1739,60 +1739,60 @@
   <si>
     <t>Jasri</t>
   </si>
   <si>
     <t>Johari</t>
   </si>
   <si>
     <t>13:43:12</t>
   </si>
   <si>
     <t>Khor</t>
   </si>
   <si>
     <t>SU TEIK</t>
   </si>
   <si>
     <t>13:44:47</t>
   </si>
   <si>
     <t>DAYANG NURUL SYAHIDA AWANG FADZELLAH</t>
   </si>
   <si>
     <t>14:59:29</t>
   </si>
   <si>
+    <t>Wei Sern</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mohd Khairul Ikhwan </t>
   </si>
   <si>
     <t>Mhd Yusoff</t>
   </si>
   <si>
     <t>14:59:40</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wei Sern</t>
   </si>
   <si>
     <t>Danny</t>
   </si>
   <si>
     <t>ASMARA</t>
   </si>
   <si>
     <t>13:45:14</t>
   </si>
   <si>
     <t>Wai Leong</t>
   </si>
   <si>
     <t>13:45:34</t>
   </si>
   <si>
     <t>Muhammad Faizal</t>
   </si>
   <si>
     <t>BIN CHE NAN</t>
   </si>
   <si>
     <t>13:46:18</t>
   </si>
@@ -2973,128 +2973,128 @@
       </c>
       <c r="H17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>6</v>
       </c>
       <c r="K17" s="2">
         <v>70</v>
       </c>
       <c r="L17" s="2">
         <v>150</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>108729</v>
+        <v>108768</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D18" s="2"/>
-      <c r="E18" s="2"/>
+      <c r="E18" s="2">
+        <v>7006</v>
+      </c>
       <c r="F18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K18" s="2">
         <v>70</v>
       </c>
       <c r="L18" s="2">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>108768</v>
+        <v>108729</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
-      <c r="E19" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E19" s="2"/>
       <c r="F19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="K19" s="2">
         <v>70</v>
       </c>
       <c r="L19" s="2">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>109926</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
@@ -3590,51 +3590,51 @@
         <v>70</v>
       </c>
       <c r="L32" s="2">
         <v>225</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>295</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
         <v>102533</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>13</v>
       </c>
       <c r="K33" s="2">
         <v>70</v>
       </c>
       <c r="L33" s="2">
         <v>115</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>185</v>
       </c>
@@ -3714,91 +3714,91 @@
       <c r="L35" s="2">
         <v>110</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>115089</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>7109</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
         <v>15</v>
       </c>
       <c r="K36" s="2">
         <v>70</v>
       </c>
       <c r="L36" s="2">
         <v>105</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>109932</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>4</v>
       </c>
       <c r="K37" s="2">
         <v>70</v>
       </c>
       <c r="L37" s="2">
         <v>200</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>270</v>
       </c>
@@ -3874,201 +3874,201 @@
         <v>70</v>
       </c>
       <c r="L39" s="2">
         <v>100</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>108563</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>138</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
         <v>16</v>
       </c>
       <c r="K40" s="2">
         <v>70</v>
       </c>
       <c r="L40" s="2">
         <v>100</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
         <v>115091</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
         <v>7550</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>4</v>
       </c>
       <c r="K41" s="2">
         <v>70</v>
       </c>
       <c r="L41" s="2">
         <v>200</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>108125</v>
+        <v>109320</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D42" s="2"/>
-      <c r="E42" s="2"/>
+      <c r="D42" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="E42" s="2">
+        <v>7511</v>
+      </c>
       <c r="F42" s="2" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="K42" s="2">
         <v>70</v>
       </c>
       <c r="L42" s="2">
-        <v>99</v>
+        <v>175</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>169</v>
+        <v>245</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>109320</v>
+        <v>108125</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="D43" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="E43" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
       <c r="F43" s="2" t="s">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="K43" s="2">
         <v>70</v>
       </c>
       <c r="L43" s="2">
-        <v>175</v>
+        <v>99</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>245</v>
+        <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
         <v>109934</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>150</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
@@ -4109,126 +4109,126 @@
       </c>
       <c r="H45" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>6</v>
       </c>
       <c r="K45" s="2">
         <v>70</v>
       </c>
       <c r="L45" s="2">
         <v>150</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>115092</v>
+        <v>109935</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>49</v>
+        <v>156</v>
       </c>
       <c r="D46" s="2"/>
-      <c r="E46" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="K46" s="2">
         <v>70</v>
       </c>
       <c r="L46" s="2">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>109935</v>
+        <v>115092</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>158</v>
+        <v>49</v>
       </c>
       <c r="D47" s="2"/>
-      <c r="E47" s="2"/>
-      <c r="F47" s="2"/>
+      <c r="E47" s="2">
+        <v>7032</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>159</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K47" s="2">
         <v>70</v>
       </c>
       <c r="L47" s="2">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>109936</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
@@ -4269,126 +4269,126 @@
       </c>
       <c r="H49" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>18</v>
       </c>
       <c r="K49" s="2">
         <v>70</v>
       </c>
       <c r="L49" s="2">
         <v>98</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>110251</v>
+        <v>109937</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>104</v>
+        <v>167</v>
       </c>
       <c r="D50" s="2"/>
-      <c r="E50" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
       <c r="G50" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="K50" s="2">
         <v>70</v>
       </c>
       <c r="L50" s="2">
-        <v>145</v>
+        <v>96</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>215</v>
+        <v>166</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>109937</v>
+        <v>110251</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>169</v>
+        <v>104</v>
       </c>
       <c r="D51" s="2"/>
-      <c r="E51" s="2"/>
-      <c r="F51" s="2"/>
+      <c r="E51" s="2">
+        <v>7509</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G51" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>170</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="K51" s="2">
         <v>70</v>
       </c>
       <c r="L51" s="2">
-        <v>96</v>
+        <v>145</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>166</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>109938</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>173</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
@@ -4608,51 +4608,51 @@
       <c r="L57" s="2">
         <v>145</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>215</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>115097</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
         <v>7013</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>190</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
         <v>21</v>
       </c>
       <c r="K58" s="2">
         <v>70</v>
       </c>
       <c r="L58" s="2">
         <v>95</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>165</v>
       </c>
@@ -4839,144 +4839,144 @@
       </c>
       <c r="H63" s="2" t="s">
         <v>205</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
         <v>8</v>
       </c>
       <c r="K63" s="2">
         <v>70</v>
       </c>
       <c r="L63" s="2">
         <v>140</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>109943</v>
+        <v>105396</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D64" s="2"/>
-      <c r="E64" s="2"/>
-      <c r="F64" s="2"/>
+      <c r="E64" s="2">
+        <v>7122</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>208</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K64" s="2">
         <v>70</v>
       </c>
       <c r="L64" s="2">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>105396</v>
+        <v>109943</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>210</v>
       </c>
       <c r="D65" s="2"/>
-      <c r="E65" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K65" s="2">
         <v>70</v>
       </c>
       <c r="L65" s="2">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>115101</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>7543</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>214</v>
       </c>
       <c r="I66" s="2">
         <v>33</v>
       </c>
       <c r="J66" s="2">
         <v>10</v>
       </c>
       <c r="K66" s="2">
         <v>70</v>
       </c>
       <c r="L66" s="2">
         <v>130</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>200</v>
       </c>
@@ -5014,51 +5014,51 @@
       <c r="L67" s="2">
         <v>135</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>115102</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
         <v>7539</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>220</v>
       </c>
       <c r="I68" s="2">
         <v>34</v>
       </c>
       <c r="J68" s="2">
         <v>11</v>
       </c>
       <c r="K68" s="2">
         <v>70</v>
       </c>
       <c r="L68" s="2">
         <v>125</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>195</v>
       </c>
@@ -5083,128 +5083,128 @@
       </c>
       <c r="H69" s="2" t="s">
         <v>224</v>
       </c>
       <c r="I69" s="2">
         <v>34</v>
       </c>
       <c r="J69" s="2">
         <v>25</v>
       </c>
       <c r="K69" s="2">
         <v>70</v>
       </c>
       <c r="L69" s="2">
         <v>91</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>161</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>115103</v>
+        <v>109946</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D70" s="2"/>
-      <c r="E70" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E70" s="2"/>
       <c r="F70" s="2" t="s">
-        <v>25</v>
+        <v>153</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>227</v>
       </c>
       <c r="I70" s="2">
         <v>35</v>
       </c>
       <c r="J70" s="2">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="K70" s="2">
         <v>70</v>
       </c>
       <c r="L70" s="2">
-        <v>92</v>
+        <v>130</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
-        <v>162</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>109946</v>
+        <v>115103</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D71" s="2"/>
-      <c r="E71" s="2"/>
+      <c r="E71" s="2">
+        <v>7126</v>
+      </c>
       <c r="F71" s="2" t="s">
-        <v>153</v>
+        <v>25</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>230</v>
       </c>
       <c r="I71" s="2">
         <v>35</v>
       </c>
       <c r="J71" s="2">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="K71" s="2">
         <v>70</v>
       </c>
       <c r="L71" s="2">
-        <v>130</v>
+        <v>92</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>200</v>
+        <v>162</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>109947</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>233</v>
       </c>
       <c r="I72" s="2">
         <v>36</v>
       </c>
       <c r="J72" s="2">
@@ -5256,51 +5256,51 @@
         <v>70</v>
       </c>
       <c r="L73" s="2">
         <v>91</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>161</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>115105</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>7050</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>238</v>
       </c>
       <c r="I74" s="2">
         <v>37</v>
       </c>
       <c r="J74" s="2">
         <v>26</v>
       </c>
       <c r="K74" s="2">
         <v>70</v>
       </c>
       <c r="L74" s="2">
         <v>90</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>160</v>
       </c>
@@ -5700,51 +5700,51 @@
       <c r="L84" s="2">
         <v>86</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>109953</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>270</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>271</v>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>272</v>
       </c>
       <c r="I85" s="2">
         <v>42</v>
       </c>
       <c r="J85" s="2">
         <v>11</v>
       </c>
       <c r="K85" s="2">
         <v>70</v>
       </c>
       <c r="L85" s="2">
         <v>125</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>195</v>
       </c>
@@ -5866,155 +5866,155 @@
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>153</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
         <v>109953</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>270</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>271</v>
       </c>
       <c r="E89" s="2">
         <v>7538</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>281</v>
       </c>
       <c r="I89" s="2">
         <v>44</v>
       </c>
       <c r="J89" s="2">
         <v>13</v>
       </c>
       <c r="K89" s="2">
         <v>70</v>
       </c>
       <c r="L89" s="2">
         <v>115</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
-        <v>115112</v>
+        <v>109956</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>283</v>
       </c>
       <c r="D90" s="2"/>
-      <c r="E90" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>284</v>
       </c>
       <c r="I90" s="2">
         <v>45</v>
       </c>
       <c r="J90" s="2">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="K90" s="2">
         <v>70</v>
       </c>
       <c r="L90" s="2">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
-        <v>109956</v>
+        <v>115112</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>286</v>
       </c>
       <c r="D91" s="2"/>
-      <c r="E91" s="2"/>
-      <c r="F91" s="2"/>
+      <c r="E91" s="2">
+        <v>7070</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>287</v>
       </c>
       <c r="I91" s="2">
         <v>45</v>
       </c>
       <c r="J91" s="2">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K91" s="2">
         <v>70</v>
       </c>
       <c r="L91" s="2">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
         <v>115113</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
         <v>7046</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>289</v>
       </c>
@@ -6028,155 +6028,155 @@
         <v>70</v>
       </c>
       <c r="L92" s="2">
         <v>83</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>153</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
         <v>101790</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>292</v>
       </c>
       <c r="I93" s="2">
         <v>46</v>
       </c>
       <c r="J93" s="2">
         <v>12</v>
       </c>
       <c r="K93" s="2">
         <v>70</v>
       </c>
       <c r="L93" s="2">
         <v>120</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>109958</v>
+        <v>115114</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>293</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>294</v>
       </c>
       <c r="D94" s="2"/>
-      <c r="E94" s="2"/>
-      <c r="F94" s="2"/>
+      <c r="E94" s="2">
+        <v>7043</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>295</v>
       </c>
       <c r="I94" s="2">
         <v>47</v>
       </c>
       <c r="J94" s="2">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="K94" s="2">
         <v>70</v>
       </c>
       <c r="L94" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>115114</v>
+        <v>109958</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>297</v>
       </c>
       <c r="D95" s="2"/>
-      <c r="E95" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2"/>
       <c r="G95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>298</v>
       </c>
       <c r="I95" s="2">
         <v>47</v>
       </c>
       <c r="J95" s="2">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K95" s="2">
         <v>70</v>
       </c>
       <c r="L95" s="2">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>109959</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>300</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I96" s="2">
         <v>48</v>
       </c>
       <c r="J96" s="2">
@@ -7355,51 +7355,51 @@
       </c>
       <c r="J125" s="2">
         <v>48</v>
       </c>
       <c r="K125" s="2">
         <v>70</v>
       </c>
       <c r="L125" s="2">
         <v>68</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
         <v>109973</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>389</v>
       </c>
       <c r="I126" s="2">
         <v>63</v>
       </c>
       <c r="J126" s="2">
         <v>48</v>
       </c>
       <c r="K126" s="2">
         <v>70</v>
       </c>
       <c r="L126" s="2">
         <v>68</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
@@ -7435,51 +7435,51 @@
       </c>
       <c r="J127" s="2">
         <v>49</v>
       </c>
       <c r="K127" s="2">
         <v>70</v>
       </c>
       <c r="L127" s="2">
         <v>67</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
         <v>109974</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>394</v>
       </c>
       <c r="I128" s="2">
         <v>64</v>
       </c>
       <c r="J128" s="2">
         <v>49</v>
       </c>
       <c r="K128" s="2">
         <v>70</v>
       </c>
       <c r="L128" s="2">
         <v>67</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
@@ -7715,51 +7715,51 @@
       </c>
       <c r="J134" s="2">
         <v>51</v>
       </c>
       <c r="K134" s="2">
         <v>70</v>
       </c>
       <c r="L134" s="2">
         <v>65</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
         <v>115134</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>411</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
         <v>7035</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>412</v>
       </c>
       <c r="I135" s="2">
         <v>67</v>
       </c>
       <c r="J135" s="2">
         <v>52</v>
       </c>
       <c r="K135" s="2">
         <v>70</v>
       </c>
       <c r="L135" s="2">
         <v>64</v>
@@ -8153,128 +8153,128 @@
       </c>
       <c r="H145" s="2" t="s">
         <v>441</v>
       </c>
       <c r="I145" s="2">
         <v>72</v>
       </c>
       <c r="J145" s="2">
         <v>55</v>
       </c>
       <c r="K145" s="2">
         <v>70</v>
       </c>
       <c r="L145" s="2">
         <v>61</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
-        <v>108671</v>
+        <v>115139</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>442</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>443</v>
       </c>
       <c r="D146" s="2"/>
-      <c r="E146" s="2"/>
+      <c r="E146" s="2">
+        <v>7547</v>
+      </c>
       <c r="F146" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G146" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="I146" s="2">
         <v>73</v>
       </c>
       <c r="J146" s="2">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="K146" s="2">
         <v>70</v>
       </c>
       <c r="L146" s="2">
-        <v>60</v>
+        <v>99</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
-        <v>130</v>
+        <v>169</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
-        <v>115139</v>
+        <v>108671</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D147" s="2"/>
-      <c r="E147" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E147" s="2"/>
       <c r="F147" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G147" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="I147" s="2">
         <v>73</v>
       </c>
       <c r="J147" s="2">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="K147" s="2">
         <v>70</v>
       </c>
       <c r="L147" s="2">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
-        <v>169</v>
+        <v>130</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>109984</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>447</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>448</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
       <c r="F148" s="2"/>
       <c r="G148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>449</v>
       </c>
       <c r="I148" s="2">
         <v>74</v>
       </c>
       <c r="J148" s="2">
@@ -8559,126 +8559,126 @@
       </c>
       <c r="H155" s="2" t="s">
         <v>468</v>
       </c>
       <c r="I155" s="2">
         <v>77</v>
       </c>
       <c r="J155" s="2">
         <v>59</v>
       </c>
       <c r="K155" s="2">
         <v>70</v>
       </c>
       <c r="L155" s="2">
         <v>57</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
         <v>127</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
-        <v>109987</v>
+        <v>115144</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C156" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="D156" s="2"/>
+      <c r="E156" s="2">
+        <v>7524</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H156" s="2" t="s">
         <v>470</v>
-      </c>
-[...7 lines deleted...]
-        <v>471</v>
       </c>
       <c r="I156" s="2">
         <v>78</v>
       </c>
       <c r="J156" s="2">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="K156" s="2">
         <v>70</v>
       </c>
       <c r="L156" s="2">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
-        <v>127</v>
+        <v>167</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
-        <v>115144</v>
+        <v>109987</v>
       </c>
       <c r="B157" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="C157" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="C157" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" s="2"/>
-      <c r="E157" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2"/>
       <c r="G157" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>473</v>
       </c>
       <c r="I157" s="2">
         <v>78</v>
       </c>
       <c r="J157" s="2">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="K157" s="2">
         <v>70</v>
       </c>
       <c r="L157" s="2">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
-        <v>167</v>
+        <v>127</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
         <v>109988</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>474</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2"/>
       <c r="F158" s="2"/>
       <c r="G158" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>475</v>
       </c>
       <c r="I158" s="2">
         <v>79</v>
       </c>
       <c r="J158" s="2">
@@ -9049,146 +9049,146 @@
       </c>
       <c r="H167" s="2" t="s">
         <v>502</v>
       </c>
       <c r="I167" s="2">
         <v>83</v>
       </c>
       <c r="J167" s="2">
         <v>62</v>
       </c>
       <c r="K167" s="2">
         <v>70</v>
       </c>
       <c r="L167" s="2">
         <v>54</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
-        <v>109993</v>
+        <v>115150</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>504</v>
       </c>
       <c r="D168" s="2"/>
-      <c r="E168" s="2"/>
-      <c r="F168" s="2"/>
+      <c r="E168" s="2">
+        <v>7117</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>505</v>
       </c>
       <c r="I168" s="2">
         <v>84</v>
       </c>
       <c r="J168" s="2">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="K168" s="2">
         <v>70</v>
       </c>
       <c r="L168" s="2">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
-        <v>115150</v>
+        <v>109993</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>507</v>
       </c>
       <c r="D169" s="2"/>
-      <c r="E169" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E169" s="2"/>
+      <c r="F169" s="2"/>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>508</v>
       </c>
       <c r="I169" s="2">
         <v>84</v>
       </c>
       <c r="J169" s="2">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K169" s="2">
         <v>70</v>
       </c>
       <c r="L169" s="2">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>109994</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>510</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2"/>
       <c r="F170" s="2"/>
       <c r="G170" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="I170" s="2">
         <v>85</v>
       </c>
       <c r="J170" s="2">
         <v>21</v>
       </c>
       <c r="K170" s="2">
         <v>70</v>
       </c>
       <c r="L170" s="2">
         <v>95</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
         <v>115151</v>
       </c>
       <c r="B171" s="2" t="s">
@@ -9289,126 +9289,126 @@
       </c>
       <c r="H173" s="2" t="s">
         <v>519</v>
       </c>
       <c r="I173" s="2">
         <v>86</v>
       </c>
       <c r="J173" s="2">
         <v>65</v>
       </c>
       <c r="K173" s="2">
         <v>70</v>
       </c>
       <c r="L173" s="2">
         <v>51</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
-        <v>109996</v>
+        <v>101449</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>520</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>521</v>
       </c>
       <c r="D174" s="2"/>
-      <c r="E174" s="2"/>
-      <c r="F174" s="2"/>
+      <c r="E174" s="2">
+        <v>7553</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G174" s="2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="H174" s="2" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="I174" s="2">
         <v>87</v>
       </c>
       <c r="J174" s="2">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="K174" s="2">
         <v>70</v>
       </c>
       <c r="L174" s="2">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
-        <v>120</v>
+        <v>164</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
-        <v>101449</v>
+        <v>109996</v>
       </c>
       <c r="B175" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="C175" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="C175" s="2" t="s">
+      <c r="D175" s="2"/>
+      <c r="E175" s="2"/>
+      <c r="F175" s="2"/>
+      <c r="G175" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H175" s="2" t="s">
         <v>524</v>
-      </c>
-[...11 lines deleted...]
-        <v>519</v>
       </c>
       <c r="I175" s="2">
         <v>87</v>
       </c>
       <c r="J175" s="2">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="K175" s="2">
         <v>70</v>
       </c>
       <c r="L175" s="2">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
-        <v>164</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
         <v>109997</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>525</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2"/>
       <c r="F176" s="2"/>
       <c r="G176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>526</v>
       </c>
       <c r="I176" s="2">
         <v>88</v>
       </c>
       <c r="J176" s="2">
@@ -9529,126 +9529,126 @@
       </c>
       <c r="H179" s="2" t="s">
         <v>535</v>
       </c>
       <c r="I179" s="2">
         <v>89</v>
       </c>
       <c r="J179" s="2">
         <v>67</v>
       </c>
       <c r="K179" s="2">
         <v>70</v>
       </c>
       <c r="L179" s="2">
         <v>49</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
         <v>119</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
-        <v>109999</v>
+        <v>115156</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>119</v>
+        <v>201</v>
       </c>
       <c r="D180" s="2"/>
-      <c r="E180" s="2"/>
-      <c r="F180" s="2"/>
+      <c r="E180" s="2">
+        <v>7077</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="G180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>537</v>
       </c>
       <c r="I180" s="2">
         <v>90</v>
       </c>
       <c r="J180" s="2">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="K180" s="2">
         <v>70</v>
       </c>
       <c r="L180" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
-        <v>115156</v>
+        <v>109999</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>201</v>
+        <v>119</v>
       </c>
       <c r="D181" s="2"/>
-      <c r="E181" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E181" s="2"/>
+      <c r="F181" s="2"/>
       <c r="G181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>539</v>
       </c>
       <c r="I181" s="2">
         <v>90</v>
       </c>
       <c r="J181" s="2">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K181" s="2">
         <v>70</v>
       </c>
       <c r="L181" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
         <v>110000</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>541</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2"/>
       <c r="F182" s="2"/>
       <c r="G182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>542</v>
       </c>
       <c r="I182" s="2">
         <v>91</v>
       </c>
       <c r="J182" s="2">
@@ -9769,124 +9769,124 @@
       </c>
       <c r="H185" s="2" t="s">
         <v>551</v>
       </c>
       <c r="I185" s="2">
         <v>92</v>
       </c>
       <c r="J185" s="2">
         <v>70</v>
       </c>
       <c r="K185" s="2">
         <v>70</v>
       </c>
       <c r="L185" s="2">
         <v>46</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
-        <v>110002</v>
+        <v>115159</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>552</v>
       </c>
-      <c r="C186" s="2" t="s">
+      <c r="C186" s="2"/>
+      <c r="D186" s="2"/>
+      <c r="E186" s="2">
+        <v>7021</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H186" s="2" t="s">
         <v>553</v>
-      </c>
-[...7 lines deleted...]
-        <v>554</v>
       </c>
       <c r="I186" s="2">
         <v>93</v>
       </c>
       <c r="J186" s="2">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="K186" s="2">
         <v>70</v>
       </c>
       <c r="L186" s="2">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
-        <v>115159</v>
+        <v>110002</v>
       </c>
       <c r="B187" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="C187" s="2" t="s">
         <v>555</v>
       </c>
-      <c r="C187" s="2"/>
       <c r="D187" s="2"/>
-      <c r="E187" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E187" s="2"/>
+      <c r="F187" s="2"/>
       <c r="G187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>556</v>
       </c>
       <c r="I187" s="2">
         <v>93</v>
       </c>
       <c r="J187" s="2">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K187" s="2">
         <v>70</v>
       </c>
       <c r="L187" s="2">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
         <v>110003</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>557</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>558</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2"/>
       <c r="F188" s="2"/>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>559</v>
       </c>
       <c r="I188" s="2">
         <v>94</v>
       </c>
       <c r="J188" s="2">
@@ -10085,126 +10085,126 @@
       </c>
       <c r="H193" s="2" t="s">
         <v>574</v>
       </c>
       <c r="I193" s="2">
         <v>96</v>
       </c>
       <c r="J193" s="2">
         <v>23</v>
       </c>
       <c r="K193" s="2">
         <v>70</v>
       </c>
       <c r="L193" s="2">
         <v>93</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>163</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
-        <v>115162</v>
+        <v>110006</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>575</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>576</v>
+        <v>104</v>
       </c>
       <c r="D194" s="2"/>
-      <c r="E194" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2"/>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="I194" s="2">
         <v>97</v>
       </c>
       <c r="J194" s="2">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="K194" s="2">
         <v>70</v>
       </c>
       <c r="L194" s="2">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
-        <v>110006</v>
+        <v>115162</v>
       </c>
       <c r="B195" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="D195" s="2"/>
+      <c r="E195" s="2">
+        <v>7136</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H195" s="2" t="s">
         <v>578</v>
-      </c>
-[...10 lines deleted...]
-        <v>572</v>
       </c>
       <c r="I195" s="2">
         <v>97</v>
       </c>
       <c r="J195" s="2">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="K195" s="2">
         <v>70</v>
       </c>
       <c r="L195" s="2">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
         <v>110007</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>579</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>580</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2"/>
       <c r="F196" s="2"/>
       <c r="G196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>581</v>
       </c>
       <c r="I196" s="2">
         <v>98</v>
       </c>
       <c r="J196" s="2">