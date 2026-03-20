--- v0 (2025-10-24)
+++ v1 (2026-03-20)
@@ -56,350 +56,350 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Arnold</t>
+  </si>
+  <si>
+    <t>Lozano</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>05:38:38</t>
+  </si>
+  <si>
     <t>Kristian</t>
   </si>
   <si>
     <t>Joergensen</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>05:38:28.299999999999</t>
   </si>
   <si>
-    <t>Arnold</t>
-[...10 lines deleted...]
-  <si>
     <t>Marcelino</t>
   </si>
   <si>
     <t>Sano-Oy</t>
   </si>
   <si>
     <t>06:06:38</t>
   </si>
   <si>
+    <t>Alison</t>
+  </si>
+  <si>
+    <t>Tellias</t>
+  </si>
+  <si>
+    <t>06:10:53</t>
+  </si>
+  <si>
     <t>Arnie</t>
   </si>
   <si>
     <t>Macaneras</t>
   </si>
   <si>
     <t>05:44:24.100000000002</t>
   </si>
   <si>
     <t>05:38:42</t>
   </si>
   <si>
-    <t>Alison</t>
-[...7 lines deleted...]
-  <si>
     <t>06:05:12</t>
   </si>
   <si>
+    <t>Alessandro</t>
+  </si>
+  <si>
+    <t>Sherpa</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>06:06:12.700000000001</t>
+  </si>
+  <si>
     <t>Aldean Philip</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>07:05:19</t>
   </si>
   <si>
-    <t>Alessandro</t>
-[...10 lines deleted...]
-  <si>
     <t>Gaspard</t>
   </si>
   <si>
     <t>Dessy</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>06:30:57</t>
   </si>
   <si>
+    <t>Mark Bryan G.</t>
+  </si>
+  <si>
+    <t>Grey</t>
+  </si>
+  <si>
+    <t>06:26:05</t>
+  </si>
+  <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Guieb</t>
   </si>
   <si>
     <t>07:05:28</t>
   </si>
   <si>
-    <t>Mark Bryan G.</t>
-[...7 lines deleted...]
-  <si>
     <t>Jeffrey</t>
   </si>
   <si>
     <t>Zonio</t>
   </si>
   <si>
     <t>06:26:5.0999999999985</t>
   </si>
   <si>
+    <t>Gretchen</t>
+  </si>
+  <si>
+    <t>Felipe</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>07:25:58</t>
+  </si>
+  <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Nilsen</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>06:33:10</t>
   </si>
   <si>
-    <t>Gretchen</t>
-[...8 lines deleted...]
-    <t>07:25:58</t>
+    <t>Sandi Menchi</t>
+  </si>
+  <si>
+    <t>Catlona Abahan</t>
+  </si>
+  <si>
+    <t>06:33:12</t>
+  </si>
+  <si>
+    <t>Rhys</t>
+  </si>
+  <si>
+    <t>Pawid</t>
+  </si>
+  <si>
+    <t>07:27:22</t>
   </si>
   <si>
     <t>Kyle</t>
   </si>
   <si>
     <t>Antolin</t>
   </si>
   <si>
     <t>07:42:13</t>
   </si>
   <si>
-    <t>Sandi Menchi</t>
-[...16 lines deleted...]
-  <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Felices</t>
   </si>
   <si>
     <t>07:46:42</t>
   </si>
   <si>
     <t>Jael</t>
   </si>
   <si>
     <t>Wenceslao</t>
   </si>
   <si>
     <t>06:43:19</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
   <si>
     <t>Brillantes</t>
   </si>
   <si>
     <t>07:34:18.200000000001</t>
   </si>
   <si>
+    <t>06:43:22</t>
+  </si>
+  <si>
+    <t>Cecille</t>
+  </si>
+  <si>
+    <t>Wael</t>
+  </si>
+  <si>
+    <t>07:39:28.599999999999</t>
+  </si>
+  <si>
     <t>Penny</t>
   </si>
   <si>
     <t>Nepomuceno</t>
   </si>
   <si>
     <t>07:53:59</t>
   </si>
   <si>
-    <t>06:43:22</t>
-[...8 lines deleted...]
-    <t>07:39:28.599999999999</t>
+    <t>07:18:59</t>
+  </si>
+  <si>
+    <t>Aggy</t>
+  </si>
+  <si>
+    <t>Sabanal-Marte</t>
+  </si>
+  <si>
+    <t>07:57:17.400000000001</t>
   </si>
   <si>
     <t>Jomel</t>
   </si>
   <si>
     <t>Lastimosa</t>
   </si>
   <si>
     <t>08:12:25</t>
   </si>
   <si>
-    <t>07:18:59</t>
-[...10 lines deleted...]
-  <si>
     <t>Christovik Hamonangan</t>
   </si>
   <si>
     <t>Simatupang</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>08:13:59</t>
   </si>
   <si>
     <t>Majo</t>
   </si>
   <si>
     <t>Liao</t>
   </si>
   <si>
     <t>07:32:28</t>
   </si>
   <si>
     <t>Jean Dheamlier</t>
   </si>
   <si>
     <t>Almoda</t>
   </si>
   <si>
     <t>08:04:17.999999999996</t>
   </si>
   <si>
+    <t>Jean</t>
+  </si>
+  <si>
+    <t>Verly</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>08:27:26</t>
+  </si>
+  <si>
     <t>Aleksis</t>
   </si>
   <si>
     <t>Capili</t>
   </si>
   <si>
     <t>07:35:56</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>Casio</t>
   </si>
   <si>
     <t>08:25:12.499999999996</t>
   </si>
   <si>
-    <t>Jean</t>
-[...10 lines deleted...]
-  <si>
     <t>Sebastien</t>
   </si>
   <si>
     <t>Saby</t>
   </si>
   <si>
     <t>08:34:21</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Osorio</t>
   </si>
   <si>
     <t>07:37:52</t>
   </si>
   <si>
     <t>Julius</t>
   </si>
   <si>
     <t>Iglesias</t>
   </si>
   <si>
     <t>08:25:56.400000000009</t>
@@ -410,215 +410,215 @@
   <si>
     <t>Calimlim</t>
   </si>
   <si>
     <t>08:35:35</t>
   </si>
   <si>
     <t>Eduardo</t>
   </si>
   <si>
     <t>Magdaluyo</t>
   </si>
   <si>
     <t>07:38:46</t>
   </si>
   <si>
     <t>Angelie</t>
   </si>
   <si>
     <t>Cabalo</t>
   </si>
   <si>
     <t>08:26:1.4000000000015</t>
   </si>
   <si>
+    <t>John Eruel</t>
+  </si>
+  <si>
+    <t>Oquino</t>
+  </si>
+  <si>
+    <t>07:42:30</t>
+  </si>
+  <si>
+    <t>Edu</t>
+  </si>
+  <si>
+    <t>Losnong</t>
+  </si>
+  <si>
+    <t>08:28:13.800000000003</t>
+  </si>
+  <si>
     <t>George</t>
   </si>
   <si>
     <t>Killo</t>
   </si>
   <si>
     <t>08:37:00</t>
   </si>
   <si>
-    <t>John Eruel</t>
-[...14 lines deleted...]
-    <t>08:28:13.800000000003</t>
+    <t>Jesse</t>
+  </si>
+  <si>
+    <t>Daliling</t>
+  </si>
+  <si>
+    <t>07:47:27</t>
+  </si>
+  <si>
+    <t>Angelito</t>
+  </si>
+  <si>
+    <t>Vertudazo</t>
+  </si>
+  <si>
+    <t>08:39:39.799999999996</t>
   </si>
   <si>
     <t>Anthony Yancy</t>
   </si>
   <si>
     <t>Labitad</t>
   </si>
   <si>
     <t>08:37:22</t>
   </si>
   <si>
-    <t>Jesse</t>
-[...14 lines deleted...]
-    <t>08:39:39.799999999996</t>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>Itol</t>
+  </si>
+  <si>
+    <t>08:38:01</t>
+  </si>
+  <si>
+    <t>Bo Young</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>08:40:58</t>
   </si>
   <si>
     <t>Ric</t>
   </si>
   <si>
     <t>Stockfis</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>07:53:34</t>
   </si>
   <si>
-    <t>Bo Young</t>
-[...14 lines deleted...]
-    <t>08:38:01</t>
+    <t>Roi Jason</t>
+  </si>
+  <si>
+    <t>Bonifacio</t>
+  </si>
+  <si>
+    <t>08:39:09</t>
+  </si>
+  <si>
+    <t>Jeshryl</t>
+  </si>
+  <si>
+    <t>Aranzaso</t>
+  </si>
+  <si>
+    <t>07:54:26</t>
   </si>
   <si>
     <t>Myra</t>
   </si>
   <si>
     <t>Montiveros</t>
   </si>
   <si>
     <t>08:42:8.1999999999971</t>
   </si>
   <si>
-    <t>Roi Jason</t>
-[...16 lines deleted...]
-  <si>
     <t>Melchor</t>
   </si>
   <si>
     <t>Azanes</t>
   </si>
   <si>
     <t>08:04:54</t>
   </si>
   <si>
     <t>RIGNERLY</t>
   </si>
   <si>
     <t>Dumlao</t>
   </si>
   <si>
     <t>08:48:10.299999999996</t>
   </si>
   <si>
     <t>Windell</t>
   </si>
   <si>
     <t>Patagoc</t>
   </si>
   <si>
     <t>08:53:56</t>
   </si>
   <si>
+    <t>Romhel</t>
+  </si>
+  <si>
+    <t>Biscarra</t>
+  </si>
+  <si>
+    <t>08:56:56</t>
+  </si>
+  <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>Abello</t>
   </si>
   <si>
     <t>08:04:59</t>
   </si>
   <si>
     <t>Irish</t>
   </si>
   <si>
     <t xml:space="preserve">Glorioso </t>
   </si>
   <si>
     <t>08:49:53.099999999999</t>
   </si>
   <si>
-    <t>Romhel</t>
-[...7 lines deleted...]
-  <si>
     <t>Jr. Fuentes</t>
   </si>
   <si>
     <t>08:49:54.499999999996</t>
   </si>
   <si>
     <t>Laurence</t>
   </si>
   <si>
     <t>Balanza</t>
   </si>
   <si>
     <t>09:04:37</t>
   </si>
   <si>
     <t>Wayde</t>
   </si>
   <si>
     <t>Nash</t>
   </si>
   <si>
     <t>08:06:01</t>
   </si>
   <si>
     <t>Julie Ann</t>
@@ -629,1055 +629,1055 @@
   <si>
     <t>08:53:41.600000000002</t>
   </si>
   <si>
     <t>08:07:35</t>
   </si>
   <si>
     <t>Greg</t>
   </si>
   <si>
     <t>Playfoot</t>
   </si>
   <si>
     <t>09:16:32</t>
   </si>
   <si>
     <t>Jerwin  De Vera</t>
   </si>
   <si>
     <t>Mariano</t>
   </si>
   <si>
     <t>08:08:36</t>
   </si>
   <si>
+    <t>Riezel Real</t>
+  </si>
+  <si>
+    <t>Cabanig</t>
+  </si>
+  <si>
+    <t>08:58:41.400000000001</t>
+  </si>
+  <si>
     <t>Darryl</t>
   </si>
   <si>
     <t>Panadao</t>
   </si>
   <si>
     <t>09:20:11</t>
   </si>
   <si>
-    <t>Riezel Real</t>
-[...7 lines deleted...]
-  <si>
     <t>Evan Erl</t>
   </si>
   <si>
     <t>Aguirre</t>
   </si>
   <si>
     <t>09:10:35.400000000001</t>
   </si>
   <si>
+    <t>Kevin Paul</t>
+  </si>
+  <si>
+    <t>Reblora</t>
+  </si>
+  <si>
+    <t>09:22:07</t>
+  </si>
+  <si>
     <t>Mateja</t>
   </si>
   <si>
     <t>Blazevic</t>
   </si>
   <si>
     <t>08:08:40</t>
   </si>
   <si>
-    <t>Kevin Paul</t>
-[...5 lines deleted...]
-    <t>09:22:07</t>
+    <t>Rodel</t>
+  </si>
+  <si>
+    <t>Doren</t>
+  </si>
+  <si>
+    <t>09:10:38.699999999997</t>
   </si>
   <si>
     <t>Christian</t>
   </si>
   <si>
     <t>Vicera</t>
   </si>
   <si>
     <t>09:24:38</t>
   </si>
   <si>
-    <t>Rodel</t>
-[...7 lines deleted...]
-  <si>
     <t>Rowena</t>
   </si>
   <si>
     <t>Bay-an</t>
   </si>
   <si>
     <t>08:16:00</t>
   </si>
   <si>
     <t>Rainer Paul Rebultan</t>
   </si>
   <si>
     <t>Formoso</t>
   </si>
   <si>
     <t>08:17:03</t>
   </si>
   <si>
+    <t>Paul Anthony</t>
+  </si>
+  <si>
+    <t>Senados</t>
+  </si>
+  <si>
+    <t>09:24:50.300000000003</t>
+  </si>
+  <si>
     <t>Francis Evan</t>
   </si>
   <si>
     <t>Singson</t>
   </si>
   <si>
     <t>09:25:11</t>
   </si>
   <si>
-    <t>Paul Anthony</t>
-[...7 lines deleted...]
-  <si>
     <t>Ian</t>
   </si>
   <si>
     <t>Clarito</t>
   </si>
   <si>
     <t>09:47:55.5</t>
   </si>
   <si>
+    <t>09:35:43</t>
+  </si>
+  <si>
     <t>Michael</t>
   </si>
   <si>
     <t>Naral</t>
   </si>
   <si>
     <t>08:18:40</t>
   </si>
   <si>
-    <t>09:35:43</t>
+    <t>Ong</t>
+  </si>
+  <si>
+    <t>Andrew antonio</t>
+  </si>
+  <si>
+    <t>09:52:39.299999999996</t>
   </si>
   <si>
     <t>Teejay Yoshiumi</t>
   </si>
   <si>
     <t>Sakuma</t>
   </si>
   <si>
     <t>09:36:14</t>
   </si>
   <si>
-    <t>Ong</t>
-[...7 lines deleted...]
-  <si>
     <t>John Mark</t>
   </si>
   <si>
     <t>Isidro</t>
   </si>
   <si>
     <t>08:21:51</t>
   </si>
   <si>
     <t>Greggy</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>08:25:48</t>
   </si>
   <si>
+    <t>Andrew Christopher</t>
+  </si>
+  <si>
+    <t>Krishnan</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>09:37:32</t>
+  </si>
+  <si>
     <t>JUANITO</t>
   </si>
   <si>
     <t>CENTINO</t>
   </si>
   <si>
     <t>10:00:3.0000000000073</t>
   </si>
   <si>
-    <t>Andrew Christopher</t>
-[...10 lines deleted...]
-  <si>
     <t>James Arvin</t>
   </si>
   <si>
     <t>Silvania</t>
   </si>
   <si>
     <t>10:00:38.69999999999</t>
   </si>
   <si>
     <t>Paolo</t>
   </si>
   <si>
     <t>Duran</t>
   </si>
   <si>
     <t>08:26:31</t>
   </si>
   <si>
     <t>Lee Joseph</t>
   </si>
   <si>
     <t>Sarmiento</t>
   </si>
   <si>
     <t>09:46:12</t>
   </si>
   <si>
+    <t>Froilan</t>
+  </si>
+  <si>
+    <t>Barbacena</t>
+  </si>
+  <si>
+    <t>09:47:42</t>
+  </si>
+  <si>
     <t>Lee</t>
   </si>
   <si>
     <t>Wai Teck Victor</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>10:06:9.4999999999927</t>
   </si>
   <si>
     <t>Nephil</t>
   </si>
   <si>
     <t>Parel</t>
   </si>
   <si>
     <t>08:26:43</t>
   </si>
   <si>
-    <t>Froilan</t>
-[...7 lines deleted...]
-  <si>
     <t>Maricar</t>
   </si>
   <si>
     <t>Hiponia</t>
   </si>
   <si>
     <t>08:26:57</t>
   </si>
   <si>
+    <t>Ariel</t>
+  </si>
+  <si>
+    <t>Aquino</t>
+  </si>
+  <si>
+    <t>10:11:1.6999999999898</t>
+  </si>
+  <si>
     <t>Jayson</t>
   </si>
   <si>
     <t>Dimaranan</t>
   </si>
   <si>
     <t>09:53:31</t>
   </si>
   <si>
-    <t>Ariel</t>
-[...7 lines deleted...]
-  <si>
     <t>Ryan</t>
   </si>
   <si>
     <t>Nieva</t>
   </si>
   <si>
     <t>08:30:12</t>
   </si>
   <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>10:11:3.5999999999985</t>
+  </si>
+  <si>
     <t>09:54:50</t>
   </si>
   <si>
-    <t>Adrian</t>
-[...4 lines deleted...]
-  <si>
     <t>JAY AR</t>
   </si>
   <si>
     <t>DEL ROSARIO</t>
   </si>
   <si>
     <t>10:11:5.7000000000044</t>
   </si>
   <si>
+    <t>Nelton</t>
+  </si>
+  <si>
+    <t>Saweg</t>
+  </si>
+  <si>
     <t>Patricia Ann</t>
   </si>
   <si>
     <t>Morota</t>
   </si>
   <si>
     <t>08:31:31</t>
   </si>
   <si>
-    <t>Nelton</t>
-[...2 lines deleted...]
-    <t>Saweg</t>
+    <t>Jonel</t>
+  </si>
+  <si>
+    <t>Bedano</t>
+  </si>
+  <si>
+    <t>10:12:7.5</t>
   </si>
   <si>
     <t>Leo</t>
   </si>
   <si>
     <t>09:56:09</t>
   </si>
   <si>
-    <t>Jonel</t>
-[...7 lines deleted...]
-  <si>
     <t>Scott</t>
   </si>
   <si>
     <t>Pugh</t>
   </si>
   <si>
     <t>08:32:07</t>
   </si>
   <si>
     <t>Abel</t>
   </si>
   <si>
     <t>Avergonzado</t>
   </si>
   <si>
     <t>08:34:04</t>
   </si>
   <si>
+    <t>John Rey</t>
+  </si>
+  <si>
+    <t>Callado</t>
+  </si>
+  <si>
+    <t>10:12:43</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Laus</t>
   </si>
   <si>
     <t>10:01:48</t>
   </si>
   <si>
-    <t>John Rey</t>
-[...7 lines deleted...]
-  <si>
     <t>Berns</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>10:20:40.400000000001</t>
   </si>
   <si>
+    <t>Christine Ruth</t>
+  </si>
+  <si>
+    <t>Salazar</t>
+  </si>
+  <si>
+    <t>10:17:38</t>
+  </si>
+  <si>
     <t>Jed</t>
   </si>
   <si>
     <t>Rosell</t>
   </si>
   <si>
     <t>08:36:10</t>
   </si>
   <si>
-    <t>Christine Ruth</t>
-[...5 lines deleted...]
-    <t>10:17:38</t>
+    <t>Arwin</t>
+  </si>
+  <si>
+    <t>Sta. Clara</t>
+  </si>
+  <si>
+    <t>10:22:27.400000000009</t>
   </si>
   <si>
     <t>Sayuri</t>
   </si>
   <si>
     <t>Imanishi</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>08:36:51</t>
   </si>
   <si>
     <t>Alexis</t>
   </si>
   <si>
     <t>Kiers</t>
   </si>
   <si>
     <t>10:18:59</t>
   </si>
   <si>
-    <t>Arwin</t>
-[...5 lines deleted...]
-    <t>10:22:27.400000000009</t>
+    <t>Eugene</t>
+  </si>
+  <si>
+    <t>Mendoza</t>
+  </si>
+  <si>
+    <t>08:48:21</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Kinnud</t>
+  </si>
+  <si>
+    <t>10:25:22.30000000001</t>
   </si>
   <si>
     <t>Irah</t>
   </si>
   <si>
     <t>Garcia</t>
   </si>
   <si>
     <t>10:30:09</t>
   </si>
   <si>
-    <t>Eugene</t>
-[...16 lines deleted...]
-  <si>
     <t>Ver</t>
   </si>
   <si>
     <t>Beringa</t>
   </si>
   <si>
     <t>08:48:27</t>
   </si>
   <si>
     <t>Jose Antonio</t>
   </si>
   <si>
     <t>Federizon</t>
   </si>
   <si>
     <t>10:26:27.199999999997</t>
   </si>
   <si>
     <t>Misha</t>
   </si>
   <si>
     <t>Rosoff</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>10:37:41</t>
   </si>
   <si>
+    <t>Eden</t>
+  </si>
+  <si>
+    <t>Pagsolingan</t>
+  </si>
+  <si>
+    <t>10:38:53</t>
+  </si>
+  <si>
     <t>Melvin</t>
   </si>
   <si>
     <t>Mocorro</t>
   </si>
   <si>
     <t>08:50:15</t>
   </si>
   <si>
     <t>Nonato Alfredo</t>
   </si>
   <si>
     <t>Peralta Jr</t>
   </si>
   <si>
     <t>10:32:34.099999999999</t>
   </si>
   <si>
-    <t>Eden</t>
-[...7 lines deleted...]
-  <si>
     <t>Arthur</t>
   </si>
   <si>
     <t>Codod</t>
   </si>
   <si>
     <t>10:40:51</t>
   </si>
   <si>
     <t>08:50:56</t>
   </si>
   <si>
     <t>Allan</t>
   </si>
   <si>
     <t>Macaraig</t>
   </si>
   <si>
     <t>10:36:29</t>
   </si>
   <si>
     <t>Hernandez</t>
   </si>
   <si>
     <t>08:51:12</t>
   </si>
   <si>
     <t>Andy</t>
   </si>
   <si>
     <t>Forsythe</t>
   </si>
   <si>
     <t>10:36:49.500000000007</t>
   </si>
   <si>
     <t>Romulo</t>
   </si>
   <si>
     <t>Doctolero</t>
   </si>
   <si>
     <t>10:41:53</t>
   </si>
   <si>
+    <t>Edgardo</t>
+  </si>
+  <si>
+    <t>Sangalang</t>
+  </si>
+  <si>
+    <t>10:43:50</t>
+  </si>
+  <si>
+    <t>Alex</t>
+  </si>
+  <si>
+    <t>Ceruelos</t>
+  </si>
+  <si>
+    <t>08:53:00</t>
+  </si>
+  <si>
     <t>Saar</t>
   </si>
   <si>
     <t>Herman</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>10:38:9.4000000000015</t>
   </si>
   <si>
-    <t>Alex</t>
-[...16 lines deleted...]
-  <si>
     <t>Gerard Francis</t>
   </si>
   <si>
     <t>Buenaflor</t>
   </si>
   <si>
     <t>10:38:59.500000000007</t>
   </si>
   <si>
     <t>Marvin</t>
   </si>
   <si>
     <t>Pacis</t>
   </si>
   <si>
     <t>10:46:35</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>08:54:05</t>
   </si>
   <si>
+    <t xml:space="preserve">Lendle </t>
+  </si>
+  <si>
+    <t>Reyes</t>
+  </si>
+  <si>
+    <t>10:48:10</t>
+  </si>
+  <si>
     <t>Mary Grace</t>
   </si>
   <si>
     <t>Calicdan</t>
   </si>
   <si>
     <t>09:12:55</t>
   </si>
   <si>
     <t>Lope</t>
   </si>
   <si>
     <t>Noay</t>
   </si>
   <si>
     <t>10:40:27.5</t>
   </si>
   <si>
-    <t xml:space="preserve">Lendle </t>
-[...7 lines deleted...]
-  <si>
     <t>Bricx</t>
   </si>
   <si>
     <t>Dumas</t>
   </si>
   <si>
     <t>10:49:53</t>
   </si>
   <si>
     <t>Dominic</t>
   </si>
   <si>
     <t>Jamisola</t>
   </si>
   <si>
     <t>09:13:00</t>
   </si>
   <si>
     <t>Walde</t>
   </si>
   <si>
     <t>10:41:16.599999999999</t>
   </si>
   <si>
+    <t>Devereux Khyle Heinrich</t>
+  </si>
+  <si>
+    <t>Oliano</t>
+  </si>
+  <si>
+    <t>10:42:1.4000000000087</t>
+  </si>
+  <si>
+    <t>Cheryl</t>
+  </si>
+  <si>
+    <t>Bihag</t>
+  </si>
+  <si>
+    <t>09:13:15</t>
+  </si>
+  <si>
     <t>Richelle Bengen</t>
   </si>
   <si>
     <t>Roxas</t>
   </si>
   <si>
     <t>10:51:26</t>
   </si>
   <si>
-    <t>Devereux Khyle Heinrich</t>
-[...16 lines deleted...]
-  <si>
     <t>Rolando Lagrimas</t>
   </si>
   <si>
     <t>Pimentel</t>
   </si>
   <si>
     <t>09:16:34</t>
   </si>
   <si>
+    <t>Jinky</t>
+  </si>
+  <si>
+    <t>Bongcayao</t>
+  </si>
+  <si>
+    <t>10:44:48.900000000001</t>
+  </si>
+  <si>
     <t>Angelo</t>
   </si>
   <si>
     <t>Astrero</t>
   </si>
   <si>
     <t>10:56:36</t>
   </si>
   <si>
-    <t>Jinky</t>
-[...5 lines deleted...]
-    <t>10:44:48.900000000001</t>
+    <t>Jerwin</t>
+  </si>
+  <si>
+    <t>10:57:29</t>
   </si>
   <si>
     <t>Alfredo</t>
   </si>
   <si>
     <t>Menes</t>
   </si>
   <si>
     <t>09:19:53</t>
   </si>
   <si>
-    <t>Jerwin</t>
-[...4 lines deleted...]
-  <si>
     <t>Daphe Rose</t>
   </si>
   <si>
     <t>Tamayo Codilla</t>
   </si>
   <si>
     <t>10:47:11.200000000004</t>
   </si>
   <si>
+    <t>MARK JOSEPH</t>
+  </si>
+  <si>
+    <t>PABILONIA</t>
+  </si>
+  <si>
+    <t>10:48:21.300000000003</t>
+  </si>
+  <si>
     <t>Daisy</t>
   </si>
   <si>
     <t>Merca</t>
   </si>
   <si>
     <t>10:59:07</t>
   </si>
   <si>
-    <t>MARK JOSEPH</t>
-[...7 lines deleted...]
-  <si>
     <t>Rj</t>
   </si>
   <si>
     <t>Limyu</t>
   </si>
   <si>
     <t>09:20:03</t>
   </si>
   <si>
     <t>09:20:13</t>
   </si>
   <si>
+    <t>Randy</t>
+  </si>
+  <si>
+    <t>Sequitin</t>
+  </si>
+  <si>
+    <t>10:48:24.599999999999</t>
+  </si>
+  <si>
     <t>Carlo</t>
   </si>
   <si>
     <t>Gonzalez</t>
   </si>
   <si>
     <t>10:59:17</t>
   </si>
   <si>
-    <t>Randy</t>
-[...5 lines deleted...]
-    <t>10:48:24.599999999999</t>
+    <t>Adonis Edwin</t>
+  </si>
+  <si>
+    <t>Co</t>
+  </si>
+  <si>
+    <t>11:05:24</t>
+  </si>
+  <si>
+    <t>Ellany</t>
+  </si>
+  <si>
+    <t>Anlap</t>
+  </si>
+  <si>
+    <t>09:31:03</t>
   </si>
   <si>
     <t>Clarisse</t>
   </si>
   <si>
     <t>Yeung</t>
   </si>
   <si>
     <t>10:48:28.400000000001</t>
   </si>
   <si>
-    <t>Ellany</t>
-[...14 lines deleted...]
-    <t>11:05:24</t>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Adriano</t>
+  </si>
+  <si>
+    <t>10:48:30.900000000009</t>
   </si>
   <si>
     <t>Jan Michael</t>
   </si>
   <si>
     <t>Corton</t>
   </si>
   <si>
-    <t>Simon</t>
-[...7 lines deleted...]
-  <si>
     <t>Paul Cris</t>
   </si>
   <si>
     <t>Agustin</t>
   </si>
   <si>
     <t>09:32:15</t>
   </si>
   <si>
     <t>Cruz</t>
   </si>
   <si>
     <t>09:32:19</t>
   </si>
   <si>
+    <t>Jayronn</t>
+  </si>
+  <si>
+    <t>Visda</t>
+  </si>
+  <si>
+    <t>10:53:54.599999999991</t>
+  </si>
+  <si>
     <t>Luigi</t>
   </si>
   <si>
     <t>Hilado</t>
   </si>
   <si>
     <t>11:07:17</t>
   </si>
   <si>
-    <t>Jayronn</t>
-[...7 lines deleted...]
-  <si>
     <t>MARVIN</t>
   </si>
   <si>
     <t>AVILA</t>
   </si>
   <si>
     <t>10:59:13.099999999991</t>
   </si>
   <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Du Chastel</t>
+  </si>
+  <si>
+    <t>09:34:33</t>
+  </si>
+  <si>
     <t>Harry</t>
   </si>
   <si>
     <t>11:18:22</t>
   </si>
   <si>
-    <t>Olivier</t>
-[...5 lines deleted...]
-    <t>09:34:33</t>
+    <t>Leana</t>
+  </si>
+  <si>
+    <t>Savenkova</t>
+  </si>
+  <si>
+    <t>11:01:43.5</t>
   </si>
   <si>
     <t>Holly Darryl Dean</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>11:22:14</t>
   </si>
   <si>
-    <t>Leana</t>
-[...7 lines deleted...]
-  <si>
     <t>Jerome Allan</t>
   </si>
   <si>
     <t>09:34:59</t>
   </si>
   <si>
     <t>Hilbert</t>
   </si>
   <si>
     <t>Opiada</t>
   </si>
   <si>
     <t>11:01:49.900000000009</t>
   </si>
   <si>
     <t>Alcalde</t>
   </si>
   <si>
     <t>11:22:51</t>
   </si>
   <si>
     <t>Anania</t>
   </si>
   <si>
     <t>09:35:05</t>
   </si>
   <si>
+    <t>Ordaniel</t>
+  </si>
+  <si>
+    <t>11:30:20</t>
+  </si>
+  <si>
     <t>KarHoe</t>
   </si>
   <si>
     <t>Ng</t>
   </si>
   <si>
     <t>09:38:58</t>
   </si>
   <si>
     <t>Bim</t>
   </si>
   <si>
     <t>Santos</t>
   </si>
   <si>
     <t>11:03:14.69999999999</t>
   </si>
   <si>
-    <t>Ordaniel</t>
-[...4 lines deleted...]
-  <si>
     <t>11:03:16.000000000007</t>
   </si>
   <si>
     <t>Jeric</t>
   </si>
   <si>
     <t>Tugaff</t>
   </si>
   <si>
     <t>11:31:53</t>
   </si>
   <si>
     <t>Katsuya</t>
   </si>
   <si>
     <t>09:40:22</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>Eberle</t>
   </si>
   <si>
     <t>09:40:39</t>
   </si>
   <si>
     <t>Jenniffer</t>
   </si>
   <si>
     <t>Comandante</t>
   </si>
   <si>
     <t>11:04:33.299999999996</t>
   </si>
   <si>
     <t>Anna Carmela</t>
   </si>
   <si>
     <t>11:32:38</t>
   </si>
   <si>
+    <t>Shamsaee</t>
+  </si>
+  <si>
+    <t>11:33:48</t>
+  </si>
+  <si>
     <t>Matthias</t>
   </si>
   <si>
     <t>Oliva</t>
   </si>
   <si>
     <t>09:40:43</t>
   </si>
   <si>
     <t>Keith Bryan</t>
   </si>
   <si>
     <t>CabaÃ±ez</t>
   </si>
   <si>
     <t>11:06:21.300000000003</t>
   </si>
   <si>
-    <t>Shamsaee</t>
-[...4 lines deleted...]
-  <si>
     <t>Alwin Dire</t>
   </si>
   <si>
     <t>Marrero</t>
   </si>
   <si>
     <t>09:50:51</t>
   </si>
   <si>
     <t>Elmer</t>
   </si>
   <si>
     <t>Mateo</t>
   </si>
   <si>
     <t>11:06:46.30000000001</t>
   </si>
   <si>
     <t>Mark Jaycobe</t>
   </si>
   <si>
     <t>Banatlao</t>
   </si>
   <si>
     <t>11:36:29</t>
@@ -1718,467 +1718,467 @@
   <si>
     <t>Raza</t>
   </si>
   <si>
     <t>09:56:05</t>
   </si>
   <si>
     <t>Brian</t>
   </si>
   <si>
     <t>Guleng</t>
   </si>
   <si>
     <t>09:56:35</t>
   </si>
   <si>
     <t>Kelvin</t>
   </si>
   <si>
     <t>Yap</t>
   </si>
   <si>
     <t>11:41:54</t>
   </si>
   <si>
+    <t>09:56:40</t>
+  </si>
+  <si>
     <t>Charina</t>
   </si>
   <si>
     <t>Javier</t>
   </si>
   <si>
     <t>11:41:56</t>
   </si>
   <si>
-    <t>09:56:40</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Elle </t>
   </si>
   <si>
     <t>Alvarez</t>
   </si>
   <si>
     <t>11:18:38.80000000001</t>
   </si>
   <si>
+    <t>Glenford</t>
+  </si>
+  <si>
+    <t>Ednilag</t>
+  </si>
+  <si>
+    <t>10:02:53</t>
+  </si>
+  <si>
     <t>Jerico Ponce</t>
   </si>
   <si>
     <t>Salanga</t>
   </si>
   <si>
     <t>11:42:10</t>
   </si>
   <si>
-    <t>Glenford</t>
-[...7 lines deleted...]
-  <si>
     <t>Emmanuel</t>
   </si>
   <si>
     <t>Silan</t>
   </si>
   <si>
     <t>10:03:09</t>
   </si>
   <si>
     <t>Marnie</t>
   </si>
   <si>
     <t>11:42:16</t>
   </si>
   <si>
     <t>Michella Joyce</t>
   </si>
   <si>
     <t>Aradanas</t>
   </si>
   <si>
     <t>11:26:43.400000000001</t>
   </si>
   <si>
+    <t>Ronald Rei Catoc</t>
+  </si>
+  <si>
+    <t>Declarador</t>
+  </si>
+  <si>
+    <t>10:09:54</t>
+  </si>
+  <si>
     <t>Bernard</t>
   </si>
   <si>
     <t>Enriquez</t>
   </si>
   <si>
     <t>11:42:19</t>
   </si>
   <si>
-    <t>Ronald Rei Catoc</t>
-[...5 lines deleted...]
-    <t>10:09:54</t>
+    <t>10:10:33</t>
   </si>
   <si>
     <t>Potamio</t>
   </si>
   <si>
     <t>11:45:07</t>
   </si>
   <si>
-    <t>10:10:33</t>
-[...1 lines deleted...]
-  <si>
     <t>Daisy Yuro</t>
   </si>
   <si>
     <t>Linas</t>
   </si>
   <si>
     <t>10:16:06</t>
   </si>
   <si>
+    <t>Chips</t>
+  </si>
+  <si>
+    <t>Dayrit</t>
+  </si>
+  <si>
+    <t>11:47:14</t>
+  </si>
+  <si>
     <t>Lyka Mae</t>
   </si>
   <si>
     <t>Irang</t>
   </si>
   <si>
     <t>11:35:58.599999999991</t>
   </si>
   <si>
-    <t>Chips</t>
-[...5 lines deleted...]
-    <t>11:47:14</t>
+    <t>Islam</t>
+  </si>
+  <si>
+    <t>10:16:16</t>
   </si>
   <si>
     <t>Rey</t>
   </si>
   <si>
     <t>Jimenez</t>
   </si>
   <si>
     <t>11:58:11</t>
   </si>
   <si>
-    <t>Islam</t>
-[...4 lines deleted...]
-  <si>
     <t>Harold</t>
   </si>
   <si>
     <t>Alcala</t>
   </si>
   <si>
     <t>12:00:12</t>
   </si>
   <si>
     <t>Jonas</t>
   </si>
   <si>
     <t>Nacario</t>
   </si>
   <si>
     <t>10:18:01</t>
   </si>
   <si>
     <t>Anne</t>
   </si>
   <si>
     <t>Peralta</t>
   </si>
   <si>
     <t>Rey Angelo</t>
   </si>
   <si>
     <t>Padrique</t>
   </si>
   <si>
     <t>10:21:23</t>
   </si>
   <si>
     <t>Raymund</t>
   </si>
   <si>
     <t>Tuazon</t>
   </si>
   <si>
     <t>12:02:42</t>
   </si>
   <si>
+    <t>Jefferson</t>
+  </si>
+  <si>
+    <t>Chua</t>
+  </si>
+  <si>
+    <t>12:10:27</t>
+  </si>
+  <si>
     <t>Deomark</t>
   </si>
   <si>
     <t>Herda</t>
   </si>
   <si>
     <t>10:21:26</t>
   </si>
   <si>
-    <t>Jefferson</t>
-[...7 lines deleted...]
-  <si>
     <t>Zack</t>
   </si>
   <si>
     <t>Conception</t>
   </si>
   <si>
     <t>12:13:02</t>
   </si>
   <si>
     <t>Kirk Alfred</t>
   </si>
   <si>
     <t>Tabion</t>
   </si>
   <si>
     <t>10:21:29</t>
   </si>
   <si>
+    <t>11:52:5.7999999999956</t>
+  </si>
+  <si>
     <t>Florian Kristel</t>
   </si>
   <si>
     <t>Pe</t>
   </si>
   <si>
     <t>10:21:37</t>
   </si>
   <si>
-    <t>11:52:5.7999999999956</t>
-[...1 lines deleted...]
-  <si>
     <t>Bantola</t>
   </si>
   <si>
     <t>12:13:53</t>
   </si>
   <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>Merrett</t>
+  </si>
+  <si>
+    <t>12:17:09</t>
+  </si>
+  <si>
     <t>Edward Ronald</t>
   </si>
   <si>
     <t>Calugtong</t>
   </si>
   <si>
     <t>10:24:06</t>
   </si>
   <si>
-    <t>Christopher</t>
-[...5 lines deleted...]
-    <t>12:17:09</t>
+    <t>Niko</t>
+  </si>
+  <si>
+    <t>DeLuna</t>
+  </si>
+  <si>
+    <t>12:26:38</t>
   </si>
   <si>
     <t xml:space="preserve">Erwin </t>
   </si>
   <si>
     <t>Sy</t>
   </si>
   <si>
     <t>10:24:17</t>
   </si>
   <si>
-    <t>Niko</t>
-[...7 lines deleted...]
-  <si>
     <t>Lou</t>
   </si>
   <si>
     <t>Escoreal</t>
   </si>
   <si>
     <t>10:26:05</t>
   </si>
   <si>
     <t>Neil</t>
   </si>
   <si>
     <t>Dagondon</t>
   </si>
   <si>
     <t>12:29:42</t>
   </si>
   <si>
+    <t>Juancho</t>
+  </si>
+  <si>
+    <t>Dalangin</t>
+  </si>
+  <si>
+    <t>12:42:34</t>
+  </si>
+  <si>
     <t>Jethro James</t>
   </si>
   <si>
     <t>Empeno</t>
   </si>
   <si>
     <t>10:28:05</t>
   </si>
   <si>
-    <t>Juancho</t>
-[...7 lines deleted...]
-  <si>
     <t>Mark Anthony</t>
   </si>
   <si>
     <t>De Lumen</t>
   </si>
   <si>
     <t>Jessica</t>
   </si>
   <si>
     <t>Hieras</t>
   </si>
   <si>
     <t>12:14:20.300000000003</t>
   </si>
   <si>
     <t>Mickey</t>
   </si>
   <si>
     <t>10:31:15</t>
   </si>
   <si>
     <t>Hans Kris</t>
   </si>
   <si>
     <t>Tabaranza</t>
   </si>
   <si>
     <t>Laarni</t>
   </si>
   <si>
     <t>Burgos</t>
   </si>
   <si>
     <t>10:31:20</t>
   </si>
   <si>
+    <t>April Marie</t>
+  </si>
+  <si>
+    <t>Antenor</t>
+  </si>
+  <si>
+    <t>12:44:08</t>
+  </si>
+  <si>
     <t>Ivy</t>
   </si>
   <si>
     <t>Atregenio</t>
   </si>
   <si>
     <t>10:42:05</t>
   </si>
   <si>
-    <t>April Marie</t>
-[...7 lines deleted...]
-  <si>
     <t>Manolo Adel</t>
   </si>
   <si>
     <t>12:47:36</t>
   </si>
   <si>
     <t>Leonard</t>
   </si>
   <si>
     <t>Mel Correa</t>
   </si>
   <si>
     <t>10:46:16</t>
   </si>
   <si>
     <t>Joy</t>
   </si>
   <si>
     <t>Sim</t>
   </si>
   <si>
     <t>12:19:55.900000000001</t>
   </si>
   <si>
     <t>Jennifer</t>
   </si>
   <si>
     <t>Mutuc</t>
   </si>
   <si>
     <t>12:48:52</t>
   </si>
   <si>
     <t>Rhea</t>
   </si>
   <si>
     <t>Batac</t>
   </si>
   <si>
     <t>12:21:51.69999999999</t>
   </si>
   <si>
     <t>10:48:57</t>
   </si>
   <si>
+    <t>Ricardo</t>
+  </si>
+  <si>
+    <t>Gregorio</t>
+  </si>
+  <si>
+    <t>12:50:53</t>
+  </si>
+  <si>
     <t>Bar Carlo</t>
   </si>
   <si>
     <t>Dayandayan</t>
   </si>
   <si>
     <t>10:48:59</t>
   </si>
   <si>
-    <t>Ricardo</t>
-[...7 lines deleted...]
-  <si>
     <t>Rimberto</t>
   </si>
   <si>
     <t>Del Rosario</t>
   </si>
   <si>
     <t>12:51:09</t>
   </si>
   <si>
     <t>Bobby</t>
   </si>
   <si>
     <t>Go</t>
   </si>
   <si>
     <t>10:50:22</t>
   </si>
   <si>
     <t>Janet</t>
   </si>
   <si>
     <t>Halcon</t>
   </si>
   <si>
     <t>12:32:33.099999999991</t>
@@ -2192,300 +2192,300 @@
   <si>
     <t>12:57:43</t>
   </si>
   <si>
     <t>Jack Wilson</t>
   </si>
   <si>
     <t>Villanueva</t>
   </si>
   <si>
     <t>10:51:17</t>
   </si>
   <si>
     <t>Manolito</t>
   </si>
   <si>
     <t>10:52:03</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>Cheang</t>
   </si>
   <si>
+    <t>August Albert</t>
+  </si>
+  <si>
+    <t>Martinez</t>
+  </si>
+  <si>
+    <t>13:08:26</t>
+  </si>
+  <si>
     <t>Karl</t>
   </si>
   <si>
     <t>Gerarcas</t>
   </si>
   <si>
     <t>10:54:21</t>
   </si>
   <si>
-    <t>August Albert</t>
-[...7 lines deleted...]
-  <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>Soriano</t>
   </si>
   <si>
     <t>DONALYN</t>
   </si>
   <si>
     <t>MAUTING</t>
   </si>
   <si>
     <t>12:42:54.400000000001</t>
   </si>
   <si>
     <t>Rommel</t>
   </si>
   <si>
     <t>Felizardo</t>
   </si>
   <si>
     <t>10:58:05</t>
   </si>
   <si>
+    <t>11:00:05</t>
+  </si>
+  <si>
     <t>Dittmar</t>
   </si>
   <si>
     <t>Kaeser</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>13:11:02</t>
   </si>
   <si>
-    <t>11:00:05</t>
+    <t>11:00:47</t>
   </si>
   <si>
     <t>Efren</t>
   </si>
   <si>
     <t>Olpindo</t>
   </si>
   <si>
-    <t>11:00:47</t>
-[...1 lines deleted...]
-  <si>
     <t>Neri Michael</t>
   </si>
   <si>
     <t>Abat</t>
   </si>
   <si>
     <t>11:00:54</t>
   </si>
   <si>
     <t>Alagao</t>
   </si>
   <si>
+    <t>11:01:52</t>
+  </si>
+  <si>
     <t>Jameson</t>
   </si>
   <si>
     <t>Agub</t>
   </si>
   <si>
-    <t>11:01:52</t>
+    <t xml:space="preserve">Melvin Mig </t>
+  </si>
+  <si>
+    <t>Clamor</t>
+  </si>
+  <si>
+    <t>11:04:41</t>
   </si>
   <si>
     <t>Jose Mari</t>
   </si>
   <si>
     <t>Cagurangan</t>
   </si>
   <si>
-    <t xml:space="preserve">Melvin Mig </t>
-[...7 lines deleted...]
-  <si>
     <t>11:12:48</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Kuan</t>
   </si>
   <si>
     <t>13:11:32</t>
   </si>
   <si>
+    <t>13:12:24</t>
+  </si>
+  <si>
     <t>Enrico</t>
   </si>
   <si>
     <t>Dick</t>
   </si>
   <si>
     <t>11:12:51</t>
   </si>
   <si>
-    <t>13:12:24</t>
-[...1 lines deleted...]
-  <si>
     <t>Reales</t>
   </si>
   <si>
     <t>13:22:39</t>
   </si>
   <si>
     <t>Evelyn</t>
   </si>
   <si>
     <t>Botin Nicolas</t>
   </si>
   <si>
     <t>11:23:35</t>
   </si>
   <si>
     <t>Melody Jane</t>
   </si>
   <si>
     <t>Amorin</t>
   </si>
   <si>
     <t>13:01:53.199999999997</t>
   </si>
   <si>
     <t>11:25:10</t>
   </si>
   <si>
     <t>Trina</t>
   </si>
   <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>Galang</t>
+  </si>
+  <si>
+    <t>13:31:36</t>
+  </si>
+  <si>
     <t>Dolores</t>
   </si>
   <si>
     <t>Frondozo</t>
   </si>
   <si>
     <t>13:02:23.599999999999</t>
   </si>
   <si>
     <t>11:25:21</t>
   </si>
   <si>
-    <t>Alan</t>
-[...7 lines deleted...]
-  <si>
     <t>Paul Arvin</t>
   </si>
   <si>
     <t>Bituin</t>
   </si>
   <si>
     <t>Erik</t>
   </si>
   <si>
     <t>11:25:26</t>
   </si>
   <si>
     <t>Alen</t>
   </si>
   <si>
     <t>Alban</t>
   </si>
   <si>
     <t>11:25:34</t>
   </si>
   <si>
     <t>Sunga</t>
   </si>
   <si>
+    <t>Rondee</t>
+  </si>
+  <si>
+    <t>Aquno</t>
+  </si>
+  <si>
     <t>Arguelles</t>
   </si>
   <si>
     <t>11:28:38</t>
   </si>
   <si>
-    <t>Rondee</t>
-[...4 lines deleted...]
-  <si>
     <t>Kenneth</t>
   </si>
   <si>
     <t>Laureano</t>
   </si>
   <si>
     <t>13:32:36</t>
   </si>
   <si>
     <t>Monico</t>
   </si>
   <si>
     <t>11:28:59</t>
   </si>
   <si>
     <t>Jocelyn</t>
   </si>
   <si>
     <t>11:37:30</t>
   </si>
   <si>
     <t>Pergentino</t>
   </si>
   <si>
     <t>Malabed</t>
   </si>
   <si>
     <t>13:33:56</t>
   </si>
   <si>
+    <t>Rizalino</t>
+  </si>
+  <si>
     <t>Ryannel</t>
   </si>
   <si>
     <t>11:37:34</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rizalino</t>
   </si>
   <si>
     <t>Ralph Lorenz</t>
   </si>
   <si>
     <t>Pammit</t>
   </si>
   <si>
     <t>13:35:05</t>
   </si>
   <si>
     <t>Sandy</t>
   </si>
   <si>
     <t>Suryapranata</t>
   </si>
   <si>
     <t>11:41:33</t>
   </si>
   <si>
     <t>Ayn Veronica</t>
   </si>
   <si>
     <t>De Jesus</t>
   </si>
@@ -3190,400 +3190,400 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>101965</v>
+        <v>103395</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>50086</v>
+        <v>500092</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>103395</v>
+        <v>101965</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>500092</v>
+        <v>50086</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
         <v>101109</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
         <v>99</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="2">
         <v>1</v>
       </c>
       <c r="J4" s="2">
         <v>1</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
         <v>400</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>112241</v>
+        <v>101110</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>50016</v>
+        <v>111</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>101109</v>
+        <v>112241</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>500061</v>
+        <v>50016</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I6" s="2">
         <v>2</v>
       </c>
       <c r="J6" s="2">
         <v>2</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
         <v>350</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>101110</v>
+        <v>101109</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>111</v>
+        <v>500061</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I7" s="2">
         <v>2</v>
       </c>
       <c r="J7" s="2">
         <v>2</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>350</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>101110</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
         <v>500042</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I8" s="2">
         <v>3</v>
       </c>
       <c r="J8" s="2">
         <v>3</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
         <v>325</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>101111</v>
+        <v>106207</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>66</v>
+        <v>50147</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I9" s="2">
         <v>3</v>
       </c>
       <c r="J9" s="2">
         <v>3</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>325</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>106207</v>
+        <v>101111</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>50147</v>
+        <v>66</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I10" s="2">
         <v>3</v>
       </c>
       <c r="J10" s="2">
         <v>3</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>325</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>425</v>
       </c>
@@ -3610,760 +3610,760 @@
       </c>
       <c r="H11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I11" s="2">
         <v>4</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
         <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>101112</v>
+        <v>113577</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>53</v>
+        <v>50094</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I12" s="2">
         <v>4</v>
       </c>
       <c r="J12" s="2">
         <v>4</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
         <v>300</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>113577</v>
+        <v>101112</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>50094</v>
+        <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I13" s="2">
         <v>4</v>
       </c>
       <c r="J13" s="2">
         <v>4</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>300</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>121516</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>50143</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I14" s="2">
         <v>5</v>
       </c>
       <c r="J14" s="2">
         <v>5</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>275</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>100219</v>
+        <v>101113</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>500017</v>
+        <v>135</v>
       </c>
       <c r="F15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I15" s="2">
         <v>5</v>
       </c>
       <c r="J15" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
-        <v>275</v>
+        <v>400</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>101113</v>
+        <v>100219</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>135</v>
+        <v>500017</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I16" s="2">
         <v>5</v>
       </c>
       <c r="J16" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
-        <v>400</v>
+        <v>275</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>101114</v>
+        <v>102478</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>8</v>
+        <v>500176</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I17" s="2">
         <v>6</v>
       </c>
       <c r="J17" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
-        <v>275</v>
+        <v>400</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>102478</v>
+        <v>119153</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>500176</v>
+        <v>50121</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I18" s="2">
         <v>6</v>
       </c>
       <c r="J18" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>119153</v>
+        <v>101114</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>50121</v>
+        <v>8</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I19" s="2">
         <v>6</v>
       </c>
       <c r="J19" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
-        <v>250</v>
+        <v>275</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>101115</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>46</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I20" s="2">
         <v>7</v>
       </c>
       <c r="J20" s="2">
         <v>6</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
         <v>250</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
         <v>103396</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
         <v>500035</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I21" s="2">
         <v>7</v>
       </c>
       <c r="J21" s="2">
         <v>6</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>250</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>112237</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>50114</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="I22" s="2">
         <v>7</v>
       </c>
       <c r="J22" s="2">
         <v>7</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>240</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>101116</v>
+        <v>101111</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>80</v>
+        <v>38</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>77</v>
+        <v>500095</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="I23" s="2">
         <v>8</v>
       </c>
       <c r="J23" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
-        <v>350</v>
+        <v>240</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>101111</v>
+        <v>112344</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>500095</v>
+        <v>50024</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I24" s="2">
         <v>8</v>
       </c>
       <c r="J24" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
-        <v>240</v>
+        <v>400</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>112344</v>
+        <v>101116</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>50024</v>
+        <v>77</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I25" s="2">
         <v>8</v>
       </c>
       <c r="J25" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
-        <v>400</v>
+        <v>350</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>101117</v>
+        <v>101113</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>62</v>
+        <v>500116</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I26" s="2">
         <v>9</v>
       </c>
       <c r="J26" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>101113</v>
+        <v>105836</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>500116</v>
+        <v>50002</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I27" s="2">
         <v>9</v>
       </c>
       <c r="J27" s="2">
         <v>2</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>350</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>105836</v>
+        <v>101117</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>50002</v>
+        <v>62</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I28" s="2">
         <v>9</v>
       </c>
       <c r="J28" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>350</v>
+        <v>240</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
         <v>101118</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
         <v>132</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>97</v>
       </c>
@@ -4379,3703 +4379,3703 @@
       <c r="L29" s="2">
         <v>230</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>101134</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>500096</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I30" s="2">
         <v>10</v>
       </c>
       <c r="J30" s="2">
         <v>3</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>325</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
         <v>121517</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
         <v>50065</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>103</v>
       </c>
       <c r="I31" s="2">
         <v>10</v>
       </c>
       <c r="J31" s="2">
         <v>8</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
         <v>230</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>100254</v>
+        <v>101119</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>500144</v>
+        <v>133</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I32" s="2">
         <v>11</v>
       </c>
       <c r="J32" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>108066</v>
+        <v>100254</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>50073</v>
+        <v>500144</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I33" s="2">
         <v>11</v>
       </c>
       <c r="J33" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>101119</v>
+        <v>108066</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>133</v>
+        <v>50073</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I34" s="2">
         <v>11</v>
       </c>
       <c r="J34" s="2">
         <v>9</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
         <v>220</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>101120</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
         <v>131</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>116</v>
       </c>
       <c r="I35" s="2">
         <v>12</v>
       </c>
       <c r="J35" s="2">
         <v>10</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
         <v>210</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>102566</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>500016</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>119</v>
       </c>
       <c r="I36" s="2">
         <v>12</v>
       </c>
       <c r="J36" s="2">
         <v>9</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
         <v>220</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>121518</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>50081</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>122</v>
       </c>
       <c r="I37" s="2">
         <v>12</v>
       </c>
       <c r="J37" s="2">
         <v>10</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>210</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>101121</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>123</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>22</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>125</v>
       </c>
       <c r="I38" s="2">
         <v>13</v>
       </c>
       <c r="J38" s="2">
         <v>11</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
         <v>200</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
         <v>102990</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
         <v>500005</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>128</v>
       </c>
       <c r="I39" s="2">
         <v>13</v>
       </c>
       <c r="J39" s="2">
         <v>10</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
         <v>210</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>121269</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>50141</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I40" s="2">
         <v>13</v>
       </c>
       <c r="J40" s="2">
         <v>3</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
         <v>325</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>101122</v>
+        <v>103398</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>59</v>
+        <v>500067</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>134</v>
       </c>
       <c r="I41" s="2">
         <v>14</v>
       </c>
       <c r="J41" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>103398</v>
+        <v>113547</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>500067</v>
+        <v>50039</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I42" s="2">
         <v>14</v>
       </c>
       <c r="J42" s="2">
         <v>11</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>200</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>113547</v>
+        <v>101122</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>50039</v>
+        <v>59</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>140</v>
       </c>
       <c r="I43" s="2">
         <v>14</v>
       </c>
       <c r="J43" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>101123</v>
+        <v>101140</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>60</v>
+        <v>500131</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>143</v>
       </c>
       <c r="I44" s="2">
         <v>15</v>
       </c>
       <c r="J44" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>101140</v>
+        <v>119152</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>500131</v>
+        <v>50010</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>146</v>
       </c>
       <c r="I45" s="2">
         <v>15</v>
       </c>
       <c r="J45" s="2">
         <v>12</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>190</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>119152</v>
+        <v>101123</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>50010</v>
+        <v>60</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I46" s="2">
         <v>15</v>
       </c>
       <c r="J46" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>103399</v>
+        <v>101124</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>500012</v>
+        <v>55</v>
       </c>
       <c r="F47" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="G47" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I47" s="2">
         <v>16</v>
       </c>
       <c r="J47" s="2">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>102050</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>50021</v>
       </c>
       <c r="F48" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H48" s="2" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
       <c r="I48" s="2">
         <v>16</v>
       </c>
       <c r="J48" s="2">
         <v>4</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
         <v>300</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
-        <v>101124</v>
+        <v>103399</v>
       </c>
       <c r="B49" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C49" s="2" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
-        <v>55</v>
+        <v>500012</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>159</v>
       </c>
       <c r="I49" s="2">
         <v>16</v>
       </c>
       <c r="J49" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>121519</v>
+        <v>101125</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
-        <v>50107</v>
+        <v>134</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I50" s="2">
         <v>17</v>
       </c>
       <c r="J50" s="2">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
-        <v>275</v>
+        <v>160</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>375</v>
+        <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>101125</v>
+        <v>102502</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>134</v>
+        <v>500159</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I51" s="2">
         <v>17</v>
       </c>
       <c r="J51" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>102502</v>
+        <v>121519</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
-        <v>500159</v>
+        <v>50107</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>168</v>
       </c>
       <c r="I52" s="2">
         <v>17</v>
       </c>
       <c r="J52" s="2">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
-        <v>170</v>
+        <v>275</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>103400</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>169</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
         <v>500155</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>171</v>
       </c>
       <c r="I53" s="2">
         <v>18</v>
       </c>
       <c r="J53" s="2">
         <v>15</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
         <v>160</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>121520</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>50125</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I54" s="2">
         <v>18</v>
       </c>
       <c r="J54" s="2">
         <v>13</v>
       </c>
       <c r="K54" s="2">
         <v>100</v>
       </c>
       <c r="L54" s="2">
         <v>180</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
         <v>101126</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
         <v>87</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>177</v>
       </c>
       <c r="I55" s="2">
         <v>18</v>
       </c>
       <c r="J55" s="2">
         <v>16</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
         <v>150</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>103401</v>
+        <v>101127</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>500173</v>
+        <v>18</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>180</v>
       </c>
       <c r="I56" s="2">
         <v>19</v>
       </c>
       <c r="J56" s="2">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>119166</v>
+        <v>103401</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>50056</v>
+        <v>500173</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>183</v>
       </c>
       <c r="I57" s="2">
         <v>19</v>
       </c>
       <c r="J57" s="2">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
+        <v>150</v>
+      </c>
+      <c r="M57" s="2">
+        <v>0</v>
+      </c>
+      <c r="N57" s="2">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>101127</v>
+        <v>119166</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>18</v>
+        <v>50056</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>186</v>
       </c>
       <c r="I58" s="2">
         <v>19</v>
       </c>
       <c r="J58" s="2">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="K58" s="2">
         <v>100</v>
       </c>
       <c r="L58" s="2">
-        <v>140</v>
+        <v>250</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
         <v>121011</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
         <v>50040</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>188</v>
       </c>
       <c r="I59" s="2">
         <v>20</v>
       </c>
       <c r="J59" s="2">
         <v>14</v>
       </c>
       <c r="K59" s="2">
         <v>100</v>
       </c>
       <c r="L59" s="2">
         <v>170</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>101128</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>136</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I60" s="2">
         <v>20</v>
       </c>
       <c r="J60" s="2">
         <v>18</v>
       </c>
       <c r="K60" s="2">
         <v>100</v>
       </c>
       <c r="L60" s="2">
         <v>130</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>103402</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
         <v>500020</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>194</v>
       </c>
       <c r="I61" s="2">
         <v>20</v>
       </c>
       <c r="J61" s="2">
         <v>17</v>
       </c>
       <c r="K61" s="2">
         <v>100</v>
       </c>
       <c r="L61" s="2">
         <v>140</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>119158</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>50079</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I62" s="2">
         <v>21</v>
       </c>
       <c r="J62" s="2">
         <v>7</v>
       </c>
       <c r="K62" s="2">
         <v>100</v>
       </c>
       <c r="L62" s="2">
         <v>240</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>101120</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>500053</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I63" s="2">
         <v>21</v>
       </c>
       <c r="J63" s="2">
         <v>18</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
         <v>130</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>101129</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>128</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>201</v>
       </c>
       <c r="I64" s="2">
         <v>21</v>
       </c>
       <c r="J64" s="2">
         <v>19</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
         <v>120</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
         <v>102586</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
         <v>500085</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>204</v>
       </c>
       <c r="I65" s="2">
         <v>22</v>
       </c>
       <c r="J65" s="2">
         <v>19</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
         <v>120</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
-        <v>101130</v>
+        <v>102485</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
-        <v>84</v>
+        <v>50124</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>207</v>
       </c>
       <c r="I66" s="2">
         <v>22</v>
       </c>
       <c r="J66" s="2">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K66" s="2">
         <v>100</v>
       </c>
       <c r="L66" s="2">
-        <v>110</v>
+        <v>160</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
-        <v>102485</v>
+        <v>101130</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>50124</v>
+        <v>84</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>210</v>
       </c>
       <c r="I67" s="2">
         <v>22</v>
       </c>
       <c r="J67" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K67" s="2">
         <v>100</v>
       </c>
       <c r="L67" s="2">
-        <v>160</v>
+        <v>110</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>121521</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
         <v>50048</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>213</v>
       </c>
       <c r="I68" s="2">
         <v>23</v>
       </c>
       <c r="J68" s="2">
         <v>16</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
         <v>150</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>103405</v>
+        <v>101131</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>500031</v>
+        <v>89</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>155</v>
+        <v>16</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>216</v>
       </c>
       <c r="I69" s="2">
         <v>23</v>
       </c>
       <c r="J69" s="2">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>101131</v>
+        <v>103405</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>218</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
-        <v>89</v>
+        <v>500031</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>219</v>
       </c>
       <c r="I70" s="2">
         <v>23</v>
       </c>
       <c r="J70" s="2">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="K70" s="2">
         <v>100</v>
       </c>
       <c r="L70" s="2">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>101132</v>
+        <v>121522</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>221</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>115</v>
+        <v>50144</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>222</v>
       </c>
       <c r="I71" s="2">
         <v>24</v>
       </c>
       <c r="J71" s="2">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K71" s="2">
         <v>100</v>
       </c>
       <c r="L71" s="2">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>199</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
-        <v>121522</v>
+        <v>101132</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>224</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
-        <v>50144</v>
+        <v>115</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>225</v>
       </c>
       <c r="I72" s="2">
         <v>24</v>
       </c>
       <c r="J72" s="2">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K72" s="2">
         <v>100</v>
       </c>
       <c r="L72" s="2">
-        <v>140</v>
+        <v>99</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
-        <v>240</v>
+        <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
         <v>103406</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>226</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
         <v>500154</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>228</v>
       </c>
       <c r="I73" s="2">
         <v>24</v>
       </c>
       <c r="J73" s="2">
         <v>5</v>
       </c>
       <c r="K73" s="2">
         <v>100</v>
       </c>
       <c r="L73" s="2">
         <v>275</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>102104</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>500113</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>231</v>
       </c>
       <c r="I74" s="2">
         <v>25</v>
       </c>
       <c r="J74" s="2">
         <v>20</v>
       </c>
       <c r="K74" s="2">
         <v>100</v>
       </c>
       <c r="L74" s="2">
         <v>110</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
-        <v>101133</v>
+        <v>121523</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
-        <v>106</v>
+        <v>50115</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>234</v>
       </c>
       <c r="I75" s="2">
         <v>25</v>
       </c>
       <c r="J75" s="2">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
-        <v>98</v>
+        <v>130</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
-        <v>198</v>
+        <v>230</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
-        <v>121523</v>
+        <v>101133</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
-        <v>50115</v>
+        <v>106</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>237</v>
       </c>
       <c r="I76" s="2">
         <v>25</v>
       </c>
       <c r="J76" s="2">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K76" s="2">
         <v>100</v>
       </c>
       <c r="L76" s="2">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
-        <v>230</v>
+        <v>198</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>121524</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>239</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>50053</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>240</v>
       </c>
       <c r="I77" s="2">
         <v>26</v>
       </c>
       <c r="J77" s="2">
         <v>19</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
         <v>120</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
-        <v>103408</v>
+        <v>101134</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>241</v>
+        <v>98</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>242</v>
+        <v>99</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
-        <v>500072</v>
+        <v>65</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="I78" s="2">
         <v>26</v>
       </c>
       <c r="J78" s="2">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="K78" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L78" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>101134</v>
+        <v>103408</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>98</v>
+        <v>242</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>99</v>
+        <v>243</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>65</v>
+        <v>500072</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>244</v>
       </c>
       <c r="I79" s="2">
         <v>26</v>
       </c>
       <c r="J79" s="2">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="K79" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L79" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>101135</v>
+        <v>121525</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>94</v>
+        <v>50112</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>247</v>
       </c>
       <c r="I80" s="2">
         <v>27</v>
       </c>
       <c r="J80" s="2">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K80" s="2">
         <v>100</v>
       </c>
       <c r="L80" s="2">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
-        <v>197</v>
+        <v>210</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
-        <v>121525</v>
+        <v>101135</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>249</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
-        <v>50112</v>
+        <v>94</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>250</v>
       </c>
       <c r="I81" s="2">
         <v>27</v>
       </c>
       <c r="J81" s="2">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K81" s="2">
         <v>100</v>
       </c>
       <c r="L81" s="2">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
-        <v>210</v>
+        <v>197</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>102519</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>251</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>252</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>500101</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>253</v>
       </c>
       <c r="I82" s="2">
         <v>27</v>
       </c>
       <c r="J82" s="2">
         <v>22</v>
       </c>
       <c r="K82" s="2">
         <v>100</v>
       </c>
       <c r="L82" s="2">
         <v>99</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>103409</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>255</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>500112</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>256</v>
       </c>
       <c r="I83" s="2">
         <v>28</v>
       </c>
       <c r="J83" s="2">
         <v>23</v>
       </c>
       <c r="K83" s="2">
         <v>100</v>
       </c>
       <c r="L83" s="2">
         <v>98</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>121526</v>
+        <v>101136</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>50078</v>
+        <v>123</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>21</v>
+        <v>259</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I84" s="2">
         <v>28</v>
       </c>
       <c r="J84" s="2">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="K84" s="2">
         <v>100</v>
       </c>
       <c r="L84" s="2">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
-        <v>200</v>
+        <v>196</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
-        <v>101136</v>
+        <v>121526</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
-        <v>123</v>
+        <v>50078</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>262</v>
+        <v>16</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>263</v>
       </c>
       <c r="I85" s="2">
         <v>28</v>
       </c>
       <c r="J85" s="2">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="K85" s="2">
         <v>100</v>
       </c>
       <c r="L85" s="2">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>121527</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>265</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>50059</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>266</v>
       </c>
       <c r="I86" s="2">
         <v>29</v>
       </c>
       <c r="J86" s="2">
         <v>22</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
         <v>90</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>103410</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>267</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>268</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
         <v>500123</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>269</v>
       </c>
       <c r="I87" s="2">
         <v>29</v>
       </c>
       <c r="J87" s="2">
         <v>24</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
         <v>97</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>101137</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>270</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>271</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
         <v>101</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>272</v>
       </c>
       <c r="I88" s="2">
         <v>29</v>
       </c>
       <c r="J88" s="2">
         <v>26</v>
       </c>
       <c r="K88" s="2">
         <v>100</v>
       </c>
       <c r="L88" s="2">
         <v>95</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>121528</v>
+        <v>101138</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>50089</v>
+        <v>17</v>
       </c>
       <c r="F89" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H89" s="2" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
       <c r="I89" s="2">
         <v>30</v>
       </c>
       <c r="J89" s="2">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="K89" s="2">
         <v>100</v>
       </c>
       <c r="L89" s="2">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>180</v>
+        <v>194</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
-        <v>103411</v>
+        <v>121528</v>
       </c>
       <c r="B90" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="C90" s="2" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
-        <v>500063</v>
+        <v>50089</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>21</v>
+        <v>278</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>279</v>
       </c>
       <c r="I90" s="2">
         <v>30</v>
       </c>
       <c r="J90" s="2">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="K90" s="2">
         <v>100</v>
       </c>
       <c r="L90" s="2">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
-        <v>196</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
-        <v>101138</v>
+        <v>103411</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>281</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
-        <v>17</v>
+        <v>500063</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>282</v>
       </c>
       <c r="I91" s="2">
         <v>30</v>
       </c>
       <c r="J91" s="2">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K91" s="2">
         <v>100</v>
       </c>
       <c r="L91" s="2">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
         <v>103412</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>283</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>284</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
         <v>500103</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>285</v>
       </c>
       <c r="I92" s="2">
         <v>31</v>
       </c>
       <c r="J92" s="2">
         <v>6</v>
       </c>
       <c r="K92" s="2">
         <v>100</v>
       </c>
       <c r="L92" s="2">
         <v>250</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>101139</v>
+        <v>121529</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>42</v>
+        <v>50013</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>288</v>
       </c>
       <c r="I93" s="2">
         <v>31</v>
       </c>
       <c r="J93" s="2">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="K93" s="2">
         <v>100</v>
       </c>
       <c r="L93" s="2">
-        <v>93</v>
+        <v>70</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
-        <v>193</v>
+        <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>121529</v>
+        <v>101139</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>289</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>290</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>50013</v>
+        <v>42</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>291</v>
       </c>
       <c r="I94" s="2">
         <v>31</v>
       </c>
       <c r="J94" s="2">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="K94" s="2">
         <v>100</v>
       </c>
       <c r="L94" s="2">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>170</v>
+        <v>193</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
         <v>103413</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>293</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
         <v>500070</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>294</v>
       </c>
       <c r="I95" s="2">
         <v>32</v>
       </c>
       <c r="J95" s="2">
         <v>26</v>
       </c>
       <c r="K95" s="2">
         <v>100</v>
       </c>
       <c r="L95" s="2">
         <v>95</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
-        <v>101140</v>
+        <v>121530</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>144</v>
+        <v>295</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>145</v>
+        <v>39</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
-        <v>33</v>
+        <v>50001</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="I96" s="2">
         <v>32</v>
       </c>
       <c r="J96" s="2">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="K96" s="2">
         <v>100</v>
       </c>
       <c r="L96" s="2">
-        <v>92</v>
+        <v>60</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
-        <v>192</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
-        <v>121530</v>
+        <v>101140</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>296</v>
+        <v>141</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>35</v>
+        <v>142</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
-        <v>50001</v>
+        <v>33</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>297</v>
       </c>
       <c r="I97" s="2">
         <v>32</v>
       </c>
       <c r="J97" s="2">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="K97" s="2">
         <v>100</v>
       </c>
       <c r="L97" s="2">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
-        <v>160</v>
+        <v>192</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>121531</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>299</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>50063</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>300</v>
       </c>
       <c r="I98" s="2">
         <v>33</v>
       </c>
       <c r="J98" s="2">
         <v>26</v>
       </c>
       <c r="K98" s="2">
         <v>100</v>
       </c>
       <c r="L98" s="2">
         <v>50</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
-        <v>102991</v>
+        <v>101141</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>302</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
-        <v>500076</v>
+        <v>104</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H99" s="2" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="I99" s="2">
         <v>33</v>
       </c>
       <c r="J99" s="2">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="K99" s="2">
         <v>100</v>
       </c>
       <c r="L99" s="2">
-        <v>240</v>
+        <v>92</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
-        <v>340</v>
+        <v>192</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
-        <v>101141</v>
+        <v>102991</v>
       </c>
       <c r="B100" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="C100" s="2" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
-        <v>104</v>
+        <v>500076</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="I100" s="2">
         <v>33</v>
       </c>
       <c r="J100" s="2">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="K100" s="2">
         <v>100</v>
       </c>
       <c r="L100" s="2">
-        <v>92</v>
+        <v>240</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
-        <v>192</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>101142</v>
+        <v>121532</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>306</v>
       </c>
-      <c r="C101" s="2"/>
+      <c r="C101" s="2" t="s">
+        <v>307</v>
+      </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>1</v>
+        <v>50075</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I101" s="2">
         <v>34</v>
       </c>
       <c r="J101" s="2">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="K101" s="2">
         <v>100</v>
       </c>
       <c r="L101" s="2">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
-        <v>190</v>
+        <v>148</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
-        <v>121532</v>
+        <v>101142</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="C102" s="2" t="s">
         <v>309</v>
       </c>
+      <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
-        <v>50075</v>
+        <v>1</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>310</v>
       </c>
       <c r="I102" s="2">
         <v>34</v>
       </c>
       <c r="J102" s="2">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="K102" s="2">
         <v>100</v>
       </c>
       <c r="L102" s="2">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
-        <v>148</v>
+        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
         <v>103414</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>312</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
         <v>500011</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>313</v>
       </c>
       <c r="I103" s="2">
         <v>34</v>
       </c>
       <c r="J103" s="2">
         <v>27</v>
       </c>
       <c r="K103" s="2">
         <v>100</v>
       </c>
       <c r="L103" s="2">
         <v>94</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
         <v>103415</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
         <v>500156</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>316</v>
       </c>
       <c r="I104" s="2">
         <v>35</v>
       </c>
       <c r="J104" s="2">
         <v>28</v>
       </c>
       <c r="K104" s="2">
         <v>100</v>
       </c>
       <c r="L104" s="2">
         <v>93</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
         <v>193</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>101143</v>
+        <v>121533</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>317</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>318</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>137</v>
+        <v>50074</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>319</v>
       </c>
       <c r="I105" s="2">
         <v>35</v>
       </c>
       <c r="J105" s="2">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="K105" s="2">
         <v>100</v>
       </c>
       <c r="L105" s="2">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
-        <v>189</v>
+        <v>146</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>121533</v>
+        <v>101143</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>321</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>50074</v>
+        <v>137</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>322</v>
       </c>
       <c r="I106" s="2">
         <v>35</v>
       </c>
       <c r="J106" s="2">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="K106" s="2">
         <v>100</v>
       </c>
       <c r="L106" s="2">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
-        <v>146</v>
+        <v>189</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
         <v>121534</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
         <v>50019</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>325</v>
       </c>
       <c r="I107" s="2">
         <v>36</v>
       </c>
       <c r="J107" s="2">
         <v>8</v>
       </c>
       <c r="K107" s="2">
         <v>100</v>
       </c>
       <c r="L107" s="2">
         <v>230</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
-        <v>103416</v>
+        <v>101144</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>326</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>327</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
-        <v>500054</v>
+        <v>96</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>328</v>
       </c>
       <c r="I108" s="2">
         <v>36</v>
       </c>
       <c r="J108" s="2">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="K108" s="2">
         <v>100</v>
       </c>
       <c r="L108" s="2">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
-        <v>192</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
-        <v>101144</v>
+        <v>103416</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>329</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>330</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
-        <v>96</v>
+        <v>500054</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>331</v>
       </c>
       <c r="I109" s="2">
         <v>36</v>
       </c>
       <c r="J109" s="2">
-        <v>4</v>
+        <v>29</v>
       </c>
       <c r="K109" s="2">
         <v>100</v>
       </c>
       <c r="L109" s="2">
-        <v>300</v>
+        <v>92</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
-        <v>400</v>
+        <v>192</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
-        <v>103417</v>
+        <v>121535</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>332</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>333</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
-        <v>500023</v>
+        <v>50018</v>
       </c>
       <c r="F110" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H110" s="2" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
       <c r="I110" s="2">
         <v>37</v>
       </c>
       <c r="J110" s="2">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="K110" s="2">
         <v>100</v>
       </c>
       <c r="L110" s="2">
-        <v>230</v>
+        <v>44</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
-        <v>330</v>
+        <v>144</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
-        <v>101145</v>
+        <v>103417</v>
       </c>
       <c r="B111" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="C111" s="2" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2">
-        <v>122</v>
+        <v>500023</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>21</v>
+        <v>337</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>338</v>
       </c>
       <c r="I111" s="2">
         <v>37</v>
       </c>
       <c r="J111" s="2">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="K111" s="2">
         <v>100</v>
       </c>
       <c r="L111" s="2">
-        <v>88</v>
+        <v>230</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
-        <v>188</v>
+        <v>330</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
-        <v>121535</v>
+        <v>101145</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>339</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>340</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
-        <v>50018</v>
+        <v>122</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>341</v>
       </c>
       <c r="I112" s="2">
         <v>37</v>
       </c>
       <c r="J112" s="2">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="K112" s="2">
         <v>100</v>
       </c>
       <c r="L112" s="2">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
-        <v>144</v>
+        <v>188</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>101146</v>
+        <v>103418</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>48</v>
+        <v>500083</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>344</v>
       </c>
       <c r="I113" s="2">
         <v>38</v>
       </c>
       <c r="J113" s="2">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="K113" s="2">
         <v>100</v>
       </c>
       <c r="L113" s="2">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>375</v>
+        <v>191</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
-        <v>103418</v>
+        <v>121536</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>345</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>346</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
-        <v>500083</v>
+        <v>50122</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>347</v>
       </c>
       <c r="I114" s="2">
         <v>38</v>
       </c>
       <c r="J114" s="2">
         <v>30</v>
       </c>
       <c r="K114" s="2">
         <v>100</v>
       </c>
       <c r="L114" s="2">
-        <v>91</v>
+        <v>42</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
-        <v>191</v>
+        <v>142</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>121536</v>
+        <v>101146</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>349</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>50122</v>
+        <v>48</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>350</v>
       </c>
       <c r="I115" s="2">
         <v>38</v>
       </c>
       <c r="J115" s="2">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="K115" s="2">
         <v>100</v>
       </c>
       <c r="L115" s="2">
-        <v>42</v>
+        <v>275</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
-        <v>142</v>
+        <v>375</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>103419</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>351</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>352</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
         <v>500151</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I116" s="2">
         <v>39</v>
       </c>
       <c r="J116" s="2">
         <v>31</v>
       </c>
       <c r="K116" s="2">
         <v>100</v>
       </c>
       <c r="L116" s="2">
         <v>90</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
         <v>121537</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>355</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2">
         <v>50140</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>356</v>
       </c>
       <c r="I117" s="2">
         <v>39</v>
       </c>
       <c r="J117" s="2">
         <v>31</v>
       </c>
       <c r="K117" s="2">
         <v>100</v>
       </c>
       <c r="L117" s="2">
         <v>40</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
         <v>140</v>
       </c>
@@ -8102,7370 +8102,7370 @@
       </c>
       <c r="H118" s="2" t="s">
         <v>360</v>
       </c>
       <c r="I118" s="2">
         <v>39</v>
       </c>
       <c r="J118" s="2">
         <v>34</v>
       </c>
       <c r="K118" s="2">
         <v>100</v>
       </c>
       <c r="L118" s="2">
         <v>87</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>187</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
-        <v>103420</v>
+        <v>101005</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>361</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>362</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
-        <v>500080</v>
+        <v>82</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>363</v>
       </c>
       <c r="I119" s="2">
         <v>40</v>
       </c>
       <c r="J119" s="2">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="K119" s="2">
         <v>100</v>
       </c>
       <c r="L119" s="2">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
-        <v>189</v>
+        <v>186</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
-        <v>106043</v>
+        <v>103420</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>365</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
-        <v>50111</v>
+        <v>500080</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>366</v>
       </c>
       <c r="I120" s="2">
         <v>40</v>
       </c>
       <c r="J120" s="2">
         <v>32</v>
       </c>
       <c r="K120" s="2">
         <v>100</v>
       </c>
       <c r="L120" s="2">
-        <v>38</v>
+        <v>89</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
-        <v>138</v>
+        <v>189</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
-        <v>101005</v>
+        <v>106043</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>367</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>368</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
-        <v>82</v>
+        <v>50111</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>369</v>
       </c>
       <c r="I121" s="2">
         <v>40</v>
       </c>
       <c r="J121" s="2">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="K121" s="2">
         <v>100</v>
       </c>
       <c r="L121" s="2">
-        <v>86</v>
+        <v>38</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
-        <v>186</v>
+        <v>138</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
         <v>101148</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>370</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>371</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
         <v>138</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>372</v>
       </c>
       <c r="I122" s="2">
         <v>41</v>
       </c>
       <c r="J122" s="2">
         <v>36</v>
       </c>
       <c r="K122" s="2">
         <v>100</v>
       </c>
       <c r="L122" s="2">
         <v>85</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
         <v>101132</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
         <v>500037</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>373</v>
       </c>
       <c r="I123" s="2">
         <v>41</v>
       </c>
       <c r="J123" s="2">
         <v>33</v>
       </c>
       <c r="K123" s="2">
         <v>100</v>
       </c>
       <c r="L123" s="2">
         <v>88</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
         <v>188</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
         <v>121538</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>375</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
         <v>50006</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>376</v>
       </c>
       <c r="I124" s="2">
         <v>41</v>
       </c>
       <c r="J124" s="2">
         <v>33</v>
       </c>
       <c r="K124" s="2">
         <v>100</v>
       </c>
       <c r="L124" s="2">
         <v>36</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
         <v>103422</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>377</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
         <v>500102</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>378</v>
       </c>
       <c r="I125" s="2">
         <v>42</v>
       </c>
       <c r="J125" s="2">
         <v>9</v>
       </c>
       <c r="K125" s="2">
         <v>100</v>
       </c>
       <c r="L125" s="2">
         <v>220</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
         <v>121539</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>379</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>380</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
         <v>50009</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>381</v>
       </c>
       <c r="I126" s="2">
         <v>42</v>
       </c>
       <c r="J126" s="2">
         <v>34</v>
       </c>
       <c r="K126" s="2">
         <v>100</v>
       </c>
       <c r="L126" s="2">
         <v>34</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
         <v>134</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
         <v>101149</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>383</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
         <v>43</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>384</v>
       </c>
       <c r="I127" s="2">
         <v>42</v>
       </c>
       <c r="J127" s="2">
         <v>37</v>
       </c>
       <c r="K127" s="2">
         <v>100</v>
       </c>
       <c r="L127" s="2">
         <v>84</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
-        <v>121540</v>
+        <v>101150</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>386</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
-        <v>50132</v>
+        <v>98</v>
       </c>
       <c r="F128" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H128" s="2" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>388</v>
       </c>
       <c r="I128" s="2">
         <v>43</v>
       </c>
       <c r="J128" s="2">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K128" s="2">
         <v>100</v>
       </c>
       <c r="L128" s="2">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
-        <v>132</v>
+        <v>183</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
         <v>103423</v>
       </c>
       <c r="B129" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="C129" s="2" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
         <v>500141</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="I129" s="2">
         <v>43</v>
       </c>
       <c r="J129" s="2">
         <v>34</v>
       </c>
       <c r="K129" s="2">
         <v>100</v>
       </c>
       <c r="L129" s="2">
         <v>87</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
         <v>187</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
-        <v>101150</v>
+        <v>121540</v>
       </c>
       <c r="B130" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="C130" s="2" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
-        <v>98</v>
+        <v>50132</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>21</v>
+        <v>393</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>394</v>
       </c>
       <c r="I130" s="2">
         <v>43</v>
       </c>
       <c r="J130" s="2">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="K130" s="2">
         <v>100</v>
       </c>
       <c r="L130" s="2">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
-        <v>183</v>
+        <v>132</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
         <v>121541</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>396</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
         <v>50050</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I131" s="2">
         <v>44</v>
       </c>
       <c r="J131" s="2">
         <v>36</v>
       </c>
       <c r="K131" s="2">
         <v>100</v>
       </c>
       <c r="L131" s="2">
         <v>30</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>101151</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>399</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>81</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>400</v>
       </c>
       <c r="I132" s="2">
         <v>44</v>
       </c>
       <c r="J132" s="2">
         <v>39</v>
       </c>
       <c r="K132" s="2">
         <v>100</v>
       </c>
       <c r="L132" s="2">
         <v>82</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
         <v>102473</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>401</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
         <v>500040</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>402</v>
       </c>
       <c r="I133" s="2">
         <v>44</v>
       </c>
       <c r="J133" s="2">
         <v>35</v>
       </c>
       <c r="K133" s="2">
         <v>100</v>
       </c>
       <c r="L133" s="2">
         <v>86</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
-        <v>103424</v>
+        <v>101152</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>404</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
-        <v>500148</v>
+        <v>91</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H134" s="2" t="s">
         <v>405</v>
       </c>
       <c r="I134" s="2">
         <v>45</v>
       </c>
       <c r="J134" s="2">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="K134" s="2">
         <v>100</v>
       </c>
       <c r="L134" s="2">
-        <v>210</v>
+        <v>81</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
-        <v>310</v>
+        <v>181</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
-        <v>121542</v>
+        <v>103424</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>407</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
-        <v>50090</v>
+        <v>500148</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>408</v>
       </c>
       <c r="I135" s="2">
         <v>45</v>
       </c>
       <c r="J135" s="2">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="K135" s="2">
         <v>100</v>
       </c>
       <c r="L135" s="2">
-        <v>28</v>
+        <v>210</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
-        <v>128</v>
+        <v>310</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
-        <v>101152</v>
+        <v>121542</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>409</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>410</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
-        <v>91</v>
+        <v>50090</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>411</v>
       </c>
       <c r="I136" s="2">
         <v>45</v>
       </c>
       <c r="J136" s="2">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="K136" s="2">
         <v>100</v>
       </c>
       <c r="L136" s="2">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
-        <v>181</v>
+        <v>128</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
         <v>101153</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>413</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
         <v>44</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>414</v>
       </c>
       <c r="I137" s="2">
         <v>46</v>
       </c>
       <c r="J137" s="2">
         <v>41</v>
       </c>
       <c r="K137" s="2">
         <v>100</v>
       </c>
       <c r="L137" s="2">
         <v>80</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>103425</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>415</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>416</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>500099</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>417</v>
       </c>
       <c r="I138" s="2">
         <v>46</v>
       </c>
       <c r="J138" s="2">
         <v>36</v>
       </c>
       <c r="K138" s="2">
         <v>100</v>
       </c>
       <c r="L138" s="2">
         <v>85</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
         <v>121543</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>418</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
         <v>50103</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>419</v>
       </c>
       <c r="I139" s="2">
         <v>46</v>
       </c>
       <c r="J139" s="2">
         <v>38</v>
       </c>
       <c r="K139" s="2">
         <v>100</v>
       </c>
       <c r="L139" s="2">
         <v>26</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
-        <v>101154</v>
+        <v>121544</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>420</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>421</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
-        <v>130</v>
+        <v>50036</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>359</v>
+        <v>16</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
         <v>422</v>
       </c>
       <c r="I140" s="2">
         <v>47</v>
       </c>
       <c r="J140" s="2">
-        <v>6</v>
+        <v>39</v>
       </c>
       <c r="K140" s="2">
         <v>100</v>
       </c>
       <c r="L140" s="2">
-        <v>250</v>
+        <v>24</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
-        <v>350</v>
+        <v>124</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
-        <v>121544</v>
+        <v>102560</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>423</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>424</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
-        <v>50036</v>
+        <v>500183</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>425</v>
       </c>
       <c r="I141" s="2">
         <v>47</v>
       </c>
       <c r="J141" s="2">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="K141" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L141" s="2">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
-        <v>124</v>
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
-        <v>102560</v>
+        <v>101154</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>426</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>427</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
-        <v>500183</v>
+        <v>130</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>21</v>
+        <v>359</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>428</v>
       </c>
       <c r="I142" s="2">
         <v>47</v>
       </c>
       <c r="J142" s="2">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="K142" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L142" s="2">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
-        <v>0</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
         <v>102510</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>429</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>430</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
         <v>500059</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>431</v>
       </c>
       <c r="I143" s="2">
         <v>48</v>
       </c>
       <c r="J143" s="2">
         <v>37</v>
       </c>
       <c r="K143" s="2">
         <v>100</v>
       </c>
       <c r="L143" s="2">
         <v>84</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
-        <v>101155</v>
+        <v>108265</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>432</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>433</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
-        <v>12</v>
+        <v>50071</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>434</v>
       </c>
       <c r="I144" s="2">
         <v>48</v>
       </c>
       <c r="J144" s="2">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="K144" s="2">
         <v>100</v>
       </c>
       <c r="L144" s="2">
-        <v>79</v>
+        <v>220</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
-        <v>179</v>
+        <v>320</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
-        <v>108265</v>
+        <v>101155</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>435</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>436</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2">
-        <v>50071</v>
+        <v>12</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>437</v>
       </c>
       <c r="I145" s="2">
         <v>48</v>
       </c>
       <c r="J145" s="2">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="K145" s="2">
         <v>100</v>
       </c>
       <c r="L145" s="2">
-        <v>220</v>
+        <v>79</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
-        <v>320</v>
+        <v>179</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
-        <v>103427</v>
+        <v>101156</v>
       </c>
       <c r="B146" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="C146" s="2" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2">
-        <v>500081</v>
+        <v>57</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="I146" s="2">
         <v>49</v>
       </c>
       <c r="J146" s="2">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="K146" s="2">
         <v>100</v>
       </c>
       <c r="L146" s="2">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
-        <v>183</v>
+        <v>178</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="2">
-        <v>101156</v>
+        <v>103427</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>203</v>
+        <v>440</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>441</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
-        <v>57</v>
+        <v>500081</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>442</v>
       </c>
       <c r="I147" s="2">
         <v>49</v>
       </c>
       <c r="J147" s="2">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="K147" s="2">
         <v>100</v>
       </c>
       <c r="L147" s="2">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>102520</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
         <v>50030</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>445</v>
       </c>
       <c r="I148" s="2">
         <v>49</v>
       </c>
       <c r="J148" s="2">
         <v>10</v>
       </c>
       <c r="K148" s="2">
         <v>100</v>
       </c>
       <c r="L148" s="2">
         <v>210</v>
       </c>
       <c r="M148" s="2">
         <v>0</v>
       </c>
       <c r="N148" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="2">
-        <v>101157</v>
+        <v>121545</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>447</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2">
-        <v>73</v>
+        <v>50096</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G149" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>448</v>
       </c>
       <c r="I149" s="2">
         <v>50</v>
       </c>
       <c r="J149" s="2">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="K149" s="2">
         <v>100</v>
       </c>
       <c r="L149" s="2">
-        <v>240</v>
+        <v>22</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
-        <v>340</v>
+        <v>122</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
-        <v>121545</v>
+        <v>101157</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>450</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
-        <v>50096</v>
+        <v>73</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>451</v>
       </c>
       <c r="I150" s="2">
         <v>50</v>
       </c>
       <c r="J150" s="2">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="K150" s="2">
         <v>100</v>
       </c>
       <c r="L150" s="2">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
-        <v>122</v>
+        <v>340</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="2">
         <v>103428</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>453</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
         <v>500094</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>454</v>
       </c>
       <c r="I151" s="2">
         <v>50</v>
       </c>
       <c r="J151" s="2">
         <v>39</v>
       </c>
       <c r="K151" s="2">
         <v>100</v>
       </c>
       <c r="L151" s="2">
         <v>82</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>101143</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>500097</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>455</v>
       </c>
       <c r="I152" s="2">
         <v>51</v>
       </c>
       <c r="J152" s="2">
         <v>40</v>
       </c>
       <c r="K152" s="2">
         <v>100</v>
       </c>
       <c r="L152" s="2">
         <v>81</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
         <v>181</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
-        <v>101158</v>
+        <v>121546</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>457</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
-        <v>51</v>
+        <v>50117</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>458</v>
       </c>
       <c r="I153" s="2">
         <v>51</v>
       </c>
       <c r="J153" s="2">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="K153" s="2">
         <v>100</v>
       </c>
       <c r="L153" s="2">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
-        <v>177</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
-        <v>121546</v>
+        <v>101158</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>460</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
-        <v>50117</v>
+        <v>51</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>461</v>
       </c>
       <c r="I154" s="2">
         <v>51</v>
       </c>
       <c r="J154" s="2">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="K154" s="2">
         <v>100</v>
       </c>
       <c r="L154" s="2">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
-        <v>120</v>
+        <v>177</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
-        <v>121547</v>
+        <v>101159</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>463</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
-        <v>50027</v>
+        <v>25</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I155" s="2">
         <v>52</v>
       </c>
       <c r="J155" s="2">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="K155" s="2">
         <v>100</v>
       </c>
       <c r="L155" s="2">
-        <v>200</v>
+        <v>76</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
-        <v>300</v>
+        <v>176</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
         <v>103430</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>466</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
         <v>500163</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>467</v>
       </c>
       <c r="I156" s="2">
         <v>52</v>
       </c>
       <c r="J156" s="2">
         <v>12</v>
       </c>
       <c r="K156" s="2">
         <v>100</v>
       </c>
       <c r="L156" s="2">
         <v>190</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
-        <v>101159</v>
+        <v>121547</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>468</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>469</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
-        <v>25</v>
+        <v>50027</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>470</v>
       </c>
       <c r="I157" s="2">
         <v>52</v>
       </c>
       <c r="J157" s="2">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="K157" s="2">
         <v>100</v>
       </c>
       <c r="L157" s="2">
-        <v>76</v>
+        <v>200</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
-        <v>176</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
-        <v>101160</v>
+        <v>121548</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>471</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>472</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
-        <v>30</v>
+        <v>50134</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="I158" s="2">
         <v>53</v>
       </c>
       <c r="J158" s="2">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="K158" s="2">
         <v>100</v>
       </c>
       <c r="L158" s="2">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
-        <v>176</v>
+        <v>118</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
-        <v>121548</v>
+        <v>101160</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
-        <v>50134</v>
+        <v>30</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
-        <v>475</v>
+        <v>464</v>
       </c>
       <c r="I159" s="2">
         <v>53</v>
       </c>
       <c r="J159" s="2">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="K159" s="2">
         <v>100</v>
       </c>
       <c r="L159" s="2">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
-        <v>118</v>
+        <v>176</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>103431</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>476</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>477</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>500171</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>478</v>
       </c>
       <c r="I160" s="2">
         <v>53</v>
       </c>
       <c r="J160" s="2">
         <v>41</v>
       </c>
       <c r="K160" s="2">
         <v>100</v>
       </c>
       <c r="L160" s="2">
         <v>80</v>
       </c>
       <c r="M160" s="2">
         <v>0</v>
       </c>
       <c r="N160" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="2">
         <v>103432</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>479</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
         <v>500133</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>480</v>
       </c>
       <c r="I161" s="2">
         <v>54</v>
       </c>
       <c r="J161" s="2">
         <v>42</v>
       </c>
       <c r="K161" s="2">
         <v>100</v>
       </c>
       <c r="L161" s="2">
         <v>79</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
-        <v>101161</v>
+        <v>121549</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
-        <v>54</v>
+        <v>50064</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>483</v>
       </c>
       <c r="I162" s="2">
         <v>54</v>
       </c>
       <c r="J162" s="2">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="K162" s="2">
         <v>100</v>
       </c>
       <c r="L162" s="2">
-        <v>74</v>
+        <v>16</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
-        <v>174</v>
+        <v>116</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
-        <v>121549</v>
+        <v>101161</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>485</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
-        <v>50064</v>
+        <v>54</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>486</v>
       </c>
       <c r="I163" s="2">
         <v>54</v>
       </c>
       <c r="J163" s="2">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="K163" s="2">
         <v>100</v>
       </c>
       <c r="L163" s="2">
-        <v>16</v>
+        <v>74</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
-        <v>116</v>
+        <v>174</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
         <v>121550</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>487</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>488</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
         <v>50099</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>489</v>
       </c>
       <c r="I164" s="2">
         <v>55</v>
       </c>
       <c r="J164" s="2">
         <v>44</v>
       </c>
       <c r="K164" s="2">
         <v>100</v>
       </c>
       <c r="L164" s="2">
         <v>14</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
         <v>114</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
-        <v>101162</v>
+        <v>103433</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>105</v>
+        <v>491</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
-        <v>23</v>
+        <v>500028</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="I165" s="2">
         <v>55</v>
       </c>
       <c r="J165" s="2">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="K165" s="2">
         <v>100</v>
       </c>
       <c r="L165" s="2">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
-        <v>103433</v>
+        <v>101162</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>493</v>
+        <v>109</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
-        <v>500028</v>
+        <v>23</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>494</v>
       </c>
       <c r="I166" s="2">
         <v>55</v>
       </c>
       <c r="J166" s="2">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="K166" s="2">
         <v>100</v>
       </c>
       <c r="L166" s="2">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
-        <v>178</v>
+        <v>173</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
-        <v>101163</v>
+        <v>100060</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>496</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
-        <v>114</v>
+        <v>50088</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>21</v>
+        <v>359</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>497</v>
       </c>
       <c r="I167" s="2">
         <v>56</v>
       </c>
       <c r="J167" s="2">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="K167" s="2">
         <v>100</v>
       </c>
       <c r="L167" s="2">
-        <v>72</v>
+        <v>190</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
-        <v>172</v>
+        <v>290</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
-        <v>100060</v>
+        <v>101163</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>499</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
-        <v>50088</v>
+        <v>114</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>359</v>
+        <v>16</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>500</v>
       </c>
       <c r="I168" s="2">
         <v>56</v>
       </c>
       <c r="J168" s="2">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="K168" s="2">
         <v>100</v>
       </c>
       <c r="L168" s="2">
-        <v>190</v>
+        <v>72</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
-        <v>290</v>
+        <v>172</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
         <v>103002</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
         <v>500041</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>502</v>
       </c>
       <c r="I169" s="2">
         <v>56</v>
       </c>
       <c r="J169" s="2">
         <v>44</v>
       </c>
       <c r="K169" s="2">
         <v>100</v>
       </c>
       <c r="L169" s="2">
         <v>77</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>121551</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>504</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>50052</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>505</v>
       </c>
       <c r="I170" s="2">
         <v>57</v>
       </c>
       <c r="J170" s="2">
         <v>45</v>
       </c>
       <c r="K170" s="2">
         <v>100</v>
       </c>
       <c r="L170" s="2">
         <v>12</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
         <v>112</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
         <v>101164</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>506</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
         <v>5</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>507</v>
       </c>
       <c r="I171" s="2">
         <v>57</v>
       </c>
       <c r="J171" s="2">
         <v>50</v>
       </c>
       <c r="K171" s="2">
         <v>100</v>
       </c>
       <c r="L171" s="2">
         <v>71</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
         <v>103435</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>508</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2">
         <v>500165</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>509</v>
       </c>
       <c r="I172" s="2">
         <v>57</v>
       </c>
       <c r="J172" s="2">
         <v>45</v>
       </c>
       <c r="K172" s="2">
         <v>100</v>
       </c>
       <c r="L172" s="2">
         <v>76</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
-        <v>103436</v>
+        <v>101165</v>
       </c>
       <c r="B173" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="C173" s="2" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
-        <v>500018</v>
+        <v>80</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>275</v>
+        <v>16</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H173" s="2" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="I173" s="2">
         <v>58</v>
       </c>
       <c r="J173" s="2">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="K173" s="2">
         <v>100</v>
       </c>
       <c r="L173" s="2">
-        <v>75</v>
+        <v>230</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
-        <v>121552</v>
+        <v>103436</v>
       </c>
       <c r="B174" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="C174" s="2" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
-        <v>50020</v>
+        <v>500018</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>21</v>
+        <v>278</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="I174" s="2">
         <v>58</v>
       </c>
       <c r="J174" s="2">
         <v>46</v>
       </c>
       <c r="K174" s="2">
         <v>100</v>
       </c>
       <c r="L174" s="2">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
-        <v>101165</v>
+        <v>121552</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>374</v>
+        <v>515</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>516</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
-        <v>80</v>
+        <v>50020</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>517</v>
       </c>
       <c r="I175" s="2">
         <v>58</v>
       </c>
       <c r="J175" s="2">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="K175" s="2">
         <v>100</v>
       </c>
       <c r="L175" s="2">
-        <v>230</v>
+        <v>10</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
         <v>121553</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
         <v>50109</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I176" s="2">
         <v>59</v>
       </c>
       <c r="J176" s="2">
         <v>47</v>
       </c>
       <c r="K176" s="2">
         <v>100</v>
       </c>
       <c r="L176" s="2">
         <v>8</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
         <v>108</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
         <v>101166</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>519</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>520</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2">
         <v>113</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>521</v>
       </c>
       <c r="I177" s="2">
         <v>59</v>
       </c>
       <c r="J177" s="2">
         <v>51</v>
       </c>
       <c r="K177" s="2">
         <v>100</v>
       </c>
       <c r="L177" s="2">
         <v>70</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
         <v>103437</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>522</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2">
         <v>500024</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>523</v>
       </c>
       <c r="I178" s="2">
         <v>59</v>
       </c>
       <c r="J178" s="2">
         <v>47</v>
       </c>
       <c r="K178" s="2">
         <v>100</v>
       </c>
       <c r="L178" s="2">
         <v>74</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
         <v>103438</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>525</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
         <v>500026</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>526</v>
       </c>
       <c r="I179" s="2">
         <v>60</v>
       </c>
       <c r="J179" s="2">
         <v>48</v>
       </c>
       <c r="K179" s="2">
         <v>100</v>
       </c>
       <c r="L179" s="2">
         <v>73</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
         <v>121554</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>527</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>528</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
         <v>50066</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>529</v>
       </c>
       <c r="I180" s="2">
         <v>60</v>
       </c>
       <c r="J180" s="2">
         <v>13</v>
       </c>
       <c r="K180" s="2">
         <v>100</v>
       </c>
       <c r="L180" s="2">
         <v>180</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
         <v>101167</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>530</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
         <v>67</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>531</v>
       </c>
       <c r="I181" s="2">
         <v>60</v>
       </c>
       <c r="J181" s="2">
         <v>9</v>
       </c>
       <c r="K181" s="2">
         <v>100</v>
       </c>
       <c r="L181" s="2">
         <v>220</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
-        <v>103439</v>
+        <v>101168</v>
       </c>
       <c r="B182" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="C182" s="2" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
-        <v>500015</v>
+        <v>105</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="2" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="I182" s="2">
         <v>61</v>
       </c>
       <c r="J182" s="2">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="K182" s="2">
         <v>100</v>
       </c>
       <c r="L182" s="2">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
-        <v>172</v>
+        <v>169</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
-        <v>121555</v>
+        <v>103439</v>
       </c>
       <c r="B183" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="C183" s="2" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2">
-        <v>50083</v>
+        <v>500015</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="I183" s="2">
         <v>61</v>
       </c>
       <c r="J183" s="2">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K183" s="2">
         <v>100</v>
       </c>
       <c r="L183" s="2">
-        <v>6</v>
+        <v>72</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
-        <v>106</v>
+        <v>172</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
-        <v>101168</v>
+        <v>121555</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>241</v>
+        <v>537</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>538</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
-        <v>105</v>
+        <v>50083</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>539</v>
       </c>
       <c r="I184" s="2">
         <v>61</v>
       </c>
       <c r="J184" s="2">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="K184" s="2">
         <v>100</v>
       </c>
       <c r="L184" s="2">
-        <v>69</v>
+        <v>6</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
-        <v>169</v>
+        <v>106</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
         <v>103440</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>541</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
         <v>500084</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>542</v>
       </c>
       <c r="I185" s="2">
         <v>62</v>
       </c>
       <c r="J185" s="2">
         <v>50</v>
       </c>
       <c r="K185" s="2">
         <v>100</v>
       </c>
       <c r="L185" s="2">
         <v>71</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
         <v>121556</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>543</v>
       </c>
       <c r="C186" s="2" t="s">
         <v>544</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
         <v>50042</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>545</v>
       </c>
       <c r="I186" s="2">
         <v>62</v>
       </c>
       <c r="J186" s="2">
         <v>49</v>
       </c>
       <c r="K186" s="2">
         <v>100</v>
       </c>
       <c r="L186" s="2">
         <v>4</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
         <v>104</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
         <v>101169</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>547</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
         <v>15</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>548</v>
       </c>
       <c r="I187" s="2">
         <v>62</v>
       </c>
       <c r="J187" s="2">
         <v>53</v>
       </c>
       <c r="K187" s="2">
         <v>100</v>
       </c>
       <c r="L187" s="2">
         <v>68</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
         <v>103441</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>549</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
         <v>500065</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>550</v>
       </c>
       <c r="I188" s="2">
         <v>63</v>
       </c>
       <c r="J188" s="2">
         <v>51</v>
       </c>
       <c r="K188" s="2">
         <v>100</v>
       </c>
       <c r="L188" s="2">
         <v>70</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
         <v>121557</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>551</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>552</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
         <v>50008</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>553</v>
       </c>
       <c r="I189" s="2">
         <v>63</v>
       </c>
       <c r="J189" s="2">
         <v>50</v>
       </c>
       <c r="K189" s="2">
         <v>100</v>
       </c>
       <c r="L189" s="2">
         <v>2</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
         <v>102</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
         <v>101170</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>554</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>555</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
         <v>34</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>556</v>
       </c>
       <c r="I190" s="2">
         <v>63</v>
       </c>
       <c r="J190" s="2">
         <v>54</v>
       </c>
       <c r="K190" s="2">
         <v>100</v>
       </c>
       <c r="L190" s="2">
         <v>67</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
         <v>101171</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>557</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
         <v>125</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>558</v>
       </c>
       <c r="I191" s="2">
         <v>64</v>
       </c>
       <c r="J191" s="2">
         <v>55</v>
       </c>
       <c r="K191" s="2">
         <v>100</v>
       </c>
       <c r="L191" s="2">
         <v>66</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
         <v>103442</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>560</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
         <v>500056</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>561</v>
       </c>
       <c r="I192" s="2">
         <v>64</v>
       </c>
       <c r="J192" s="2">
         <v>52</v>
       </c>
       <c r="K192" s="2">
         <v>100</v>
       </c>
       <c r="L192" s="2">
         <v>69</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>103443</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>562</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>563</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>500104</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>564</v>
       </c>
       <c r="I193" s="2">
         <v>65</v>
       </c>
       <c r="J193" s="2">
         <v>53</v>
       </c>
       <c r="K193" s="2">
         <v>100</v>
       </c>
       <c r="L193" s="2">
         <v>68</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
         <v>101172</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>565</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>566</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
         <v>116</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>567</v>
       </c>
       <c r="I194" s="2">
         <v>65</v>
       </c>
       <c r="J194" s="2">
         <v>56</v>
       </c>
       <c r="K194" s="2">
         <v>100</v>
       </c>
       <c r="L194" s="2">
         <v>65</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
-        <v>101173</v>
+        <v>101124</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>568</v>
+        <v>150</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>569</v>
+        <v>151</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
-        <v>56</v>
+        <v>500100</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="I195" s="2">
         <v>66</v>
       </c>
       <c r="J195" s="2">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="K195" s="2">
         <v>100</v>
       </c>
       <c r="L195" s="2">
-        <v>210</v>
+        <v>67</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
-        <v>310</v>
+        <v>167</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
-        <v>101124</v>
+        <v>101173</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>157</v>
+        <v>569</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>158</v>
+        <v>570</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
-        <v>500100</v>
+        <v>56</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G196" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>571</v>
       </c>
       <c r="I196" s="2">
         <v>66</v>
       </c>
       <c r="J196" s="2">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="K196" s="2">
         <v>100</v>
       </c>
       <c r="L196" s="2">
-        <v>67</v>
+        <v>210</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
-        <v>167</v>
+        <v>310</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
         <v>114258</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>572</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>573</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
         <v>50145</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>574</v>
       </c>
       <c r="I197" s="2">
         <v>66</v>
       </c>
       <c r="J197" s="2">
         <v>14</v>
       </c>
       <c r="K197" s="2">
         <v>100</v>
       </c>
       <c r="L197" s="2">
         <v>170</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
-        <v>101174</v>
+        <v>103445</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>575</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>576</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
-        <v>95</v>
+        <v>500122</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>577</v>
       </c>
       <c r="I198" s="2">
         <v>67</v>
       </c>
       <c r="J198" s="2">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="K198" s="2">
         <v>100</v>
       </c>
       <c r="L198" s="2">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
-        <v>103445</v>
+        <v>101174</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>578</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>579</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2">
-        <v>500122</v>
+        <v>95</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G199" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>580</v>
       </c>
       <c r="I199" s="2">
         <v>67</v>
       </c>
       <c r="J199" s="2">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K199" s="2">
         <v>100</v>
       </c>
       <c r="L199" s="2">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
         <v>103446</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>581</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>582</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2">
         <v>500049</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>583</v>
       </c>
       <c r="I200" s="2">
         <v>68</v>
       </c>
       <c r="J200" s="2">
         <v>56</v>
       </c>
       <c r="K200" s="2">
         <v>100</v>
       </c>
       <c r="L200" s="2">
         <v>65</v>
       </c>
       <c r="M200" s="2">
         <v>0</v>
       </c>
       <c r="N200" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" s="2">
         <v>101175</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>584</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2">
         <v>92</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>585</v>
       </c>
       <c r="I201" s="2">
         <v>68</v>
       </c>
       <c r="J201" s="2">
         <v>58</v>
       </c>
       <c r="K201" s="2">
         <v>100</v>
       </c>
       <c r="L201" s="2">
         <v>63</v>
       </c>
       <c r="M201" s="2">
         <v>0</v>
       </c>
       <c r="N201" s="2">
         <v>163</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" s="2">
         <v>121558</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>586</v>
       </c>
       <c r="C202" s="2" t="s">
         <v>587</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2">
         <v>50104</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>588</v>
       </c>
       <c r="I202" s="2">
         <v>69</v>
       </c>
       <c r="J202" s="2">
         <v>15</v>
       </c>
       <c r="K202" s="2">
         <v>100</v>
       </c>
       <c r="L202" s="2">
         <v>160</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
-        <v>101176</v>
+        <v>102109</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>589</v>
       </c>
       <c r="C203" s="2" t="s">
         <v>590</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2">
-        <v>45</v>
+        <v>500177</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>591</v>
       </c>
       <c r="I203" s="2">
         <v>69</v>
       </c>
       <c r="J203" s="2">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="K203" s="2">
         <v>100</v>
       </c>
       <c r="L203" s="2">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
       <c r="N203" s="2">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="2">
-        <v>102109</v>
+        <v>101176</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>592</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>593</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
-        <v>500177</v>
+        <v>45</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>594</v>
       </c>
       <c r="I204" s="2">
         <v>69</v>
       </c>
       <c r="J204" s="2">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="K204" s="2">
         <v>100</v>
       </c>
       <c r="L204" s="2">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="M204" s="2">
         <v>0</v>
       </c>
       <c r="N204" s="2">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="2">
-        <v>101177</v>
+        <v>101166</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>595</v>
+        <v>519</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>324</v>
+        <v>520</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>110</v>
+        <v>500039</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="I205" s="2">
         <v>70</v>
       </c>
       <c r="J205" s="2">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="K205" s="2">
         <v>100</v>
       </c>
       <c r="L205" s="2">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
-        <v>101166</v>
+        <v>101177</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>519</v>
+        <v>596</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>520</v>
+        <v>324</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
-        <v>500039</v>
+        <v>110</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>597</v>
       </c>
       <c r="I206" s="2">
         <v>70</v>
       </c>
       <c r="J206" s="2">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K206" s="2">
         <v>100</v>
       </c>
       <c r="L206" s="2">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="M206" s="2">
         <v>0</v>
       </c>
       <c r="N206" s="2">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" s="2">
         <v>103448</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>598</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>599</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2">
         <v>500091</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>600</v>
       </c>
       <c r="I207" s="2">
         <v>71</v>
       </c>
       <c r="J207" s="2">
         <v>13</v>
       </c>
       <c r="K207" s="2">
         <v>100</v>
       </c>
       <c r="L207" s="2">
         <v>180</v>
       </c>
       <c r="M207" s="2">
         <v>0</v>
       </c>
       <c r="N207" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="2">
-        <v>121559</v>
+        <v>101178</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>601</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>602</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2">
-        <v>50092</v>
+        <v>36</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>603</v>
       </c>
       <c r="I208" s="2">
         <v>71</v>
       </c>
       <c r="J208" s="2">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="K208" s="2">
         <v>100</v>
       </c>
       <c r="L208" s="2">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="M208" s="2">
         <v>0</v>
       </c>
       <c r="N208" s="2">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" s="2">
-        <v>101178</v>
+        <v>121559</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>604</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>605</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2">
-        <v>36</v>
+        <v>50092</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>606</v>
       </c>
       <c r="I209" s="2">
         <v>71</v>
       </c>
       <c r="J209" s="2">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="K209" s="2">
         <v>100</v>
       </c>
       <c r="L209" s="2">
-        <v>60</v>
+        <v>150</v>
       </c>
       <c r="M209" s="2">
         <v>0</v>
       </c>
       <c r="N209" s="2">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="2">
-        <v>101179</v>
+        <v>103449</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>607</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2">
-        <v>58</v>
+        <v>500033</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="2" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="I210" s="2">
         <v>72</v>
       </c>
       <c r="J210" s="2">
+        <v>59</v>
+      </c>
+      <c r="K210" s="2">
+        <v>100</v>
+      </c>
+      <c r="L210" s="2">
         <v>62</v>
       </c>
-      <c r="K210" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M210" s="2">
         <v>0</v>
       </c>
       <c r="N210" s="2">
-        <v>159</v>
+        <v>162</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="2">
-        <v>103449</v>
+        <v>101179</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="C211" s="2" t="s">
         <v>610</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2">
-        <v>500033</v>
+        <v>58</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>611</v>
       </c>
       <c r="I211" s="2">
         <v>72</v>
       </c>
       <c r="J211" s="2">
+        <v>62</v>
+      </c>
+      <c r="K211" s="2">
+        <v>100</v>
+      </c>
+      <c r="L211" s="2">
         <v>59</v>
       </c>
-      <c r="K211" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>
       <c r="N211" s="2">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="2">
         <v>101180</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>612</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>613</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2">
         <v>118</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="G212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>614</v>
       </c>
       <c r="I212" s="2">
         <v>73</v>
       </c>
       <c r="J212" s="2">
         <v>63</v>
       </c>
       <c r="K212" s="2">
         <v>100</v>
       </c>
       <c r="L212" s="2">
         <v>58</v>
       </c>
       <c r="M212" s="2">
         <v>0</v>
       </c>
       <c r="N212" s="2">
         <v>158</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="2">
         <v>103450</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>615</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>616</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2">
         <v>500074</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>617</v>
       </c>
       <c r="I213" s="2">
         <v>73</v>
       </c>
       <c r="J213" s="2">
         <v>60</v>
       </c>
       <c r="K213" s="2">
         <v>100</v>
       </c>
       <c r="L213" s="2">
         <v>61</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
         <v>161</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
         <v>121560</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>618</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>619</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
         <v>50012</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>585</v>
       </c>
       <c r="I214" s="2">
         <v>73</v>
       </c>
       <c r="J214" s="2">
         <v>17</v>
       </c>
       <c r="K214" s="2">
         <v>100</v>
       </c>
       <c r="L214" s="2">
         <v>140</v>
       </c>
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="2">
         <v>103451</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>621</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
         <v>500062</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>622</v>
       </c>
       <c r="I215" s="2">
         <v>74</v>
       </c>
       <c r="J215" s="2">
         <v>61</v>
       </c>
       <c r="K215" s="2">
         <v>100</v>
       </c>
       <c r="L215" s="2">
         <v>60</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
       <c r="N215" s="2">
         <v>160</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="2">
         <v>101181</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>623</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>624</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2">
         <v>112</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>625</v>
       </c>
       <c r="I216" s="2">
         <v>74</v>
       </c>
       <c r="J216" s="2">
         <v>64</v>
       </c>
       <c r="K216" s="2">
         <v>100</v>
       </c>
       <c r="L216" s="2">
         <v>57</v>
       </c>
       <c r="M216" s="2">
         <v>0</v>
       </c>
       <c r="N216" s="2">
         <v>157</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="2">
-        <v>102616</v>
+        <v>101182</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>626</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>627</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
-        <v>500105</v>
+        <v>24</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>628</v>
       </c>
       <c r="I217" s="2">
         <v>75</v>
       </c>
       <c r="J217" s="2">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K217" s="2">
         <v>100</v>
       </c>
       <c r="L217" s="2">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="M217" s="2">
         <v>0</v>
       </c>
       <c r="N217" s="2">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="2">
-        <v>101182</v>
+        <v>102616</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>629</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>630</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
-        <v>24</v>
+        <v>500105</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>631</v>
       </c>
       <c r="I218" s="2">
         <v>75</v>
       </c>
       <c r="J218" s="2">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="K218" s="2">
         <v>100</v>
       </c>
       <c r="L218" s="2">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="M218" s="2">
         <v>0</v>
       </c>
       <c r="N218" s="2">
-        <v>156</v>
+        <v>159</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" s="2">
         <v>101183</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>632</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>633</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2">
         <v>27</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G219" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>634</v>
       </c>
       <c r="I219" s="2">
         <v>76</v>
       </c>
       <c r="J219" s="2">
         <v>66</v>
       </c>
       <c r="K219" s="2">
         <v>100</v>
       </c>
       <c r="L219" s="2">
         <v>55</v>
       </c>
       <c r="M219" s="2">
         <v>0</v>
       </c>
       <c r="N219" s="2">
         <v>155</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="2">
         <v>102620</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>635</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>636</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2">
         <v>500043</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>637</v>
       </c>
       <c r="I220" s="2">
         <v>76</v>
       </c>
       <c r="J220" s="2">
         <v>63</v>
       </c>
       <c r="K220" s="2">
         <v>100</v>
       </c>
       <c r="L220" s="2">
         <v>58</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
         <v>158</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="2">
-        <v>103454</v>
+        <v>101144</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>638</v>
+        <v>326</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>639</v>
+        <v>327</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2">
-        <v>500060</v>
+        <v>50142</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H221" s="2" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="I221" s="2">
         <v>77</v>
       </c>
       <c r="J221" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K221" s="2">
         <v>100</v>
       </c>
       <c r="L221" s="2">
-        <v>170</v>
+        <v>130</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
-        <v>101144</v>
+        <v>103454</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>329</v>
+        <v>639</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>330</v>
+        <v>640</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
-        <v>50142</v>
+        <v>500060</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>641</v>
       </c>
       <c r="I222" s="2">
         <v>77</v>
       </c>
       <c r="J222" s="2">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K222" s="2">
         <v>100</v>
       </c>
       <c r="L222" s="2">
-        <v>130</v>
+        <v>170</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
         <v>101184</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>642</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2">
         <v>16</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>643</v>
       </c>
       <c r="I223" s="2">
         <v>77</v>
       </c>
       <c r="J223" s="2">
         <v>67</v>
       </c>
       <c r="K223" s="2">
         <v>100</v>
       </c>
       <c r="L223" s="2">
         <v>54</v>
       </c>
       <c r="M223" s="2">
         <v>0</v>
       </c>
       <c r="N223" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" s="2">
-        <v>103455</v>
+        <v>101185</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>644</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>645</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2">
-        <v>500146</v>
+        <v>126</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>646</v>
       </c>
       <c r="I224" s="2">
         <v>78</v>
       </c>
       <c r="J224" s="2">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="K224" s="2">
         <v>100</v>
       </c>
       <c r="L224" s="2">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M224" s="2">
         <v>0</v>
       </c>
       <c r="N224" s="2">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" s="2">
-        <v>101185</v>
+        <v>103455</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>647</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>648</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2">
-        <v>126</v>
+        <v>500146</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>152</v>
+        <v>16</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>649</v>
       </c>
       <c r="I225" s="2">
         <v>78</v>
       </c>
       <c r="J225" s="2">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="K225" s="2">
         <v>100</v>
       </c>
       <c r="L225" s="2">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="M225" s="2">
         <v>0</v>
       </c>
       <c r="N225" s="2">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" s="2">
-        <v>103456</v>
+        <v>101186</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>650</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>651</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2">
-        <v>500119</v>
+        <v>40</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>652</v>
       </c>
       <c r="I226" s="2">
         <v>79</v>
       </c>
       <c r="J226" s="2">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="K226" s="2">
         <v>100</v>
       </c>
       <c r="L226" s="2">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="M226" s="2">
         <v>0</v>
       </c>
       <c r="N226" s="2">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" s="2">
-        <v>101186</v>
+        <v>103456</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>653</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>654</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2">
-        <v>40</v>
+        <v>500119</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>655</v>
       </c>
       <c r="I227" s="2">
         <v>79</v>
       </c>
       <c r="J227" s="2">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K227" s="2">
         <v>100</v>
       </c>
       <c r="L227" s="2">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="M227" s="2">
         <v>0</v>
       </c>
       <c r="N227" s="2">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" s="2">
         <v>103457</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>656</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>657</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2">
         <v>500117</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G228" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>658</v>
       </c>
       <c r="I228" s="2">
         <v>80</v>
       </c>
       <c r="J228" s="2">
         <v>66</v>
       </c>
       <c r="K228" s="2">
         <v>100</v>
       </c>
       <c r="L228" s="2">
         <v>55</v>
       </c>
       <c r="M228" s="2">
         <v>0</v>
       </c>
       <c r="N228" s="2">
         <v>155</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" s="2">
         <v>101187</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>659</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>660</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2">
         <v>31</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>661</v>
       </c>
       <c r="I229" s="2">
         <v>80</v>
       </c>
       <c r="J229" s="2">
         <v>70</v>
       </c>
       <c r="K229" s="2">
         <v>100</v>
       </c>
       <c r="L229" s="2">
         <v>51</v>
       </c>
       <c r="M229" s="2">
         <v>0</v>
       </c>
       <c r="N229" s="2">
         <v>151</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" s="2">
-        <v>103001</v>
+        <v>101188</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>662</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>663</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2">
-        <v>500121</v>
+        <v>32</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>664</v>
       </c>
       <c r="I230" s="2">
         <v>81</v>
       </c>
       <c r="J230" s="2">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="K230" s="2">
         <v>100</v>
       </c>
       <c r="L230" s="2">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="M230" s="2">
         <v>0</v>
       </c>
       <c r="N230" s="2">
-        <v>154</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" s="2">
-        <v>101188</v>
+        <v>103001</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>665</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>666</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2">
-        <v>32</v>
+        <v>500121</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>667</v>
       </c>
       <c r="I231" s="2">
         <v>81</v>
       </c>
       <c r="J231" s="2">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="K231" s="2">
         <v>100</v>
       </c>
       <c r="L231" s="2">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="M231" s="2">
         <v>0</v>
       </c>
       <c r="N231" s="2">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" s="2">
         <v>101189</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>668</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>669</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2">
         <v>39</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H232" s="2" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="I232" s="2">
         <v>82</v>
       </c>
       <c r="J232" s="2">
         <v>72</v>
       </c>
       <c r="K232" s="2">
         <v>100</v>
       </c>
       <c r="L232" s="2">
         <v>50</v>
       </c>
       <c r="M232" s="2">
         <v>0</v>
       </c>
       <c r="N232" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" s="2">
         <v>121561</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>670</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>671</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2">
         <v>50069</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>672</v>
       </c>
       <c r="I233" s="2">
         <v>82</v>
       </c>
       <c r="J233" s="2">
         <v>19</v>
       </c>
       <c r="K233" s="2">
         <v>100</v>
       </c>
       <c r="L233" s="2">
         <v>120</v>
       </c>
       <c r="M233" s="2">
         <v>0</v>
       </c>
       <c r="N233" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" s="2">
         <v>103459</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>673</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2">
         <v>500134</v>
       </c>
       <c r="F234" s="2"/>
       <c r="G234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>674</v>
       </c>
       <c r="I234" s="2">
         <v>82</v>
       </c>
       <c r="J234" s="2">
         <v>68</v>
       </c>
       <c r="K234" s="2">
         <v>100</v>
       </c>
       <c r="L234" s="2">
         <v>53</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
         <v>153</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
         <v>101190</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>675</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>676</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
         <v>109</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H235" s="2" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="I235" s="2">
         <v>83</v>
       </c>
       <c r="J235" s="2">
         <v>73</v>
       </c>
       <c r="K235" s="2">
         <v>100</v>
       </c>
       <c r="L235" s="2">
         <v>50</v>
       </c>
       <c r="M235" s="2">
         <v>0</v>
       </c>
       <c r="N235" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" s="2">
         <v>103460</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>677</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>678</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2">
         <v>500149</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>679</v>
       </c>
       <c r="I236" s="2">
         <v>83</v>
       </c>
       <c r="J236" s="2">
         <v>15</v>
       </c>
       <c r="K236" s="2">
         <v>100</v>
       </c>
       <c r="L236" s="2">
         <v>160</v>
       </c>
       <c r="M236" s="2">
         <v>0</v>
       </c>
       <c r="N236" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="237" spans="1:14">
       <c r="A237" s="2">
-        <v>103461</v>
+        <v>101191</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>680</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>681</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2">
-        <v>500157</v>
+        <v>7</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>682</v>
       </c>
       <c r="I237" s="2">
         <v>84</v>
       </c>
       <c r="J237" s="2">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="K237" s="2">
         <v>100</v>
       </c>
       <c r="L237" s="2">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="M237" s="2">
         <v>0</v>
       </c>
       <c r="N237" s="2">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" s="2">
-        <v>101191</v>
+        <v>103461</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>683</v>
       </c>
       <c r="C238" s="2" t="s">
         <v>684</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2">
-        <v>7</v>
+        <v>500157</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G238" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>685</v>
       </c>
       <c r="I238" s="2">
         <v>84</v>
       </c>
       <c r="J238" s="2">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="K238" s="2">
         <v>100</v>
       </c>
       <c r="L238" s="2">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="M238" s="2">
         <v>0</v>
       </c>
       <c r="N238" s="2">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" s="2">
         <v>101192</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>686</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2">
         <v>100</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>687</v>
       </c>
       <c r="I239" s="2">
         <v>85</v>
       </c>
       <c r="J239" s="2">
         <v>74</v>
       </c>
       <c r="K239" s="2">
         <v>100</v>
       </c>
       <c r="L239" s="2">
         <v>47</v>
       </c>
       <c r="M239" s="2">
         <v>0</v>
       </c>
       <c r="N239" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" s="2">
         <v>103462</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>688</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>689</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2">
         <v>500135</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>690</v>
       </c>
       <c r="I240" s="2">
         <v>85</v>
       </c>
       <c r="J240" s="2">
         <v>69</v>
       </c>
       <c r="K240" s="2">
         <v>100</v>
       </c>
       <c r="L240" s="2">
         <v>52</v>
       </c>
       <c r="M240" s="2">
         <v>0</v>
       </c>
       <c r="N240" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="241" spans="1:14">
       <c r="A241" s="2">
         <v>121562</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>691</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>692</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2">
         <v>50076</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>693</v>
       </c>
       <c r="I241" s="2">
         <v>85</v>
       </c>
       <c r="J241" s="2">
         <v>20</v>
       </c>
       <c r="K241" s="2">
         <v>100</v>
       </c>
       <c r="L241" s="2">
         <v>110</v>
       </c>
       <c r="M241" s="2">
         <v>0</v>
       </c>
       <c r="N241" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" s="2">
         <v>101193</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>694</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>695</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2">
         <v>75</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>696</v>
       </c>
       <c r="I242" s="2">
         <v>86</v>
       </c>
       <c r="J242" s="2">
         <v>12</v>
       </c>
       <c r="K242" s="2">
         <v>100</v>
       </c>
       <c r="L242" s="2">
         <v>190</v>
       </c>
       <c r="M242" s="2">
         <v>0</v>
       </c>
       <c r="N242" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" s="2">
         <v>115876</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>697</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>698</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2">
         <v>50120</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>699</v>
       </c>
       <c r="I243" s="2">
         <v>86</v>
       </c>
       <c r="J243" s="2">
         <v>21</v>
       </c>
       <c r="K243" s="2">
         <v>0</v>
       </c>
       <c r="L243" s="2">
         <v>0</v>
       </c>
       <c r="M243" s="2">
         <v>0</v>
       </c>
       <c r="N243" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" s="2">
         <v>101182</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2">
         <v>500140</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>700</v>
       </c>
       <c r="I244" s="2">
         <v>86</v>
       </c>
       <c r="J244" s="2">
         <v>70</v>
       </c>
       <c r="K244" s="2">
         <v>100</v>
       </c>
       <c r="L244" s="2">
         <v>51</v>
       </c>
       <c r="M244" s="2">
         <v>0</v>
       </c>
       <c r="N244" s="2">
         <v>151</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" s="2">
-        <v>103463</v>
+        <v>101194</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>701</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>702</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2">
-        <v>500128</v>
+        <v>52</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>703</v>
       </c>
       <c r="I245" s="2">
         <v>87</v>
       </c>
       <c r="J245" s="2">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K245" s="2">
         <v>100</v>
       </c>
       <c r="L245" s="2">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="M245" s="2">
         <v>0</v>
       </c>
       <c r="N245" s="2">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" s="2">
-        <v>101194</v>
+        <v>103463</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>704</v>
       </c>
       <c r="C246" s="2" t="s">
         <v>705</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2">
-        <v>52</v>
+        <v>500128</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H246" s="2" t="s">
         <v>706</v>
       </c>
       <c r="I246" s="2">
         <v>87</v>
       </c>
       <c r="J246" s="2">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="K246" s="2">
         <v>100</v>
       </c>
       <c r="L246" s="2">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="M246" s="2">
         <v>0</v>
       </c>
       <c r="N246" s="2">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" s="2">
         <v>101195</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>707</v>
       </c>
       <c r="C247" s="2" t="s">
         <v>708</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2">
         <v>41</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>709</v>
       </c>
       <c r="I247" s="2">
         <v>88</v>
       </c>
       <c r="J247" s="2">
         <v>76</v>
       </c>
       <c r="K247" s="2">
         <v>100</v>
       </c>
       <c r="L247" s="2">
         <v>45</v>
       </c>
       <c r="M247" s="2">
         <v>0</v>
       </c>
       <c r="N247" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" s="2">
         <v>101224</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>710</v>
       </c>
       <c r="C248" s="2" t="s">
         <v>711</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2">
         <v>500109</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>712</v>
       </c>
       <c r="I248" s="2">
         <v>88</v>
       </c>
       <c r="J248" s="2">
         <v>72</v>
       </c>
       <c r="K248" s="2">
         <v>100</v>
       </c>
       <c r="L248" s="2">
         <v>49</v>
       </c>
       <c r="M248" s="2">
         <v>0</v>
       </c>
       <c r="N248" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="249" spans="1:14">
       <c r="A249" s="2">
         <v>119188</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>713</v>
       </c>
       <c r="C249" s="2" t="s">
         <v>714</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2">
         <v>50062</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H249" s="2" t="s">
         <v>715</v>
       </c>
       <c r="I249" s="2">
         <v>89</v>
       </c>
       <c r="J249" s="2">
         <v>22</v>
       </c>
       <c r="K249" s="2">
         <v>100</v>
       </c>
       <c r="L249" s="2">
         <v>90</v>
       </c>
       <c r="M249" s="2">
         <v>0</v>
       </c>
       <c r="N249" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" s="2">
         <v>101196</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>716</v>
       </c>
       <c r="C250" s="2" t="s">
         <v>717</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2">
         <v>13</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H250" s="2" t="s">
         <v>718</v>
       </c>
       <c r="I250" s="2">
         <v>89</v>
       </c>
       <c r="J250" s="2">
         <v>77</v>
       </c>
       <c r="K250" s="2">
         <v>100</v>
       </c>
       <c r="L250" s="2">
         <v>44</v>
       </c>
       <c r="M250" s="2">
         <v>0</v>
       </c>
       <c r="N250" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" s="2">
         <v>103003</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>719</v>
       </c>
       <c r="C251" s="2" t="s">
         <v>720</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2">
         <v>500036</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="2" t="s">
         <v>721</v>
       </c>
       <c r="I251" s="2">
         <v>89</v>
       </c>
       <c r="J251" s="2">
         <v>73</v>
       </c>
       <c r="K251" s="2">
         <v>100</v>
       </c>
       <c r="L251" s="2">
         <v>48</v>
       </c>
       <c r="M251" s="2">
         <v>0</v>
       </c>
       <c r="N251" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" s="2">
         <v>103466</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>722</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>711</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2">
         <v>500108</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>723</v>
       </c>
       <c r="I252" s="2">
         <v>90</v>
       </c>
       <c r="J252" s="2">
         <v>74</v>
       </c>
       <c r="K252" s="2">
         <v>100</v>
       </c>
       <c r="L252" s="2">
         <v>47</v>
       </c>
       <c r="M252" s="2">
         <v>0</v>
       </c>
       <c r="N252" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" s="2">
         <v>101197</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>724</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>725</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2">
         <v>120</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>718</v>
       </c>
       <c r="I253" s="2">
         <v>90</v>
       </c>
       <c r="J253" s="2">
         <v>78</v>
       </c>
       <c r="K253" s="2">
         <v>100</v>
       </c>
       <c r="L253" s="2">
         <v>44</v>
       </c>
       <c r="M253" s="2">
         <v>0</v>
       </c>
       <c r="N253" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" s="2">
-        <v>103467</v>
+        <v>101198</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>726</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>727</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2">
-        <v>500110</v>
+        <v>71</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H254" s="2" t="s">
         <v>728</v>
       </c>
       <c r="I254" s="2">
         <v>91</v>
       </c>
       <c r="J254" s="2">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K254" s="2">
         <v>100</v>
       </c>
       <c r="L254" s="2">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="M254" s="2">
         <v>0</v>
       </c>
       <c r="N254" s="2">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" s="2">
-        <v>101198</v>
+        <v>103467</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>729</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>730</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2">
-        <v>71</v>
+        <v>500110</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>731</v>
       </c>
       <c r="I255" s="2">
         <v>91</v>
       </c>
       <c r="J255" s="2">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="K255" s="2">
         <v>100</v>
       </c>
       <c r="L255" s="2">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="M255" s="2">
         <v>0</v>
       </c>
       <c r="N255" s="2">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" s="2">
         <v>101199</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>732</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>733</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2">
         <v>107</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H256" s="2" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="I256" s="2">
         <v>92</v>
       </c>
       <c r="J256" s="2">
         <v>80</v>
       </c>
       <c r="K256" s="2">
         <v>100</v>
       </c>
       <c r="L256" s="2">
         <v>42</v>
       </c>
       <c r="M256" s="2">
         <v>0</v>
       </c>
       <c r="N256" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="257" spans="1:14">
       <c r="A257" s="2">
         <v>121563</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>734</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>735</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2">
         <v>50038</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H257" s="2" t="s">
         <v>736</v>
       </c>
       <c r="I257" s="2">
         <v>92</v>
       </c>
       <c r="J257" s="2">
         <v>23</v>
       </c>
       <c r="K257" s="2">
         <v>100</v>
       </c>
       <c r="L257" s="2">
         <v>80</v>
       </c>
       <c r="M257" s="2">
         <v>0</v>
       </c>
       <c r="N257" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" s="2">
         <v>103468</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>737</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>738</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2">
         <v>500115</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H258" s="2" t="s">
         <v>739</v>
       </c>
       <c r="I258" s="2">
         <v>92</v>
       </c>
       <c r="J258" s="2">
         <v>76</v>
       </c>
       <c r="K258" s="2">
         <v>100</v>
       </c>
       <c r="L258" s="2">
         <v>45</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" s="2">
-        <v>101200</v>
+        <v>101175</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>740</v>
+        <v>584</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>741</v>
+        <v>404</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
-        <v>121</v>
+        <v>500055</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>742</v>
+        <v>16</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H259" s="2" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="I259" s="2">
         <v>93</v>
       </c>
       <c r="J259" s="2">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="K259" s="2">
         <v>100</v>
       </c>
       <c r="L259" s="2">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="M259" s="2">
         <v>0</v>
       </c>
       <c r="N259" s="2">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" s="2">
-        <v>101175</v>
+        <v>101200</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>584</v>
+        <v>741</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>410</v>
+        <v>742</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2">
-        <v>500055</v>
+        <v>121</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>21</v>
+        <v>743</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H260" s="2" t="s">
         <v>744</v>
       </c>
       <c r="I260" s="2">
         <v>93</v>
       </c>
       <c r="J260" s="2">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="K260" s="2">
         <v>100</v>
       </c>
       <c r="L260" s="2">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="M260" s="2">
         <v>0</v>
       </c>
       <c r="N260" s="2">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" s="2">
-        <v>101201</v>
+        <v>101162</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>745</v>
+        <v>493</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>746</v>
+        <v>109</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2">
-        <v>79</v>
+        <v>500145</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H261" s="2" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="I261" s="2">
         <v>94</v>
       </c>
       <c r="J261" s="2">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="K261" s="2">
         <v>100</v>
       </c>
       <c r="L261" s="2">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" s="2">
-        <v>101162</v>
+        <v>101201</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>490</v>
+        <v>746</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>105</v>
+        <v>747</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2">
-        <v>500145</v>
+        <v>79</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H262" s="2" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="I262" s="2">
         <v>94</v>
       </c>
       <c r="J262" s="2">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="K262" s="2">
         <v>100</v>
       </c>
       <c r="L262" s="2">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="M262" s="2">
         <v>0</v>
       </c>
       <c r="N262" s="2">
-        <v>143</v>
+        <v>140</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" s="2">
         <v>103471</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>748</v>
       </c>
       <c r="C263" s="2" t="s">
         <v>749</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2">
         <v>500175</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H263" s="2" t="s">
         <v>750</v>
       </c>
       <c r="I263" s="2">
         <v>95</v>
       </c>
       <c r="J263" s="2">
         <v>79</v>
       </c>
       <c r="K263" s="2">
         <v>100</v>
       </c>
       <c r="L263" s="2">
         <v>42</v>
       </c>
       <c r="M263" s="2">
         <v>0</v>
       </c>
       <c r="N263" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" s="2">
         <v>101202</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C264" s="2" t="s">
         <v>751</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2">
         <v>4</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H264" s="2" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="I264" s="2">
         <v>95</v>
       </c>
       <c r="J264" s="2">
         <v>83</v>
       </c>
       <c r="K264" s="2">
         <v>100</v>
       </c>
       <c r="L264" s="2">
         <v>40</v>
       </c>
       <c r="M264" s="2">
         <v>0</v>
       </c>
       <c r="N264" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" s="2">
-        <v>101203</v>
+        <v>101165</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>752</v>
+        <v>374</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>753</v>
+        <v>510</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2">
-        <v>3</v>
+        <v>500066</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G265" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H265" s="2" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="I265" s="2">
         <v>96</v>
       </c>
       <c r="J265" s="2">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="K265" s="2">
         <v>100</v>
       </c>
       <c r="L265" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M265" s="2">
         <v>0</v>
       </c>
       <c r="N265" s="2">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" s="2">
-        <v>101165</v>
+        <v>101203</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>374</v>
+        <v>753</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>516</v>
+        <v>754</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2">
-        <v>500066</v>
+        <v>3</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G266" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H266" s="2" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="I266" s="2">
         <v>96</v>
       </c>
       <c r="J266" s="2">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="K266" s="2">
         <v>100</v>
       </c>
       <c r="L266" s="2">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M266" s="2">
         <v>0</v>
       </c>
       <c r="N266" s="2">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" s="2">
-        <v>101204</v>
+        <v>103473</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>755</v>
       </c>
       <c r="C267" s="2" t="s">
         <v>756</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2">
-        <v>21</v>
+        <v>500139</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H267" s="2" t="s">
-        <v>743</v>
+        <v>757</v>
       </c>
       <c r="I267" s="2">
         <v>97</v>
       </c>
       <c r="J267" s="2">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="K267" s="2">
         <v>100</v>
       </c>
       <c r="L267" s="2">
         <v>40</v>
       </c>
       <c r="M267" s="2">
         <v>0</v>
       </c>
       <c r="N267" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" s="2">
-        <v>103473</v>
+        <v>101204</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2">
-        <v>500139</v>
+        <v>21</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H268" s="2" t="s">
-        <v>759</v>
+        <v>744</v>
       </c>
       <c r="I268" s="2">
         <v>97</v>
       </c>
       <c r="J268" s="2">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="K268" s="2">
         <v>100</v>
       </c>
       <c r="L268" s="2">
         <v>40</v>
       </c>
       <c r="M268" s="2">
         <v>0</v>
       </c>
       <c r="N268" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" s="2">
         <v>101158</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2">
         <v>500107</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H269" s="2" t="s">
         <v>760</v>
       </c>
       <c r="I269" s="2">
         <v>98</v>
       </c>
       <c r="J269" s="2">
         <v>82</v>
       </c>
       <c r="K269" s="2">
         <v>100</v>
       </c>
       <c r="L269" s="2">
         <v>39</v>
       </c>
       <c r="M269" s="2">
         <v>0</v>
       </c>
       <c r="N269" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" s="2">
         <v>100997</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>761</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>762</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2">
         <v>124</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H270" s="2" t="s">
         <v>763</v>
       </c>
       <c r="I270" s="2">
         <v>98</v>
       </c>
       <c r="J270" s="2">
         <v>86</v>
       </c>
       <c r="K270" s="2">
         <v>100</v>
       </c>
       <c r="L270" s="2">
         <v>35</v>
       </c>
       <c r="M270" s="2">
         <v>0</v>
       </c>
       <c r="N270" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="271" spans="1:14">
       <c r="A271" s="2">
-        <v>103475</v>
+        <v>101205</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>764</v>
+        <v>306</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>765</v>
+        <v>343</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2">
-        <v>500027</v>
+        <v>72</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G271" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H271" s="2" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="I271" s="2">
         <v>99</v>
       </c>
       <c r="J271" s="2">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="K271" s="2">
         <v>100</v>
       </c>
       <c r="L271" s="2">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="M271" s="2">
         <v>0</v>
       </c>
       <c r="N271" s="2">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
     <row r="272" spans="1:14">
       <c r="A272" s="2">
-        <v>101205</v>
+        <v>103475</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>308</v>
+        <v>765</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>346</v>
+        <v>766</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2">
-        <v>72</v>
+        <v>500027</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G272" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H272" s="2" t="s">
         <v>767</v>
       </c>
       <c r="I272" s="2">
         <v>99</v>
       </c>
       <c r="J272" s="2">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="K272" s="2">
         <v>100</v>
       </c>
       <c r="L272" s="2">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="M272" s="2">
         <v>0</v>
       </c>
       <c r="N272" s="2">
-        <v>134</v>
+        <v>138</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" s="2">
         <v>101206</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>732</v>
       </c>
       <c r="C273" s="2" t="s">
         <v>768</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2">
         <v>88</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H273" s="2" t="s">
         <v>769</v>
       </c>
       <c r="I273" s="2">
         <v>100</v>
       </c>
       <c r="J273" s="2">
         <v>88</v>
       </c>
       <c r="K273" s="2">
         <v>100</v>
       </c>
       <c r="L273" s="2">
         <v>33</v>
       </c>
       <c r="M273" s="2">
         <v>0</v>
       </c>
       <c r="N273" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" s="2">
         <v>103476</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>770</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>771</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2">
         <v>500071</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G274" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H274" s="2" t="s">
         <v>772</v>
       </c>
       <c r="I274" s="2">
         <v>100</v>
       </c>
       <c r="J274" s="2">
         <v>17</v>
       </c>
       <c r="K274" s="2">
         <v>100</v>
       </c>
       <c r="L274" s="2">
         <v>140</v>
       </c>
       <c r="M274" s="2">
         <v>0</v>
       </c>
       <c r="N274" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="275" spans="1:14">
       <c r="A275" s="2">
         <v>121564</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>773</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>774</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2">
         <v>50100</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G275" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H275" s="2" t="s">
         <v>775</v>
       </c>
       <c r="I275" s="2">
         <v>100</v>
       </c>
       <c r="J275" s="2">
         <v>24</v>
       </c>
       <c r="K275" s="2">
         <v>100</v>
       </c>
       <c r="L275" s="2">
         <v>70</v>
       </c>
       <c r="M275" s="2">
         <v>0</v>
       </c>
       <c r="N275" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" s="2">
         <v>101205</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
         <v>500082</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H276" s="2" t="s">
         <v>776</v>
       </c>
       <c r="I276" s="2">
         <v>101</v>
       </c>
       <c r="J276" s="2">
         <v>84</v>
       </c>
       <c r="K276" s="2">
         <v>100</v>
       </c>
       <c r="L276" s="2">
         <v>37</v>
       </c>
       <c r="M276" s="2">
         <v>0</v>
       </c>
       <c r="N276" s="2">
         <v>137</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" s="2">
         <v>101207</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>777</v>
       </c>
       <c r="C277" s="2" t="s">
         <v>633</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2">
         <v>28</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H277" s="2" t="s">
         <v>769</v>
       </c>
       <c r="I277" s="2">
         <v>101</v>
       </c>
       <c r="J277" s="2">
         <v>13</v>
       </c>
       <c r="K277" s="2">
         <v>100</v>
       </c>
       <c r="L277" s="2">
         <v>180</v>
       </c>
       <c r="M277" s="2">
         <v>0</v>
       </c>
       <c r="N277" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" s="2">
-        <v>121565</v>
+        <v>101208</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>778</v>
       </c>
       <c r="C278" s="2" t="s">
         <v>779</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2">
-        <v>50037</v>
+        <v>47</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G278" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="H278" s="2" t="s">
         <v>780</v>
       </c>
       <c r="I278" s="2">
         <v>102</v>
       </c>
       <c r="J278" s="2">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="K278" s="2">
         <v>100</v>
       </c>
       <c r="L278" s="2">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="M278" s="2">
         <v>0</v>
       </c>
       <c r="N278" s="2">
-        <v>160</v>
+        <v>132</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" s="2">
-        <v>101176</v>
+        <v>121565</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>589</v>
+        <v>781</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>590</v>
+        <v>782</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2">
-        <v>500120</v>
+        <v>50037</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="H279" s="2" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="I279" s="2">
         <v>102</v>
       </c>
       <c r="J279" s="2">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="K279" s="2">
         <v>100</v>
       </c>
       <c r="L279" s="2">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="M279" s="2">
         <v>0</v>
       </c>
       <c r="N279" s="2">
-        <v>136</v>
+        <v>160</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" s="2">
-        <v>101208</v>
+        <v>101176</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>782</v>
+        <v>592</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>783</v>
+        <v>593</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2">
-        <v>47</v>
+        <v>500120</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H280" s="2" t="s">
         <v>784</v>
       </c>
       <c r="I280" s="2">
         <v>102</v>
       </c>
       <c r="J280" s="2">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="K280" s="2">
         <v>100</v>
       </c>
       <c r="L280" s="2">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="M280" s="2">
         <v>0</v>
       </c>
       <c r="N280" s="2">
-        <v>132</v>
+        <v>136</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" s="2">
         <v>101209</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>785</v>
       </c>
       <c r="C281" s="2" t="s">
         <v>786</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2">
         <v>19</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H281" s="2" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="I281" s="2">
         <v>103</v>
       </c>
       <c r="J281" s="2">
         <v>90</v>
       </c>
       <c r="K281" s="2">
         <v>100</v>
       </c>
       <c r="L281" s="2">
         <v>32</v>
       </c>
       <c r="M281" s="2">
         <v>0</v>
       </c>
       <c r="N281" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" s="2">
         <v>103479</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>787</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2">
         <v>500093</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G282" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H282" s="2" t="s">
         <v>788</v>
       </c>
       <c r="I282" s="2">
         <v>103</v>
       </c>
       <c r="J282" s="2">
         <v>86</v>
       </c>
       <c r="K282" s="2">
         <v>100</v>
       </c>
       <c r="L282" s="2">
         <v>35</v>
       </c>
       <c r="M282" s="2">
         <v>0</v>
       </c>
       <c r="N282" s="2">
         <v>135</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" s="2">
         <v>103480</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>789</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>790</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2">
         <v>500169</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H283" s="2" t="s">
         <v>791</v>
       </c>
       <c r="I283" s="2">
         <v>104</v>
       </c>
       <c r="J283" s="2">
         <v>87</v>
       </c>
       <c r="K283" s="2">
         <v>100</v>
       </c>
       <c r="L283" s="2">
         <v>34</v>
       </c>
       <c r="M283" s="2">
         <v>0</v>
       </c>
       <c r="N283" s="2">
         <v>134</v>
       </c>
     </row>
     <row r="284" spans="1:14">
       <c r="A284" s="2">
         <v>101210</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>732</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>792</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2">
         <v>108</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G284" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H284" s="2" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="I284" s="2">
         <v>104</v>
       </c>
       <c r="J284" s="2">
         <v>91</v>
       </c>
       <c r="K284" s="2">
         <v>100</v>
       </c>
       <c r="L284" s="2">
         <v>32</v>
       </c>
       <c r="M284" s="2">
         <v>0</v>
       </c>
       <c r="N284" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="285" spans="1:14">
       <c r="A285" s="2">
-        <v>103481</v>
+        <v>101211</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>123</v>
+        <v>793</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2">
-        <v>500158</v>
+        <v>9</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H285" s="2" t="s">
-        <v>794</v>
+        <v>780</v>
       </c>
       <c r="I285" s="2">
         <v>105</v>
       </c>
       <c r="J285" s="2">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="K285" s="2">
         <v>100</v>
       </c>
       <c r="L285" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="M285" s="2">
         <v>0</v>
       </c>
       <c r="N285" s="2">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" s="2">
-        <v>101211</v>
+        <v>103481</v>
       </c>
       <c r="B286" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="C286" s="2" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2">
-        <v>9</v>
+        <v>500158</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H286" s="2" t="s">
-        <v>784</v>
+        <v>796</v>
       </c>
       <c r="I286" s="2">
         <v>105</v>
       </c>
       <c r="J286" s="2">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="K286" s="2">
         <v>100</v>
       </c>
       <c r="L286" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M286" s="2">
         <v>0</v>
       </c>
       <c r="N286" s="2">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="287" spans="1:14">
       <c r="A287" s="2">
         <v>101212</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>797</v>
       </c>
       <c r="C287" s="2" t="s">
         <v>798</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2">
         <v>63</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H287" s="2" t="s">
         <v>799</v>
       </c>
       <c r="I287" s="2">
         <v>106</v>
       </c>
       <c r="J287" s="2">
         <v>93</v>
       </c>
       <c r="K287" s="2">
         <v>100</v>
       </c>
       <c r="L287" s="2">
         <v>28</v>
       </c>
       <c r="M287" s="2">
         <v>0</v>
       </c>
       <c r="N287" s="2">
         <v>128</v>
       </c>
     </row>
     <row r="288" spans="1:14">
       <c r="A288" s="2">
         <v>103482</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="C288" s="2" t="s">
         <v>800</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2">
         <v>500079</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H288" s="2" t="s">
         <v>801</v>
       </c>
       <c r="I288" s="2">
         <v>106</v>
       </c>
       <c r="J288" s="2">
         <v>89</v>
       </c>
       <c r="K288" s="2">
         <v>100</v>
       </c>
       <c r="L288" s="2">
         <v>32</v>
       </c>
       <c r="M288" s="2">
         <v>0</v>
       </c>
       <c r="N288" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="289" spans="1:14">
       <c r="A289" s="2">
         <v>103483</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>802</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2">
         <v>500047</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H289" s="2" t="s">
         <v>803</v>
       </c>
       <c r="I289" s="2">
         <v>107</v>
       </c>
       <c r="J289" s="2">
         <v>90</v>
       </c>
       <c r="K289" s="2">
         <v>100</v>
       </c>
       <c r="L289" s="2">
         <v>31</v>
       </c>
       <c r="M289" s="2">
         <v>0</v>
       </c>
       <c r="N289" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="290" spans="1:14">
       <c r="A290" s="2">
         <v>101213</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>804</v>
       </c>
       <c r="C290" s="2" t="s">
         <v>805</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2">
         <v>69</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H290" s="2" t="s">
         <v>806</v>
       </c>
       <c r="I290" s="2">
         <v>107</v>
       </c>
       <c r="J290" s="2">
         <v>94</v>
       </c>
       <c r="K290" s="2">
         <v>100</v>
       </c>
       <c r="L290" s="2">
         <v>27</v>
       </c>
       <c r="M290" s="2">
         <v>0</v>
       </c>
       <c r="N290" s="2">
         <v>127</v>
       </c>
     </row>
     <row r="291" spans="1:14">
       <c r="A291" s="2">
-        <v>103484</v>
+        <v>101214</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>807</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>651</v>
+        <v>805</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2">
-        <v>500046</v>
+        <v>70</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H291" s="2" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="I291" s="2">
         <v>108</v>
       </c>
       <c r="J291" s="2">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="K291" s="2">
         <v>100</v>
       </c>
       <c r="L291" s="2">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="M291" s="2">
         <v>0</v>
       </c>
       <c r="N291" s="2">
-        <v>130</v>
+        <v>127</v>
       </c>
     </row>
     <row r="292" spans="1:14">
       <c r="A292" s="2">
-        <v>101214</v>
+        <v>103484</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>805</v>
+        <v>654</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2">
-        <v>70</v>
+        <v>500046</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H292" s="2" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="I292" s="2">
         <v>108</v>
       </c>
       <c r="J292" s="2">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="K292" s="2">
         <v>100</v>
       </c>
       <c r="L292" s="2">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="M292" s="2">
         <v>0</v>
       </c>
       <c r="N292" s="2">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="293" spans="1:14">
       <c r="A293" s="2">
         <v>101215</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>810</v>
       </c>
       <c r="C293" s="2" t="s">
         <v>811</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2">
         <v>83</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H293" s="2" t="s">
         <v>812</v>
       </c>
       <c r="I293" s="2">
         <v>109</v>
       </c>
       <c r="J293" s="2">
         <v>96</v>
       </c>
       <c r="K293" s="2">
         <v>100</v>
       </c>
       <c r="L293" s="2">
         <v>25</v>
       </c>
       <c r="M293" s="2">
         <v>0</v>
       </c>
       <c r="N293" s="2">
         <v>125</v>
       </c>
@@ -15505,429 +15505,429 @@
       <c r="L294" s="2">
         <v>29</v>
       </c>
       <c r="M294" s="2">
         <v>0</v>
       </c>
       <c r="N294" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="295" spans="1:14">
       <c r="A295" s="2">
         <v>101216</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>816</v>
       </c>
       <c r="C295" s="2" t="s">
         <v>817</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2">
         <v>37</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H295" s="2" t="s">
         <v>818</v>
       </c>
       <c r="I295" s="2">
         <v>110</v>
       </c>
       <c r="J295" s="2">
         <v>14</v>
       </c>
       <c r="K295" s="2">
         <v>100</v>
       </c>
       <c r="L295" s="2">
         <v>170</v>
       </c>
       <c r="M295" s="2">
         <v>0</v>
       </c>
       <c r="N295" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="296" spans="1:14">
       <c r="A296" s="2">
         <v>103486</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>819</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>820</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2">
         <v>500075</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G296" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H296" s="2" t="s">
         <v>821</v>
       </c>
       <c r="I296" s="2">
         <v>110</v>
       </c>
       <c r="J296" s="2">
         <v>18</v>
       </c>
       <c r="K296" s="2">
         <v>100</v>
       </c>
       <c r="L296" s="2">
         <v>130</v>
       </c>
       <c r="M296" s="2">
         <v>0</v>
       </c>
       <c r="N296" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="297" spans="1:14">
       <c r="A297" s="2">
         <v>103487</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>820</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2">
         <v>500073</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H297" s="2" t="s">
         <v>822</v>
       </c>
       <c r="I297" s="2">
         <v>111</v>
       </c>
       <c r="J297" s="2">
         <v>93</v>
       </c>
       <c r="K297" s="2">
         <v>100</v>
       </c>
       <c r="L297" s="2">
         <v>28</v>
       </c>
       <c r="M297" s="2">
         <v>0</v>
       </c>
       <c r="N297" s="2">
         <v>128</v>
       </c>
     </row>
     <row r="298" spans="1:14">
       <c r="A298" s="2">
         <v>101217</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C298" s="2" t="s">
         <v>823</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2">
         <v>93</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G298" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H298" s="2" t="s">
         <v>824</v>
       </c>
       <c r="I298" s="2">
         <v>111</v>
       </c>
       <c r="J298" s="2">
         <v>97</v>
       </c>
       <c r="K298" s="2">
         <v>100</v>
       </c>
       <c r="L298" s="2">
         <v>24</v>
       </c>
       <c r="M298" s="2">
         <v>0</v>
       </c>
       <c r="N298" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="299" spans="1:14">
       <c r="A299" s="2">
         <v>101218</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>825</v>
       </c>
       <c r="C299" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2">
         <v>11</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H299" s="2" t="s">
         <v>826</v>
       </c>
       <c r="I299" s="2">
         <v>112</v>
       </c>
       <c r="J299" s="2">
         <v>98</v>
       </c>
       <c r="K299" s="2">
         <v>100</v>
       </c>
       <c r="L299" s="2">
         <v>23</v>
       </c>
       <c r="M299" s="2">
         <v>0</v>
       </c>
       <c r="N299" s="2">
         <v>123</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" s="2">
         <v>103488</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>827</v>
       </c>
       <c r="C300" s="2" t="s">
         <v>828</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2">
         <v>500166</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H300" s="2" t="s">
         <v>829</v>
       </c>
       <c r="I300" s="2">
         <v>112</v>
       </c>
       <c r="J300" s="2">
         <v>94</v>
       </c>
       <c r="K300" s="2">
         <v>100</v>
       </c>
       <c r="L300" s="2">
         <v>27</v>
       </c>
       <c r="M300" s="2">
         <v>0</v>
       </c>
       <c r="N300" s="2">
         <v>127</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" s="2">
         <v>101219</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>830</v>
       </c>
       <c r="C301" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2">
         <v>35</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H301" s="2" t="s">
         <v>831</v>
       </c>
       <c r="I301" s="2">
         <v>113</v>
       </c>
       <c r="J301" s="2">
         <v>99</v>
       </c>
       <c r="K301" s="2">
         <v>100</v>
       </c>
       <c r="L301" s="2">
         <v>22</v>
       </c>
       <c r="M301" s="2">
         <v>0</v>
       </c>
       <c r="N301" s="2">
         <v>122</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" s="2">
         <v>103489</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>832</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>833</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2">
         <v>500098</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G302" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H302" s="2" t="s">
         <v>834</v>
       </c>
       <c r="I302" s="2">
         <v>113</v>
       </c>
       <c r="J302" s="2">
         <v>95</v>
       </c>
       <c r="K302" s="2">
         <v>100</v>
       </c>
       <c r="L302" s="2">
         <v>26</v>
       </c>
       <c r="M302" s="2">
         <v>0</v>
       </c>
       <c r="N302" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="303" spans="1:14">
       <c r="A303" s="2">
         <v>103490</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>835</v>
       </c>
       <c r="C303" s="2" t="s">
         <v>836</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2">
         <v>500089</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G303" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H303" s="2" t="s">
         <v>837</v>
       </c>
       <c r="I303" s="2">
         <v>114</v>
       </c>
       <c r="J303" s="2">
         <v>19</v>
       </c>
       <c r="K303" s="2">
         <v>100</v>
       </c>
       <c r="L303" s="2">
         <v>120</v>
       </c>
       <c r="M303" s="2">
         <v>0</v>
       </c>
       <c r="N303" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" s="2">
         <v>101220</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>838</v>
       </c>
       <c r="C304" s="2" t="s">
         <v>839</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
         <v>6</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H304" s="2" t="s">
         <v>840</v>
       </c>
       <c r="I304" s="2">
         <v>114</v>
       </c>
       <c r="J304" s="2">
         <v>100</v>
       </c>
       <c r="K304" s="2">
         <v>100</v>
       </c>
       <c r="L304" s="2">
         <v>21</v>
       </c>
       <c r="M304" s="2">
         <v>0</v>
       </c>
       <c r="N304" s="2">
         <v>121</v>
       </c>
@@ -15955,1111 +15955,1111 @@
       </c>
       <c r="I305" s="2">
         <v>115</v>
       </c>
       <c r="J305" s="2">
         <v>96</v>
       </c>
       <c r="K305" s="2">
         <v>100</v>
       </c>
       <c r="L305" s="2">
         <v>25</v>
       </c>
       <c r="M305" s="2">
         <v>0</v>
       </c>
       <c r="N305" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="306" spans="1:14">
       <c r="A306" s="2">
         <v>101221</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C306" s="2" t="s">
         <v>633</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2">
         <v>26</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G306" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H306" s="2" t="s">
         <v>844</v>
       </c>
       <c r="I306" s="2">
         <v>115</v>
       </c>
       <c r="J306" s="2">
         <v>101</v>
       </c>
       <c r="K306" s="2">
         <v>100</v>
       </c>
       <c r="L306" s="2">
         <v>20</v>
       </c>
       <c r="M306" s="2">
         <v>0</v>
       </c>
       <c r="N306" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="307" spans="1:14">
       <c r="A307" s="2">
         <v>101222</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>845</v>
       </c>
       <c r="C307" s="2" t="s">
         <v>846</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2">
         <v>29</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G307" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H307" s="2" t="s">
         <v>847</v>
       </c>
       <c r="I307" s="2">
         <v>116</v>
       </c>
       <c r="J307" s="2">
         <v>102</v>
       </c>
       <c r="K307" s="2">
         <v>100</v>
       </c>
       <c r="L307" s="2">
         <v>20</v>
       </c>
       <c r="M307" s="2">
         <v>0</v>
       </c>
       <c r="N307" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="308" spans="1:14">
       <c r="A308" s="2">
         <v>103492</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>848</v>
       </c>
       <c r="C308" s="2" t="s">
         <v>849</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2">
         <v>500147</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H308" s="2" t="s">
         <v>850</v>
       </c>
       <c r="I308" s="2">
         <v>116</v>
       </c>
       <c r="J308" s="2">
         <v>97</v>
       </c>
       <c r="K308" s="2">
         <v>100</v>
       </c>
       <c r="L308" s="2">
         <v>24</v>
       </c>
       <c r="M308" s="2">
         <v>0</v>
       </c>
       <c r="N308" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="309" spans="1:14">
       <c r="A309" s="2">
         <v>101223</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>851</v>
       </c>
       <c r="C309" s="2" t="s">
         <v>852</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2">
         <v>76</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G309" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H309" s="2" t="s">
         <v>853</v>
       </c>
       <c r="I309" s="2">
         <v>117</v>
       </c>
       <c r="J309" s="2">
         <v>103</v>
       </c>
       <c r="K309" s="2">
         <v>100</v>
       </c>
       <c r="L309" s="2">
         <v>20</v>
       </c>
       <c r="M309" s="2">
         <v>0</v>
       </c>
       <c r="N309" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:14">
       <c r="A310" s="2">
         <v>103493</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>854</v>
       </c>
       <c r="C310" s="2" t="s">
         <v>855</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2">
         <v>500126</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H310" s="2" t="s">
         <v>856</v>
       </c>
       <c r="I310" s="2">
         <v>117</v>
       </c>
       <c r="J310" s="2">
         <v>20</v>
       </c>
       <c r="K310" s="2">
         <v>100</v>
       </c>
       <c r="L310" s="2">
         <v>110</v>
       </c>
       <c r="M310" s="2">
         <v>0</v>
       </c>
       <c r="N310" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="311" spans="1:14">
       <c r="A311" s="2">
         <v>101224</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>710</v>
       </c>
       <c r="C311" s="2" t="s">
         <v>711</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2">
         <v>50</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H311" s="2" t="s">
         <v>857</v>
       </c>
       <c r="I311" s="2">
         <v>118</v>
       </c>
       <c r="J311" s="2">
         <v>104</v>
       </c>
       <c r="K311" s="2">
         <v>100</v>
       </c>
       <c r="L311" s="2">
         <v>20</v>
       </c>
       <c r="M311" s="2">
         <v>0</v>
       </c>
       <c r="N311" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="312" spans="1:14">
       <c r="A312" s="2">
         <v>103494</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>858</v>
       </c>
       <c r="C312" s="2" t="s">
         <v>859</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2">
         <v>500114</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H312" s="2" t="s">
         <v>860</v>
       </c>
       <c r="I312" s="2">
         <v>118</v>
       </c>
       <c r="J312" s="2">
         <v>21</v>
       </c>
       <c r="K312" s="2">
         <v>100</v>
       </c>
       <c r="L312" s="2">
         <v>100</v>
       </c>
       <c r="M312" s="2">
         <v>0</v>
       </c>
       <c r="N312" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:14">
       <c r="A313" s="2">
         <v>103495</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>861</v>
       </c>
       <c r="C313" s="2" t="s">
         <v>862</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2">
         <v>500106</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H313" s="2" t="s">
         <v>863</v>
       </c>
       <c r="I313" s="2">
         <v>119</v>
       </c>
       <c r="J313" s="2">
         <v>98</v>
       </c>
       <c r="K313" s="2">
         <v>100</v>
       </c>
       <c r="L313" s="2">
         <v>23</v>
       </c>
       <c r="M313" s="2">
         <v>0</v>
       </c>
       <c r="N313" s="2">
         <v>123</v>
       </c>
     </row>
     <row r="314" spans="1:14">
       <c r="A314" s="2">
         <v>103496</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>864</v>
       </c>
       <c r="C314" s="2" t="s">
         <v>865</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2">
         <v>500167</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G314" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H314" s="2" t="s">
         <v>866</v>
       </c>
       <c r="I314" s="2">
         <v>120</v>
       </c>
       <c r="J314" s="2">
         <v>22</v>
       </c>
       <c r="K314" s="2">
         <v>100</v>
       </c>
       <c r="L314" s="2">
         <v>99</v>
       </c>
       <c r="M314" s="2">
         <v>0</v>
       </c>
       <c r="N314" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="315" spans="1:14">
       <c r="A315" s="2">
         <v>102624</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>867</v>
       </c>
       <c r="C315" s="2" t="s">
         <v>868</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2">
         <v>500090</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H315" s="2" t="s">
         <v>869</v>
       </c>
       <c r="I315" s="2">
         <v>121</v>
       </c>
       <c r="J315" s="2">
         <v>99</v>
       </c>
       <c r="K315" s="2">
         <v>100</v>
       </c>
       <c r="L315" s="2">
         <v>22</v>
       </c>
       <c r="M315" s="2">
         <v>0</v>
       </c>
       <c r="N315" s="2">
         <v>122</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" s="2">
         <v>103498</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>870</v>
       </c>
       <c r="C316" s="2" t="s">
         <v>871</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2">
         <v>500038</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H316" s="2" t="s">
         <v>872</v>
       </c>
       <c r="I316" s="2">
         <v>122</v>
       </c>
       <c r="J316" s="2">
         <v>100</v>
       </c>
       <c r="K316" s="2">
         <v>100</v>
       </c>
       <c r="L316" s="2">
         <v>21</v>
       </c>
       <c r="M316" s="2">
         <v>0</v>
       </c>
       <c r="N316" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="317" spans="1:14">
       <c r="A317" s="2">
         <v>103499</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>873</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>874</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2">
         <v>500125</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H317" s="2" t="s">
         <v>875</v>
       </c>
       <c r="I317" s="2">
         <v>123</v>
       </c>
       <c r="J317" s="2">
         <v>101</v>
       </c>
       <c r="K317" s="2">
         <v>100</v>
       </c>
       <c r="L317" s="2">
         <v>20</v>
       </c>
       <c r="M317" s="2">
         <v>0</v>
       </c>
       <c r="N317" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" s="2">
         <v>101959</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>876</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>877</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2">
         <v>500022</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H318" s="2" t="s">
         <v>878</v>
       </c>
       <c r="I318" s="2">
         <v>124</v>
       </c>
       <c r="J318" s="2">
         <v>102</v>
       </c>
       <c r="K318" s="2">
         <v>100</v>
       </c>
       <c r="L318" s="2">
         <v>20</v>
       </c>
       <c r="M318" s="2">
         <v>0</v>
       </c>
       <c r="N318" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="2">
         <v>103501</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>879</v>
       </c>
       <c r="C319" s="2" t="s">
         <v>880</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2">
         <v>500030</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G319" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>881</v>
       </c>
       <c r="I319" s="2">
         <v>125</v>
       </c>
       <c r="J319" s="2">
         <v>23</v>
       </c>
       <c r="K319" s="2">
         <v>100</v>
       </c>
       <c r="L319" s="2">
         <v>98</v>
       </c>
       <c r="M319" s="2">
         <v>0</v>
       </c>
       <c r="N319" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="320" spans="1:14">
       <c r="A320" s="2">
         <v>103502</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>882</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2">
         <v>500111</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H320" s="2" t="s">
         <v>883</v>
       </c>
       <c r="I320" s="2">
         <v>126</v>
       </c>
       <c r="J320" s="2">
         <v>103</v>
       </c>
       <c r="K320" s="2">
         <v>100</v>
       </c>
       <c r="L320" s="2">
         <v>20</v>
       </c>
       <c r="M320" s="2">
         <v>0</v>
       </c>
       <c r="N320" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="321" spans="1:14">
       <c r="A321" s="2">
         <v>103503</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>884</v>
       </c>
       <c r="C321" s="2" t="s">
         <v>885</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2">
         <v>500150</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H321" s="2" t="s">
         <v>886</v>
       </c>
       <c r="I321" s="2">
         <v>127</v>
       </c>
       <c r="J321" s="2">
         <v>104</v>
       </c>
       <c r="K321" s="2">
         <v>100</v>
       </c>
       <c r="L321" s="2">
         <v>20</v>
       </c>
       <c r="M321" s="2">
         <v>0</v>
       </c>
       <c r="N321" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" s="2">
         <v>101190</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>675</v>
       </c>
       <c r="C322" s="2" t="s">
         <v>676</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2">
         <v>500045</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H322" s="2" t="s">
         <v>887</v>
       </c>
       <c r="I322" s="2">
         <v>128</v>
       </c>
       <c r="J322" s="2">
         <v>105</v>
       </c>
       <c r="K322" s="2">
         <v>100</v>
       </c>
       <c r="L322" s="2">
         <v>20</v>
       </c>
       <c r="M322" s="2">
         <v>0</v>
       </c>
       <c r="N322" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="323" spans="1:14">
       <c r="A323" s="2">
         <v>101201</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2">
         <v>500068</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H323" s="2" t="s">
         <v>888</v>
       </c>
       <c r="I323" s="2">
         <v>129</v>
       </c>
       <c r="J323" s="2">
         <v>106</v>
       </c>
       <c r="K323" s="2">
         <v>100</v>
       </c>
       <c r="L323" s="2">
         <v>20</v>
       </c>
       <c r="M323" s="2">
         <v>0</v>
       </c>
       <c r="N323" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="324" spans="1:14">
       <c r="A324" s="2">
         <v>101202</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C324" s="2" t="s">
         <v>751</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2">
         <v>500170</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H324" s="2" t="s">
         <v>889</v>
       </c>
       <c r="I324" s="2">
         <v>130</v>
       </c>
       <c r="J324" s="2">
         <v>107</v>
       </c>
       <c r="K324" s="2">
         <v>100</v>
       </c>
       <c r="L324" s="2">
         <v>20</v>
       </c>
       <c r="M324" s="2">
         <v>0</v>
       </c>
       <c r="N324" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="325" spans="1:14">
       <c r="A325" s="2">
         <v>103507</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>890</v>
       </c>
       <c r="C325" s="2" t="s">
         <v>891</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2">
         <v>500086</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G325" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H325" s="2" t="s">
         <v>892</v>
       </c>
       <c r="I325" s="2">
         <v>131</v>
       </c>
       <c r="J325" s="2">
         <v>108</v>
       </c>
       <c r="K325" s="2">
         <v>100</v>
       </c>
       <c r="L325" s="2">
         <v>20</v>
       </c>
       <c r="M325" s="2">
         <v>0</v>
       </c>
       <c r="N325" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="326" spans="1:14">
       <c r="A326" s="2">
         <v>103508</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>893</v>
       </c>
       <c r="C326" s="2" t="s">
         <v>894</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2">
         <v>500124</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G326" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H326" s="2" t="s">
         <v>895</v>
       </c>
       <c r="I326" s="2">
         <v>132</v>
       </c>
       <c r="J326" s="2">
         <v>109</v>
       </c>
       <c r="K326" s="2">
         <v>100</v>
       </c>
       <c r="L326" s="2">
         <v>20</v>
       </c>
       <c r="M326" s="2">
         <v>0</v>
       </c>
       <c r="N326" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="327" spans="1:14">
       <c r="A327" s="2">
         <v>101188</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2">
         <v>500132</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H327" s="2" t="s">
         <v>896</v>
       </c>
       <c r="I327" s="2">
         <v>133</v>
       </c>
       <c r="J327" s="2">
         <v>110</v>
       </c>
       <c r="K327" s="2">
         <v>100</v>
       </c>
       <c r="L327" s="2">
         <v>20</v>
       </c>
       <c r="M327" s="2">
         <v>0</v>
       </c>
       <c r="N327" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="328" spans="1:14">
       <c r="A328" s="2">
         <v>103510</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>897</v>
       </c>
       <c r="C328" s="2" t="s">
         <v>898</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2">
         <v>500078</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H328" s="2" t="s">
         <v>899</v>
       </c>
       <c r="I328" s="2">
         <v>134</v>
       </c>
       <c r="J328" s="2">
         <v>111</v>
       </c>
       <c r="K328" s="2">
         <v>100</v>
       </c>
       <c r="L328" s="2">
         <v>20</v>
       </c>
       <c r="M328" s="2">
         <v>0</v>
       </c>
       <c r="N328" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="329" spans="1:14">
       <c r="A329" s="2">
         <v>103511</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>900</v>
       </c>
       <c r="C329" s="2" t="s">
         <v>901</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2">
         <v>500174</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G329" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H329" s="2" t="s">
         <v>902</v>
       </c>
       <c r="I329" s="2">
         <v>135</v>
       </c>
       <c r="J329" s="2">
         <v>112</v>
       </c>
       <c r="K329" s="2">
         <v>100</v>
       </c>
       <c r="L329" s="2">
         <v>20</v>
       </c>
       <c r="M329" s="2">
         <v>0</v>
       </c>
       <c r="N329" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="330" spans="1:14">
       <c r="A330" s="2">
         <v>103512</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>903</v>
       </c>
       <c r="C330" s="2" t="s">
         <v>904</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2">
         <v>500008</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H330" s="2" t="s">
         <v>905</v>
       </c>
       <c r="I330" s="2">
         <v>136</v>
       </c>
       <c r="J330" s="2">
         <v>113</v>
       </c>
       <c r="K330" s="2">
         <v>100</v>
       </c>
       <c r="L330" s="2">
         <v>20</v>
       </c>
       <c r="M330" s="2">
         <v>0</v>
       </c>
       <c r="N330" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="331" spans="1:14">
       <c r="A331" s="2">
         <v>103513</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>906</v>
       </c>
       <c r="C331" s="2" t="s">
         <v>907</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2">
         <v>500009</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G331" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H331" s="2" t="s">
         <v>908</v>
       </c>
       <c r="I331" s="2">
         <v>137</v>
       </c>
       <c r="J331" s="2">
         <v>114</v>
       </c>
       <c r="K331" s="2">
         <v>100</v>
       </c>
       <c r="L331" s="2">
         <v>20</v>
       </c>
       <c r="M331" s="2">
         <v>0</v>
       </c>
       <c r="N331" s="2">
         <v>120</v>
       </c>