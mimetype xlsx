--- v0 (2025-12-18)
+++ v1 (2026-03-18)
@@ -272,149 +272,149 @@
   <si>
     <t>John Ivan</t>
   </si>
   <si>
     <t>Zonio</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>19:51:05</t>
   </si>
   <si>
     <t xml:space="preserve">Franck </t>
   </si>
   <si>
     <t>Gourdin Serveniere</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>18:25:45</t>
   </si>
   <si>
+    <t>Rejlen</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>19:53:24</t>
+  </si>
+  <si>
     <t>Philippe</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>18:31:01</t>
   </si>
   <si>
-    <t>Rejlen</t>
-[...7 lines deleted...]
-  <si>
     <t>Romando</t>
   </si>
   <si>
     <t>Cumahling</t>
   </si>
   <si>
     <t>18:35:49</t>
   </si>
   <si>
     <t>Shindy</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>19:54:24</t>
   </si>
   <si>
     <t>Chung Yee Joannie</t>
   </si>
   <si>
     <t>Ho</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>18:36:24</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
     <t>Lee Lien Ping</t>
   </si>
   <si>
     <t>20:19:53</t>
   </si>
   <si>
+    <t>Haziq</t>
+  </si>
+  <si>
+    <t>Asyraf</t>
+  </si>
+  <si>
+    <t>20:19:59</t>
+  </si>
+  <si>
     <t>Ray Mun</t>
   </si>
   <si>
     <t>Koo</t>
   </si>
   <si>
     <t>18:38:42</t>
   </si>
   <si>
-    <t>Haziq</t>
-[...5 lines deleted...]
-    <t>20:19:59</t>
+    <t>Alex Too</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIEW YIK </t>
+  </si>
+  <si>
+    <t>20:22:10</t>
   </si>
   <si>
     <t>Jono</t>
   </si>
   <si>
     <t>Woodhouse</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>19:13:47</t>
   </si>
   <si>
-    <t>Alex Too</t>
-[...7 lines deleted...]
-  <si>
     <t>Yannick</t>
   </si>
   <si>
     <t>Duppich</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>19:25:02</t>
   </si>
   <si>
     <t>Tze Hou</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>20:29:19</t>
   </si>
   <si>
     <t>Joseph</t>
   </si>
   <si>
     <t>21:17:32</t>
@@ -428,179 +428,179 @@
   <si>
     <t>019</t>
   </si>
   <si>
     <t>19:35:14</t>
   </si>
   <si>
     <t>Lasius</t>
   </si>
   <si>
     <t>U</t>
   </si>
   <si>
     <t>19:48:02</t>
   </si>
   <si>
     <t>Edmond</t>
   </si>
   <si>
     <t>Gusui</t>
   </si>
   <si>
     <t>21:30:32</t>
   </si>
   <si>
+    <t>Song Hiang</t>
+  </si>
+  <si>
+    <t>Ng</t>
+  </si>
+  <si>
+    <t>19:49:20</t>
+  </si>
+  <si>
     <t>Washington</t>
   </si>
   <si>
     <t>Firmeza</t>
   </si>
   <si>
     <t>21:44:34</t>
   </si>
   <si>
-    <t>Song Hiang</t>
-[...7 lines deleted...]
-  <si>
     <t>Edouard</t>
   </si>
   <si>
     <t>Vernhes</t>
   </si>
   <si>
     <t>20:03:26</t>
   </si>
   <si>
     <t>Fharian</t>
   </si>
   <si>
     <t>Tino</t>
   </si>
   <si>
     <t>21:45:00</t>
   </si>
   <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Conte</t>
+  </si>
+  <si>
+    <t>21:51:55</t>
+  </si>
+  <si>
     <t>Joeythine</t>
   </si>
   <si>
     <t>Musin</t>
   </si>
   <si>
     <t>073</t>
   </si>
   <si>
     <t>20:50:26</t>
   </si>
   <si>
-    <t>Jake</t>
-[...5 lines deleted...]
-    <t>21:51:55</t>
+    <t>Julian</t>
+  </si>
+  <si>
+    <t>De Jonquieres</t>
+  </si>
+  <si>
+    <t>Great Britain</t>
+  </si>
+  <si>
+    <t>20:52:54</t>
   </si>
   <si>
     <t>Jacknoiel Mikol</t>
   </si>
   <si>
     <t>21:54:1.0000000000146</t>
   </si>
   <si>
-    <t>Julian</t>
-[...10 lines deleted...]
-  <si>
     <t>Chai</t>
   </si>
   <si>
     <t>Kuetbui</t>
   </si>
   <si>
     <t>21:55:31</t>
   </si>
   <si>
     <t>Stephen Brian</t>
   </si>
   <si>
     <t>Dundon</t>
   </si>
   <si>
     <t>20:56:49</t>
   </si>
   <si>
     <t>Mailin</t>
   </si>
   <si>
     <t>Salungin</t>
   </si>
   <si>
     <t>20:56:55</t>
   </si>
   <si>
     <t>Jailani</t>
   </si>
   <si>
     <t>Juhili</t>
   </si>
   <si>
     <t>21:57:9.9999999999854</t>
   </si>
   <si>
+    <t>Rawandi</t>
+  </si>
+  <si>
+    <t>Sidin</t>
+  </si>
+  <si>
+    <t>22:02:29</t>
+  </si>
+  <si>
     <t>Michael</t>
   </si>
   <si>
     <t>Montemayor</t>
   </si>
   <si>
     <t>21:21:09</t>
   </si>
   <si>
-    <t>Rawandi</t>
-[...7 lines deleted...]
-  <si>
     <t>Sai Hee</t>
   </si>
   <si>
     <t>22:30:25</t>
   </si>
   <si>
     <t>Renton</t>
   </si>
   <si>
     <t xml:space="preserve"> Yap</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>21:56:01</t>
   </si>
   <si>
     <t>Mohamad Zulharith</t>
   </si>
   <si>
     <t>Shahrul Bin Yusdin</t>
   </si>
   <si>
     <t>22:31:45</t>
@@ -647,134 +647,134 @@
   <si>
     <t>Sanchez</t>
   </si>
   <si>
     <t>22:18:06</t>
   </si>
   <si>
     <t>Kathryn</t>
   </si>
   <si>
     <t>Deuerlein</t>
   </si>
   <si>
     <t>22:18:28</t>
   </si>
   <si>
     <t>Audri Moritz</t>
   </si>
   <si>
     <t>Sipin</t>
   </si>
   <si>
     <t>22:41:15</t>
   </si>
   <si>
+    <t>Reynand</t>
+  </si>
+  <si>
+    <t>Salavania</t>
+  </si>
+  <si>
+    <t>22:21:19</t>
+  </si>
+  <si>
     <t>Loimin</t>
   </si>
   <si>
     <t>Gonsu</t>
   </si>
   <si>
     <t>22:56:59</t>
   </si>
   <si>
-    <t>Reynand</t>
-[...5 lines deleted...]
-    <t>22:21:19</t>
+    <t>Dzul-Izwan</t>
+  </si>
+  <si>
+    <t>Bin Siri-Ee</t>
+  </si>
+  <si>
+    <t>22:58:15</t>
   </si>
   <si>
     <t>22:49:33</t>
   </si>
   <si>
-    <t>Dzul-Izwan</t>
-[...7 lines deleted...]
-  <si>
     <t>Nur Haafidzah</t>
   </si>
   <si>
     <t>Binti Abdul Aziz</t>
   </si>
   <si>
     <t>22:52:58</t>
   </si>
   <si>
     <t>Celeste Teo</t>
   </si>
   <si>
     <t>Lian Geok</t>
   </si>
   <si>
     <t>23:02:41</t>
   </si>
   <si>
     <t>CHONG TECK SHUIN</t>
   </si>
   <si>
     <t>23:03:05</t>
   </si>
   <si>
     <t>Yusheng</t>
   </si>
   <si>
     <t>Zhang</t>
   </si>
   <si>
     <t>22:56:27</t>
   </si>
   <si>
+    <t>Sjaak</t>
+  </si>
+  <si>
+    <t>Kuin</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>23:14:31</t>
+  </si>
+  <si>
     <t>Melanie</t>
   </si>
   <si>
     <t>Hingpit</t>
   </si>
   <si>
     <t>23:04:41</t>
   </si>
   <si>
-    <t>Sjaak</t>
-[...10 lines deleted...]
-  <si>
     <t>Wont</t>
   </si>
   <si>
     <t>Kudin</t>
   </si>
   <si>
     <t>23:50:47</t>
   </si>
   <si>
     <t>Wei Soon</t>
   </si>
   <si>
     <t>083</t>
   </si>
   <si>
     <t>23:06:17</t>
   </si>
   <si>
     <t>Tak Jee</t>
   </si>
   <si>
     <t>Sal</t>
   </si>
   <si>
     <t>23:06:50</t>
@@ -785,68 +785,68 @@
   <si>
     <t>Koi</t>
   </si>
   <si>
     <t>23:10:59</t>
   </si>
   <si>
     <t>Evelyn</t>
   </si>
   <si>
     <t>Lek</t>
   </si>
   <si>
     <t>23:12:16</t>
   </si>
   <si>
     <t>Ryota</t>
   </si>
   <si>
     <t>Yamazaki</t>
   </si>
   <si>
     <t>24:22:20.999999999971</t>
   </si>
   <si>
+    <t>Georgy Mimi</t>
+  </si>
+  <si>
+    <t>Chu</t>
+  </si>
+  <si>
+    <t>24:24:5.9999999999854</t>
+  </si>
+  <si>
     <t>Shinichiro</t>
   </si>
   <si>
     <t>Nagao</t>
   </si>
   <si>
     <t>23:13:23</t>
   </si>
   <si>
-    <t>Georgy Mimi</t>
-[...7 lines deleted...]
-  <si>
     <t>Jin Vui Ray</t>
   </si>
   <si>
     <t>Yuen</t>
   </si>
   <si>
     <t>袁俊伟</t>
   </si>
   <si>
     <t>025</t>
   </si>
   <si>
     <t>23:25:01</t>
   </si>
   <si>
     <t>Chee Ming</t>
   </si>
   <si>
     <t>Oh</t>
   </si>
   <si>
     <t>23:25:34</t>
   </si>
   <si>
     <t xml:space="preserve">Jyh Horng </t>
@@ -1550,66 +1550,66 @@
   <si>
     <t>Gan</t>
   </si>
   <si>
     <t>30:19:58.000000000029</t>
   </si>
   <si>
     <t>Yew Wei</t>
   </si>
   <si>
     <t>Sing</t>
   </si>
   <si>
     <t>27:16:02</t>
   </si>
   <si>
     <t>Fauzi</t>
   </si>
   <si>
     <t>Jaafar</t>
   </si>
   <si>
     <t>27:16:06</t>
   </si>
   <si>
+    <t>Doris</t>
+  </si>
+  <si>
+    <t>Daud</t>
+  </si>
+  <si>
+    <t>30:40:40.000000000029</t>
+  </si>
+  <si>
     <t>Wenyu</t>
   </si>
   <si>
     <t>Luo</t>
   </si>
   <si>
     <t>27:18:58</t>
-  </si>
-[...7 lines deleted...]
-    <t>30:40:40.000000000029</t>
   </si>
   <si>
     <t>Yuan</t>
   </si>
   <si>
     <t>Tian</t>
   </si>
   <si>
     <t>27:19:04</t>
   </si>
   <si>
     <t>Ching Yee</t>
   </si>
   <si>
     <t>Koh</t>
   </si>
   <si>
     <t>30:46:52.999999999956</t>
   </si>
   <si>
     <t>Saiful Anuar</t>
   </si>
   <si>
     <t>Ahmad Shariff</t>
   </si>
@@ -4777,130 +4777,130 @@
       </c>
       <c r="H21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>8</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>230</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>114340</v>
+        <v>105356</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
-        <v>220</v>
+        <v>400</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>105356</v>
+        <v>114340</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>188</v>
+        <v>201</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
-        <v>400</v>
+        <v>220</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>107337</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>302</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>94</v>
       </c>
@@ -5029,214 +5029,214 @@
       </c>
       <c r="H27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>11</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>200</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>115222</v>
+        <v>122536</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>300</v>
+        <v>90</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>122536</v>
+        <v>115222</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>90</v>
+        <v>300</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>115223</v>
+        <v>121307</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>347</v>
+        <v>108</v>
       </c>
       <c r="F30" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30" s="2" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>121307</v>
+        <v>115223</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>108</v>
+        <v>347</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>16</v>
+        <v>117</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>115224</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>269</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>122</v>
       </c>
@@ -5336,51 +5336,51 @@
       <c r="L34" s="2">
         <v>160</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>110185</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>14</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
         <v>170</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>270</v>
       </c>
@@ -5449,130 +5449,130 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>16</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>150</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>122146</v>
+        <v>115227</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>179</v>
+        <v>480</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>140</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
-        <v>140</v>
+        <v>300</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>115227</v>
+        <v>122146</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>480</v>
+        <v>179</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>16</v>
+        <v>117</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>143</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>300</v>
+        <v>140</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>114056</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>242</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>146</v>
       </c>
@@ -5617,210 +5617,210 @@
       </c>
       <c r="H41" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>18</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
         <v>130</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>115228</v>
+        <v>119161</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D42" s="2"/>
-      <c r="E42" s="2" t="s">
+      <c r="E42" s="2">
+        <v>102</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H42" s="2" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>153</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>119161</v>
+        <v>115228</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C43" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="C43" s="2" t="s">
+      <c r="D43" s="2"/>
+      <c r="E43" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="D43" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F43" s="2" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>120608</v>
-[...1 lines deleted...]
-      <c r="B44" s="2"/>
+        <v>115229</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>157</v>
+      </c>
       <c r="C44" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="F44" s="2"/>
+        <v>293</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>159</v>
+      </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>115229</v>
-[...3 lines deleted...]
-      </c>
+        <v>120608</v>
+      </c>
+      <c r="B45" s="2"/>
       <c r="C45" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F45" s="2"/>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>122162</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>165</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>165</v>
       </c>
@@ -5836,51 +5836,51 @@
       <c r="L46" s="2">
         <v>100</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
         <v>104485</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
         <v>313</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>168</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
         <v>19</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
         <v>120</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>220</v>
       </c>
@@ -5949,130 +5949,130 @@
       </c>
       <c r="H49" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>22</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
         <v>90</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>108083</v>
+        <v>120678</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
-        <v>292</v>
+        <v>54</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>177</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>120678</v>
+        <v>108083</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>54</v>
+        <v>292</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>180</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
-        <v>80</v>
+        <v>110</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>120485</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
         <v>171</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>182</v>
       </c>
@@ -6256,51 +6256,51 @@
       <c r="L56" s="2">
         <v>0</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
         <v>115231</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
         <v>411</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>23</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
         <v>98</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>198</v>
       </c>
@@ -6453,214 +6453,214 @@
       </c>
       <c r="H61" s="2" t="s">
         <v>210</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>28</v>
       </c>
       <c r="K61" s="2">
         <v>0</v>
       </c>
       <c r="L61" s="2">
         <v>0</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>122539</v>
+        <v>112413</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>162</v>
+        <v>190</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>213</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="K62" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L62" s="2">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>0</v>
+        <v>196</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
-        <v>112413</v>
+        <v>122539</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
-        <v>190</v>
+        <v>162</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>216</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="K63" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L63" s="2">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
-        <v>196</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>115232</v>
+        <v>109912</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>28</v>
+        <v>217</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>126</v>
+        <v>218</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
-        <v>260</v>
+        <v>80</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="K64" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L64" s="2">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
-        <v>195</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>109912</v>
+        <v>115232</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>218</v>
+        <v>28</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>219</v>
+        <v>126</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>80</v>
+        <v>260</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>220</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="K65" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L65" s="2">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>0</v>
+        <v>195</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>105472</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>486</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>64</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>223</v>
       </c>
@@ -6787,130 +6787,130 @@
       </c>
       <c r="H69" s="2" t="s">
         <v>231</v>
       </c>
       <c r="I69" s="2">
         <v>34</v>
       </c>
       <c r="J69" s="2">
         <v>27</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
         <v>94</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>106389</v>
+        <v>122540</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
-        <v>309</v>
+        <v>175</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I70" s="2">
         <v>35</v>
       </c>
       <c r="J70" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="K70" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L70" s="2">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
-        <v>330</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>122540</v>
+        <v>106389</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>175</v>
+        <v>309</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>237</v>
+        <v>80</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>238</v>
       </c>
       <c r="I71" s="2">
         <v>35</v>
       </c>
       <c r="J71" s="2">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="K71" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L71" s="2">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>0</v>
+        <v>330</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>122161</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>240</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>39</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>241</v>
       </c>
@@ -7123,130 +7123,130 @@
       </c>
       <c r="H77" s="2" t="s">
         <v>256</v>
       </c>
       <c r="I77" s="2">
         <v>39</v>
       </c>
       <c r="J77" s="2">
         <v>36</v>
       </c>
       <c r="K77" s="2">
         <v>0</v>
       </c>
       <c r="L77" s="2">
         <v>0</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
-        <v>113828</v>
+        <v>122541</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
-        <v>401</v>
+        <v>196</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I78" s="2">
         <v>40</v>
       </c>
       <c r="J78" s="2">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="K78" s="2">
         <v>100</v>
       </c>
       <c r="L78" s="2">
-        <v>90</v>
+        <v>300</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>122541</v>
+        <v>113828</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>196</v>
+        <v>401</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>262</v>
       </c>
       <c r="I79" s="2">
         <v>40</v>
       </c>
       <c r="J79" s="2">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="K79" s="2">
         <v>100</v>
       </c>
       <c r="L79" s="2">
-        <v>300</v>
+        <v>90</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
         <v>115236</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>265</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
@@ -7474,93 +7474,93 @@
       <c r="L85" s="2">
         <v>275</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>115241</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>283</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>284</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>281</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>285</v>
       </c>
       <c r="I86" s="2">
         <v>46</v>
       </c>
       <c r="J86" s="2">
         <v>37</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
         <v>84</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>114349</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
         <v>280</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>288</v>
       </c>
       <c r="I87" s="2">
         <v>47</v>
       </c>
       <c r="J87" s="2">
         <v>38</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
         <v>83</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>183</v>
       </c>
@@ -9408,51 +9408,51 @@
       <c r="L131" s="2">
         <v>170</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>115269</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>425</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>426</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
         <v>427</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>428</v>
       </c>
       <c r="I132" s="2">
         <v>79</v>
       </c>
       <c r="J132" s="2">
         <v>67</v>
       </c>
       <c r="K132" s="2">
         <v>100</v>
       </c>
       <c r="L132" s="2">
         <v>54</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
         <v>154</v>
       </c>
@@ -10699,130 +10699,130 @@
       </c>
       <c r="H162" s="2" t="s">
         <v>511</v>
       </c>
       <c r="I162" s="2">
         <v>105</v>
       </c>
       <c r="J162" s="2">
         <v>87</v>
       </c>
       <c r="K162" s="2">
         <v>100</v>
       </c>
       <c r="L162" s="2">
         <v>34</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
         <v>134</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
-        <v>115293</v>
+        <v>122547</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>513</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
-        <v>286</v>
+        <v>190</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>514</v>
       </c>
       <c r="I163" s="2">
         <v>106</v>
       </c>
       <c r="J163" s="2">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="K163" s="2">
         <v>100</v>
       </c>
       <c r="L163" s="2">
-        <v>33</v>
+        <v>120</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
-        <v>133</v>
+        <v>220</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
-        <v>122547</v>
+        <v>115293</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>516</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
-        <v>190</v>
+        <v>286</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>517</v>
       </c>
       <c r="I164" s="2">
         <v>106</v>
       </c>
       <c r="J164" s="2">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="K164" s="2">
         <v>100</v>
       </c>
       <c r="L164" s="2">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
-        <v>220</v>
+        <v>133</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
         <v>112531</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>518</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>519</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
         <v>496</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>64</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>520</v>
       </c>
@@ -11251,51 +11251,51 @@
       </c>
       <c r="J175" s="2">
         <v>21</v>
       </c>
       <c r="K175" s="2">
         <v>100</v>
       </c>
       <c r="L175" s="2">
         <v>100</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
         <v>109941</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>550</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
         <v>152</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>551</v>
       </c>
       <c r="I176" s="2">
         <v>116</v>
       </c>
       <c r="J176" s="2">
         <v>96</v>
       </c>
       <c r="K176" s="2">
         <v>100</v>
       </c>
       <c r="L176" s="2">
         <v>25</v>
@@ -13307,51 +13307,51 @@
       </c>
       <c r="J224" s="2">
         <v>132</v>
       </c>
       <c r="K224" s="2">
         <v>100</v>
       </c>
       <c r="L224" s="2">
         <v>20</v>
       </c>
       <c r="M224" s="2">
         <v>0</v>
       </c>
       <c r="N224" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" s="2">
         <v>115344</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>683</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2">
         <v>7</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>684</v>
       </c>
       <c r="I225" s="2">
         <v>160</v>
       </c>
       <c r="J225" s="2">
         <v>133</v>
       </c>
       <c r="K225" s="2">
         <v>100</v>
       </c>
       <c r="L225" s="2">
         <v>20</v>
@@ -13566,51 +13566,51 @@
       <c r="L230" s="2">
         <v>20</v>
       </c>
       <c r="M230" s="2">
         <v>0</v>
       </c>
       <c r="N230" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" s="2">
         <v>110168</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>701</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>702</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2">
         <v>359</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>703</v>
       </c>
       <c r="I231" s="2">
         <v>166</v>
       </c>
       <c r="J231" s="2">
         <v>139</v>
       </c>
       <c r="K231" s="2">
         <v>100</v>
       </c>
       <c r="L231" s="2">
         <v>20</v>
       </c>
       <c r="M231" s="2">
         <v>0</v>
       </c>
       <c r="N231" s="2">
         <v>120</v>
       </c>
@@ -16328,51 +16328,51 @@
       </c>
       <c r="I296" s="2">
         <v>231</v>
       </c>
       <c r="J296" s="2">
         <v>185</v>
       </c>
       <c r="K296" s="2">
         <v>100</v>
       </c>
       <c r="L296" s="2">
         <v>20</v>
       </c>
       <c r="M296" s="2">
         <v>0</v>
       </c>
       <c r="N296" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="297" spans="1:14">
       <c r="A297" s="2">
         <v>110342</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>888</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2">
         <v>146</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H297" s="2" t="s">
         <v>889</v>
       </c>
       <c r="I297" s="2">
         <v>232</v>
       </c>
       <c r="J297" s="2">
         <v>186</v>
       </c>
       <c r="K297" s="2">
         <v>100</v>
@@ -17094,51 +17094,51 @@
       <c r="L314" s="2">
         <v>69</v>
       </c>
       <c r="M314" s="2">
         <v>0</v>
       </c>
       <c r="N314" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="315" spans="1:14">
       <c r="A315" s="2">
         <v>106270</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>937</v>
       </c>
       <c r="C315" s="2" t="s">
         <v>938</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2">
         <v>403</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H315" s="2" t="s">
         <v>939</v>
       </c>
       <c r="I315" s="2">
         <v>250</v>
       </c>
       <c r="J315" s="2">
         <v>198</v>
       </c>
       <c r="K315" s="2">
         <v>100</v>
       </c>
       <c r="L315" s="2">
         <v>20</v>
       </c>
       <c r="M315" s="2">
         <v>0</v>
       </c>
       <c r="N315" s="2">
         <v>120</v>
       </c>
@@ -18890,51 +18890,51 @@
       </c>
       <c r="I357" s="2">
         <v>292</v>
       </c>
       <c r="J357" s="2">
         <v>235</v>
       </c>
       <c r="K357" s="2">
         <v>100</v>
       </c>
       <c r="L357" s="2">
         <v>20</v>
       </c>
       <c r="M357" s="2">
         <v>0</v>
       </c>
       <c r="N357" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:14">
       <c r="A358" s="2">
         <v>103307</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C358" s="2" t="s">
         <v>802</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2">
         <v>341</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H358" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="I358" s="2">
         <v>293</v>
       </c>
       <c r="J358" s="2">
         <v>236</v>
       </c>
       <c r="K358" s="2">
         <v>100</v>