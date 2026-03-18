--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -107,68 +107,68 @@
   <si>
     <t>John</t>
   </si>
   <si>
     <t>Ellis</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>14:28:29</t>
   </si>
   <si>
     <t>Wilnar</t>
   </si>
   <si>
     <t>Iglesia</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>18:10:58</t>
   </si>
   <si>
+    <t>Yit Khiang</t>
+  </si>
+  <si>
+    <t>Chin</t>
+  </si>
+  <si>
+    <t>15:30:44</t>
+  </si>
+  <si>
     <t>Yim Heng</t>
   </si>
   <si>
     <t>Fatt</t>
   </si>
   <si>
     <t>19:31:36</t>
   </si>
   <si>
-    <t>Yit Khiang</t>
-[...7 lines deleted...]
-  <si>
     <t>Samuel Robert</t>
   </si>
   <si>
     <t>Mcgrath</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>18:06:03</t>
   </si>
   <si>
     <t>Minfei</t>
   </si>
   <si>
     <t>Dong</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>19:53:43</t>
@@ -227,68 +227,68 @@
   <si>
     <t>Saw Ping</t>
   </si>
   <si>
     <t>19:50:07</t>
   </si>
   <si>
     <t>Man Kok</t>
   </si>
   <si>
     <t>Fai</t>
   </si>
   <si>
     <t>21:39:36</t>
   </si>
   <si>
     <t xml:space="preserve">Po Seng </t>
   </si>
   <si>
     <t>Hoe</t>
   </si>
   <si>
     <t>20:00:17</t>
   </si>
   <si>
+    <t>Foo Wu</t>
+  </si>
+  <si>
+    <t>Chuan</t>
+  </si>
+  <si>
+    <t>20:01:27</t>
+  </si>
+  <si>
     <t>Law Lay</t>
   </si>
   <si>
     <t>Eng</t>
   </si>
   <si>
     <t>21:54:26</t>
   </si>
   <si>
-    <t>Foo Wu</t>
-[...7 lines deleted...]
-  <si>
     <t>Marieke</t>
   </si>
   <si>
     <t>Dekkers</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>20:21:03</t>
   </si>
   <si>
     <t>22:12:56</t>
   </si>
   <si>
     <t>Siawhua</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>22:14:17</t>
   </si>
   <si>
     <t>Ying Jye William</t>
@@ -296,65 +296,65 @@
   <si>
     <t>Chong</t>
   </si>
   <si>
     <t>20:22:31</t>
   </si>
   <si>
     <t>Mohd Azihan</t>
   </si>
   <si>
     <t>Yusoff</t>
   </si>
   <si>
     <t>22:18:41</t>
   </si>
   <si>
     <t>Kok Wah</t>
   </si>
   <si>
     <t>Tham</t>
   </si>
   <si>
     <t>21:02:09</t>
   </si>
   <si>
+    <t>Jimie Seow Chu</t>
+  </si>
+  <si>
+    <t>Keng</t>
+  </si>
+  <si>
+    <t>22:08:38</t>
+  </si>
+  <si>
     <t>Dino</t>
   </si>
   <si>
     <t>22:45:41</t>
   </si>
   <si>
-    <t>Jimie Seow Chu</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Kim Hong </t>
   </si>
   <si>
     <t>Yeo</t>
   </si>
   <si>
     <t>22:19:24</t>
   </si>
   <si>
     <t>Mohd</t>
   </si>
   <si>
     <t>Haffis Bin Mansor</t>
   </si>
   <si>
     <t>23:01:11</t>
   </si>
   <si>
     <t>Sholihin Bin Abd Razak</t>
   </si>
   <si>
     <t>23:01:18</t>
   </si>
   <si>
     <t>Siokhar</t>
@@ -362,155 +362,155 @@
   <si>
     <t>22:25:14</t>
   </si>
   <si>
     <t>Shindy</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>23:01:39</t>
   </si>
   <si>
     <t>Chun Howe</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>22:35:30</t>
   </si>
   <si>
+    <t>Eni</t>
+  </si>
+  <si>
+    <t>Rosita</t>
+  </si>
+  <si>
+    <t>23:25:00</t>
+  </si>
+  <si>
     <t>Jyh Hann</t>
   </si>
   <si>
     <t>林志翰</t>
   </si>
   <si>
     <t>22:42:58</t>
   </si>
   <si>
-    <t>Eni</t>
-[...7 lines deleted...]
-  <si>
     <t>Choo Yu</t>
   </si>
   <si>
     <t xml:space="preserve">Soo </t>
   </si>
   <si>
     <t>22:46:18</t>
   </si>
   <si>
     <t>Teck Wooi</t>
   </si>
   <si>
     <t>23:37:44</t>
   </si>
   <si>
+    <t>Yong Hooi</t>
+  </si>
+  <si>
+    <t>Cheng</t>
+  </si>
+  <si>
+    <t>23:44:37</t>
+  </si>
+  <si>
     <t>Li Li</t>
   </si>
   <si>
     <t xml:space="preserve">Wong </t>
   </si>
   <si>
     <t>23:07:41</t>
   </si>
   <si>
-    <t>Yong Hooi</t>
-[...7 lines deleted...]
-  <si>
     <t>Min Fooi</t>
   </si>
   <si>
     <t xml:space="preserve">Chai </t>
   </si>
   <si>
     <t>23:12:40</t>
   </si>
   <si>
     <t>Wei Yong</t>
   </si>
   <si>
     <t>Gan</t>
   </si>
   <si>
     <t>顏偉勇</t>
   </si>
   <si>
     <t>24:02:51</t>
   </si>
   <si>
     <t xml:space="preserve">Siao Ai </t>
   </si>
   <si>
     <t>23:18:53</t>
   </si>
   <si>
     <t>Kook Li</t>
   </si>
   <si>
     <t>Sy</t>
   </si>
   <si>
     <t>24:17:45</t>
   </si>
   <si>
+    <t>Law Bee</t>
+  </si>
+  <si>
+    <t>Chiao</t>
+  </si>
+  <si>
+    <t>24:27:19</t>
+  </si>
+  <si>
     <t>Jin Beng</t>
   </si>
   <si>
     <t xml:space="preserve">Choo </t>
   </si>
   <si>
     <t>23:24:04</t>
   </si>
   <si>
-    <t>Law Bee</t>
-[...7 lines deleted...]
-  <si>
     <t>Teck Chin</t>
   </si>
   <si>
     <t xml:space="preserve">Boo </t>
   </si>
   <si>
     <t>23:26:40</t>
   </si>
   <si>
     <t xml:space="preserve">Siti Hajar </t>
   </si>
   <si>
     <t>Razali</t>
   </si>
   <si>
     <t>24:36:40</t>
   </si>
   <si>
     <t>Hongping</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>23:29:44</t>
@@ -578,140 +578,140 @@
   <si>
     <t>Koon</t>
   </si>
   <si>
     <t>25:31:50</t>
   </si>
   <si>
     <t>David Paul</t>
   </si>
   <si>
     <t>Nicholson</t>
   </si>
   <si>
     <t>23:35:54</t>
   </si>
   <si>
     <t>Abdul Halim</t>
   </si>
   <si>
     <t>Bin Mohd Ayob</t>
   </si>
   <si>
     <t>25:37:56</t>
   </si>
   <si>
+    <t>Hermoso Donald</t>
+  </si>
+  <si>
+    <t>Redona</t>
+  </si>
+  <si>
+    <t>25:39:32</t>
+  </si>
+  <si>
     <t>Choo Teong</t>
   </si>
   <si>
     <t>Poh</t>
   </si>
   <si>
     <t>23:36:11</t>
   </si>
   <si>
-    <t>Hermoso Donald</t>
-[...7 lines deleted...]
-  <si>
     <t>Irumagawa</t>
   </si>
   <si>
     <t>Hodaka</t>
   </si>
   <si>
     <t>23:55:04</t>
   </si>
   <si>
     <t>Ye Seng</t>
   </si>
   <si>
     <t>Keong</t>
   </si>
   <si>
     <t>25:46:01</t>
   </si>
   <si>
+    <t>Dan Zario</t>
+  </si>
+  <si>
+    <t>Johari</t>
+  </si>
+  <si>
+    <t>26:01:04</t>
+  </si>
+  <si>
     <t xml:space="preserve">Jacobus </t>
   </si>
   <si>
     <t>Cornelis Kuin</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>23:55:46</t>
   </si>
   <si>
-    <t>Dan Zario</t>
-[...7 lines deleted...]
-  <si>
     <t>Zoe</t>
   </si>
   <si>
     <t>Albertus</t>
   </si>
   <si>
     <t>26:01:05</t>
   </si>
   <si>
     <t>Azhari</t>
   </si>
   <si>
     <t>Aziz</t>
   </si>
   <si>
     <t>23:56:40</t>
   </si>
   <si>
+    <t>Arijanto</t>
+  </si>
+  <si>
+    <t>Basuki</t>
+  </si>
+  <si>
+    <t>24:03:51</t>
+  </si>
+  <si>
     <t>Kok Chin</t>
   </si>
   <si>
     <t>26:18:06</t>
   </si>
   <si>
-    <t>Arijanto</t>
-[...7 lines deleted...]
-  <si>
     <t>Khairul Ezwan Bin Muhamad</t>
   </si>
   <si>
     <t>Ridzua</t>
   </si>
   <si>
     <t>26:19:01</t>
   </si>
   <si>
     <t>Mohamad</t>
   </si>
   <si>
     <t>Padzli Bin Mohamed Yazit</t>
   </si>
   <si>
     <t>24:24:02</t>
   </si>
   <si>
     <t>Hong Tai</t>
   </si>
   <si>
     <t xml:space="preserve">Koh </t>
   </si>
   <si>
     <t>24:44:47</t>
@@ -857,191 +857,191 @@
   <si>
     <t>Sebrey Jen Bin</t>
   </si>
   <si>
     <t>Sompit</t>
   </si>
   <si>
     <t>26:52:43</t>
   </si>
   <si>
     <t>Misai</t>
   </si>
   <si>
     <t>25:40:21</t>
   </si>
   <si>
     <t>Shahrizam Bin Md Haris</t>
   </si>
   <si>
     <t>Ariff</t>
   </si>
   <si>
     <t>27:07:08</t>
   </si>
   <si>
+    <t>Dominic</t>
+  </si>
+  <si>
+    <t>Jamisola</t>
+  </si>
+  <si>
+    <t>27:07:20</t>
+  </si>
+  <si>
     <t xml:space="preserve">Choon Hou </t>
   </si>
   <si>
     <t>Wong</t>
   </si>
   <si>
     <t>25:40:23</t>
   </si>
   <si>
-    <t>Dominic</t>
-[...5 lines deleted...]
-    <t>27:07:20</t>
+    <t>Chong Siong</t>
+  </si>
+  <si>
+    <t>Chan</t>
+  </si>
+  <si>
+    <t>25:43:23</t>
   </si>
   <si>
     <t>Shuh Yee</t>
   </si>
   <si>
     <t>Lam</t>
   </si>
   <si>
     <t>27:12:59</t>
   </si>
   <si>
-    <t>Chong Siong</t>
-[...5 lines deleted...]
-    <t>25:43:23</t>
+    <t>Swee Choon</t>
+  </si>
+  <si>
+    <t>Chiah</t>
+  </si>
+  <si>
+    <t>25:50:18</t>
   </si>
   <si>
     <t>Mohd Fiza Abdul</t>
   </si>
   <si>
     <t>Majid</t>
   </si>
   <si>
     <t>27:18:16</t>
   </si>
   <si>
-    <t>Swee Choon</t>
-[...5 lines deleted...]
-    <t>25:50:18</t>
+    <t>Kah Yee</t>
+  </si>
+  <si>
+    <t>Chau</t>
+  </si>
+  <si>
+    <t>25:51:16</t>
   </si>
   <si>
     <t>New Kian</t>
   </si>
   <si>
     <t>Kok</t>
   </si>
   <si>
     <t>27:26:45</t>
   </si>
   <si>
-    <t>Kah Yee</t>
-[...7 lines deleted...]
-  <si>
     <t>Annette</t>
   </si>
   <si>
     <t>Choong</t>
   </si>
   <si>
     <t>27:28:41</t>
   </si>
   <si>
     <t>Muhammad</t>
   </si>
   <si>
     <t>Norazizuddin Bin M. Nor</t>
   </si>
   <si>
     <t>25:51:25</t>
   </si>
   <si>
+    <t>Chew Khong</t>
+  </si>
+  <si>
+    <t>Boon</t>
+  </si>
+  <si>
+    <t>27:30:18</t>
+  </si>
+  <si>
     <t>Masafumi</t>
   </si>
   <si>
     <t>Yamamoto</t>
   </si>
   <si>
     <t>25:52:29</t>
   </si>
   <si>
-    <t>Chew Khong</t>
-[...5 lines deleted...]
-    <t>27:30:18</t>
+    <t>Bin Teppo</t>
+  </si>
+  <si>
+    <t>25:54:51</t>
   </si>
   <si>
     <t>Lim Thong</t>
   </si>
   <si>
     <t>Chen</t>
   </si>
   <si>
     <t>27:31:36</t>
   </si>
   <si>
-    <t>Bin Teppo</t>
-[...2 lines deleted...]
-    <t>25:54:51</t>
+    <t>Wai Keong</t>
+  </si>
+  <si>
+    <t>Kong</t>
+  </si>
+  <si>
+    <t>25:59:56</t>
   </si>
   <si>
     <t>Beh Kee</t>
   </si>
   <si>
     <t>Peng</t>
   </si>
   <si>
     <t>27:34:26</t>
   </si>
   <si>
-    <t>Wai Keong</t>
-[...7 lines deleted...]
-  <si>
     <t>William</t>
   </si>
   <si>
     <t>Lesmana</t>
   </si>
   <si>
     <t>27:36:06</t>
   </si>
   <si>
     <t>Tze Shen</t>
   </si>
   <si>
     <t>Ng</t>
   </si>
   <si>
     <t>26:05:04</t>
   </si>
   <si>
     <t xml:space="preserve">Poh Chye </t>
   </si>
   <si>
     <t>Tay</t>
   </si>
   <si>
     <t>26:16:28</t>
@@ -1157,209 +1157,209 @@
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>van Campenhout</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>28:24:33</t>
   </si>
   <si>
     <t>Ali Ajis</t>
   </si>
   <si>
     <t>Rasil</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>26:31:43</t>
   </si>
   <si>
+    <t>Bernhard</t>
+  </si>
+  <si>
+    <t>Thinschmidt</t>
+  </si>
+  <si>
+    <t>26:34:48</t>
+  </si>
+  <si>
     <t>Ungku Zulkarnain</t>
   </si>
   <si>
     <t>Bin Ungku Abdul Ghaffar</t>
   </si>
   <si>
     <t>28:25:31</t>
   </si>
   <si>
-    <t>Bernhard</t>
-[...5 lines deleted...]
-    <t>26:34:48</t>
+    <t>Mazril Othman</t>
+  </si>
+  <si>
+    <t>26:35:38</t>
   </si>
   <si>
     <t xml:space="preserve">Muhammad Nazir </t>
   </si>
   <si>
     <t>Fadzil</t>
   </si>
   <si>
     <t>28:28:23</t>
   </si>
   <si>
-    <t>Mazril Othman</t>
-[...2 lines deleted...]
-    <t>26:35:38</t>
+    <t>Sazli</t>
+  </si>
+  <si>
+    <t>Osman</t>
+  </si>
+  <si>
+    <t>26:35:39</t>
   </si>
   <si>
     <t>Heng Aik</t>
   </si>
   <si>
     <t>Ooi</t>
   </si>
   <si>
     <t>28:35:17</t>
   </si>
   <si>
-    <t>Sazli</t>
-[...5 lines deleted...]
-    <t>26:35:39</t>
+    <t>Jefferlyn</t>
+  </si>
+  <si>
+    <t>Castillano</t>
+  </si>
+  <si>
+    <t>26:46:38</t>
   </si>
   <si>
     <t>Ching Soon</t>
   </si>
   <si>
     <t>28:39:12</t>
   </si>
   <si>
-    <t>Jefferlyn</t>
-[...7 lines deleted...]
-  <si>
     <t>Awangku Mohd Sharifuddin Bin Awangku</t>
   </si>
   <si>
     <t>28:44:18</t>
   </si>
   <si>
     <t>Leng Tiong</t>
   </si>
   <si>
     <t xml:space="preserve">Tiou </t>
   </si>
   <si>
     <t>26:54:32</t>
   </si>
   <si>
+    <t xml:space="preserve">Eng Tong </t>
+  </si>
+  <si>
+    <t>26:54:35</t>
+  </si>
+  <si>
     <t>Lee Mei</t>
   </si>
   <si>
     <t>Lan</t>
   </si>
   <si>
     <t>28:44:22</t>
   </si>
   <si>
-    <t xml:space="preserve">Eng Tong </t>
-[...2 lines deleted...]
-    <t>26:54:35</t>
+    <t>Se Wei</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ng </t>
+  </si>
+  <si>
+    <t>26:54:41</t>
   </si>
   <si>
     <t>Kok Mun Victor</t>
   </si>
   <si>
     <t>28:48:23</t>
   </si>
   <si>
-    <t>Se Wei</t>
-[...7 lines deleted...]
-  <si>
     <t>Koh Boon</t>
   </si>
   <si>
     <t>Thye</t>
   </si>
   <si>
     <t>28:56:36</t>
   </si>
   <si>
     <t>Cho Tat</t>
   </si>
   <si>
     <t>26:54:45</t>
   </si>
   <si>
+    <t>Shoon Hooi</t>
+  </si>
+  <si>
+    <t>26:56:10</t>
+  </si>
+  <si>
     <t>Thien Kim</t>
   </si>
   <si>
     <t>Fook</t>
   </si>
   <si>
     <t>29:08:45</t>
   </si>
   <si>
-    <t>Shoon Hooi</t>
-[...2 lines deleted...]
-    <t>26:56:10</t>
+    <t>Chee Kin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lau </t>
+  </si>
+  <si>
+    <t>26:56:47</t>
   </si>
   <si>
     <t>Mohd Farid Bin Mohd</t>
   </si>
   <si>
     <t>Shah</t>
   </si>
   <si>
     <t>29:11:26</t>
   </si>
   <si>
-    <t>Chee Kin</t>
-[...7 lines deleted...]
-  <si>
     <t>Mohd Faizul</t>
   </si>
   <si>
     <t>Bin Mohd Majid</t>
   </si>
   <si>
     <t>29:11:33</t>
   </si>
   <si>
     <t xml:space="preserve">Abdullah </t>
   </si>
   <si>
     <t>Bin Mohamad Noor</t>
   </si>
   <si>
     <t>26:57:02</t>
   </si>
   <si>
     <t>Yi Lian</t>
   </si>
   <si>
     <t>Pang</t>
   </si>
   <si>
     <t>27:01:51</t>
@@ -1406,84 +1406,84 @@
   <si>
     <t>Misman</t>
   </si>
   <si>
     <t>29:14:51</t>
   </si>
   <si>
     <t xml:space="preserve">Mohamad Razif </t>
   </si>
   <si>
     <t>Kemat</t>
   </si>
   <si>
     <t>29:21:28</t>
   </si>
   <si>
     <t xml:space="preserve">Eng Sin </t>
   </si>
   <si>
     <t>Yew</t>
   </si>
   <si>
     <t>27:05:45</t>
   </si>
   <si>
+    <t xml:space="preserve">Hafandi </t>
+  </si>
+  <si>
+    <t>Bin Tuan Ismail</t>
+  </si>
+  <si>
+    <t>27:07:53</t>
+  </si>
+  <si>
     <t>Muhammad Adam Bin</t>
   </si>
   <si>
     <t>Alias</t>
   </si>
   <si>
     <t>29:21:34</t>
   </si>
   <si>
-    <t xml:space="preserve">Hafandi </t>
-[...5 lines deleted...]
-    <t>27:07:53</t>
+    <t>Ahmed Faiz</t>
+  </si>
+  <si>
+    <t>Safwan Ahmed Mahir</t>
+  </si>
+  <si>
+    <t>27:08:40</t>
   </si>
   <si>
     <t>Ong Swee</t>
   </si>
   <si>
     <t>Hor</t>
   </si>
   <si>
     <t>29:31:38</t>
-  </si>
-[...7 lines deleted...]
-    <t>27:08:40</t>
   </si>
   <si>
     <t>Kit Howe</t>
   </si>
   <si>
     <t>27:11:10</t>
   </si>
   <si>
     <t>Mohamad Ismail</t>
   </si>
   <si>
     <t>27:13:04</t>
   </si>
   <si>
     <t>CHUI PENG</t>
   </si>
   <si>
     <t>LYE</t>
   </si>
   <si>
     <t>27:15:08</t>
   </si>
   <si>
     <t>Chee Weng</t>
   </si>
@@ -2590,103 +2590,103 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>150</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>101542</v>
+        <v>109251</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>1123</v>
+        <v>1157</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>150</v>
       </c>
       <c r="L6" s="2">
         <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>109251</v>
+        <v>101542</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>1157</v>
+        <v>1123</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>150</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
@@ -3094,183 +3094,183 @@
       </c>
       <c r="H17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
         <v>230</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>101425</v>
+        <v>104472</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="K18" s="2">
         <v>150</v>
       </c>
       <c r="L18" s="2">
-        <v>300</v>
+        <v>220</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>104472</v>
+        <v>101425</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="K19" s="2">
         <v>150</v>
       </c>
       <c r="L19" s="2">
-        <v>220</v>
+        <v>300</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>105550</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>1033</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>1</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
         <v>400</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
         <v>104472</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
         <v>1101</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>6</v>
       </c>
       <c r="K21" s="2">
         <v>150</v>
       </c>
       <c r="L21" s="2">
         <v>250</v>
@@ -3430,130 +3430,130 @@
       </c>
       <c r="H25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>11</v>
       </c>
       <c r="K25" s="2">
         <v>150</v>
       </c>
       <c r="L25" s="2">
         <v>200</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>104474</v>
+        <v>109256</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>1112</v>
+        <v>1222</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>150</v>
       </c>
       <c r="L26" s="2">
-        <v>230</v>
+        <v>190</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>109256</v>
+        <v>104474</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>1222</v>
+        <v>1112</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="K27" s="2">
         <v>150</v>
       </c>
       <c r="L27" s="2">
-        <v>190</v>
+        <v>230</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>105349</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>1306</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>101</v>
       </c>
@@ -3766,132 +3766,132 @@
       </c>
       <c r="H33" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>14</v>
       </c>
       <c r="K33" s="2">
         <v>150</v>
       </c>
       <c r="L33" s="2">
         <v>170</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>103603</v>
+        <v>104477</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D34" s="2" t="s">
         <v>117</v>
       </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>1164</v>
+        <v>1223</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>16</v>
+        <v>111</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="K34" s="2">
         <v>150</v>
       </c>
       <c r="L34" s="2">
-        <v>160</v>
+        <v>240</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>104477</v>
+        <v>103603</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D35" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>1223</v>
+        <v>1164</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>121</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="K35" s="2">
         <v>150</v>
       </c>
       <c r="L35" s="2">
-        <v>240</v>
+        <v>160</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
-        <v>390</v>
+        <v>310</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>109258</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>1167</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>124</v>
       </c>
@@ -3936,130 +3936,130 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>11</v>
       </c>
       <c r="K37" s="2">
         <v>150</v>
       </c>
       <c r="L37" s="2">
         <v>200</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>109259</v>
+        <v>104479</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>1011</v>
+        <v>1068</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>129</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K38" s="2">
         <v>150</v>
       </c>
       <c r="L38" s="2">
-        <v>325</v>
+        <v>190</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>475</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>104479</v>
+        <v>109259</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>1068</v>
+        <v>1011</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>132</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="K39" s="2">
         <v>150</v>
       </c>
       <c r="L39" s="2">
-        <v>190</v>
+        <v>325</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>340</v>
+        <v>475</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>109260</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>1223</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>135</v>
       </c>
@@ -4190,130 +4190,130 @@
       </c>
       <c r="H43" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>8</v>
       </c>
       <c r="K43" s="2">
         <v>150</v>
       </c>
       <c r="L43" s="2">
         <v>230</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>380</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>109262</v>
+        <v>104482</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>1315</v>
+        <v>1210</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>147</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="K44" s="2">
         <v>150</v>
       </c>
       <c r="L44" s="2">
-        <v>130</v>
+        <v>220</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>104482</v>
+        <v>109262</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>1210</v>
+        <v>1315</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>150</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2">
         <v>150</v>
       </c>
       <c r="L45" s="2">
-        <v>220</v>
+        <v>130</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>109263</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>1121</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>153</v>
       </c>
@@ -4778,130 +4778,130 @@
       </c>
       <c r="H57" s="2" t="s">
         <v>187</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>18</v>
       </c>
       <c r="K57" s="2">
         <v>150</v>
       </c>
       <c r="L57" s="2">
         <v>130</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>100750</v>
+        <v>104489</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>1120</v>
+        <v>1102</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>190</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K58" s="2">
         <v>150</v>
       </c>
       <c r="L58" s="2">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>248</v>
+        <v>270</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>104489</v>
+        <v>100750</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>1102</v>
+        <v>1120</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K59" s="2">
         <v>150</v>
       </c>
       <c r="L59" s="2">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>270</v>
+        <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>109267</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>1245</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>196</v>
       </c>
@@ -4946,130 +4946,130 @@
       </c>
       <c r="H61" s="2" t="s">
         <v>199</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>20</v>
       </c>
       <c r="K61" s="2">
         <v>150</v>
       </c>
       <c r="L61" s="2">
         <v>110</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>109268</v>
+        <v>104491</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>1244</v>
+        <v>1061</v>
       </c>
       <c r="F62" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H62" s="2" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="K62" s="2">
         <v>150</v>
       </c>
       <c r="L62" s="2">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>246</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
-        <v>104491</v>
+        <v>109268</v>
       </c>
       <c r="B63" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="C63" s="2" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
-        <v>1061</v>
+        <v>1244</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>16</v>
+        <v>205</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>206</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="K63" s="2">
         <v>150</v>
       </c>
       <c r="L63" s="2">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
-        <v>250</v>
+        <v>246</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>104492</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>1089</v>
       </c>
       <c r="F64" s="2"/>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
@@ -5112,130 +5112,130 @@
       </c>
       <c r="H65" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
         <v>26</v>
       </c>
       <c r="K65" s="2">
         <v>150</v>
       </c>
       <c r="L65" s="2">
         <v>95</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
-        <v>104493</v>
+        <v>109269</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>114</v>
+        <v>214</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
-        <v>1090</v>
+        <v>1193</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>16</v>
+        <v>111</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I66" s="2">
         <v>33</v>
       </c>
       <c r="J66" s="2">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="K66" s="2">
         <v>150</v>
       </c>
       <c r="L66" s="2">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
-        <v>248</v>
+        <v>244</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
-        <v>109269</v>
+        <v>104493</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>216</v>
+        <v>114</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>1193</v>
+        <v>1090</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>217</v>
       </c>
       <c r="I67" s="2">
         <v>33</v>
       </c>
       <c r="J67" s="2">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="K67" s="2">
         <v>150</v>
       </c>
       <c r="L67" s="2">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>104494</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
         <v>1121</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>220</v>
       </c>
@@ -6118,382 +6118,382 @@
       </c>
       <c r="H89" s="2" t="s">
         <v>280</v>
       </c>
       <c r="I89" s="2">
         <v>44</v>
       </c>
       <c r="J89" s="2">
         <v>31</v>
       </c>
       <c r="K89" s="2">
         <v>150</v>
       </c>
       <c r="L89" s="2">
         <v>90</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
-        <v>105251</v>
+        <v>103425</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>281</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>283</v>
       </c>
       <c r="I90" s="2">
         <v>45</v>
       </c>
       <c r="J90" s="2">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="K90" s="2">
         <v>150</v>
       </c>
       <c r="L90" s="2">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
-        <v>103425</v>
+        <v>105251</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>286</v>
       </c>
       <c r="I91" s="2">
         <v>45</v>
       </c>
       <c r="J91" s="2">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="K91" s="2">
         <v>150</v>
       </c>
       <c r="L91" s="2">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
-        <v>239</v>
+        <v>233</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
-        <v>103557</v>
+        <v>109279</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>287</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>288</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
-        <v>1215</v>
+        <v>1148</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>289</v>
       </c>
       <c r="I92" s="2">
         <v>46</v>
       </c>
       <c r="J92" s="2">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="K92" s="2">
         <v>150</v>
       </c>
       <c r="L92" s="2">
-        <v>170</v>
+        <v>82</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
-        <v>320</v>
+        <v>232</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>109279</v>
+        <v>103557</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>1148</v>
+        <v>1215</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>292</v>
       </c>
       <c r="I93" s="2">
         <v>46</v>
       </c>
       <c r="J93" s="2">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="K93" s="2">
         <v>150</v>
       </c>
       <c r="L93" s="2">
-        <v>82</v>
+        <v>170</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
-        <v>232</v>
+        <v>320</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>104507</v>
+        <v>108542</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>293</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>294</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>1025</v>
+        <v>1176</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>295</v>
       </c>
       <c r="I94" s="2">
         <v>47</v>
       </c>
       <c r="J94" s="2">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="K94" s="2">
         <v>150</v>
       </c>
       <c r="L94" s="2">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>238</v>
+        <v>231</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>108542</v>
+        <v>104507</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>297</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
-        <v>1176</v>
+        <v>1025</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>298</v>
       </c>
       <c r="I95" s="2">
         <v>47</v>
       </c>
       <c r="J95" s="2">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="K95" s="2">
         <v>150</v>
       </c>
       <c r="L95" s="2">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
-        <v>231</v>
+        <v>238</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
-        <v>104508</v>
+        <v>101442</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>300</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
-        <v>1051</v>
+        <v>1022</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I96" s="2">
         <v>48</v>
       </c>
       <c r="J96" s="2">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="K96" s="2">
         <v>150</v>
       </c>
       <c r="L96" s="2">
-        <v>87</v>
+        <v>230</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
-        <v>237</v>
+        <v>380</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
-        <v>101442</v>
+        <v>104508</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
-        <v>1022</v>
+        <v>1051</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>304</v>
       </c>
       <c r="I97" s="2">
         <v>48</v>
       </c>
       <c r="J97" s="2">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="K97" s="2">
         <v>150</v>
       </c>
       <c r="L97" s="2">
-        <v>230</v>
+        <v>87</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
-        <v>380</v>
+        <v>237</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>104509</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>305</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>306</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>1213</v>
       </c>
       <c r="F98" s="2"/>
       <c r="G98" s="2" t="s">
         <v>44</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>307</v>
       </c>
       <c r="I98" s="2">
         <v>49</v>
@@ -6536,298 +6536,298 @@
       </c>
       <c r="H99" s="2" t="s">
         <v>310</v>
       </c>
       <c r="I99" s="2">
         <v>49</v>
       </c>
       <c r="J99" s="2">
         <v>41</v>
       </c>
       <c r="K99" s="2">
         <v>150</v>
       </c>
       <c r="L99" s="2">
         <v>80</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
-        <v>105708</v>
+        <v>104510</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>312</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
-        <v>1230</v>
+        <v>1067</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>313</v>
       </c>
       <c r="I100" s="2">
         <v>50</v>
       </c>
       <c r="J100" s="2">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K100" s="2">
         <v>150</v>
       </c>
       <c r="L100" s="2">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
-        <v>229</v>
+        <v>236</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>104510</v>
+        <v>105708</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>1067</v>
+        <v>1230</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>316</v>
       </c>
       <c r="I101" s="2">
         <v>50</v>
       </c>
       <c r="J101" s="2">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="K101" s="2">
         <v>150</v>
       </c>
       <c r="L101" s="2">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
-        <v>236</v>
+        <v>229</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
-        <v>104511</v>
+        <v>109282</v>
       </c>
       <c r="B102" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="C102" s="2" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
-        <v>1064</v>
+        <v>1302</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="I102" s="2">
         <v>51</v>
       </c>
       <c r="J102" s="2">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="K102" s="2">
         <v>150</v>
       </c>
       <c r="L102" s="2">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
-        <v>235</v>
+        <v>228</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
-        <v>109282</v>
+        <v>104511</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>320</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
-        <v>1302</v>
+        <v>1064</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>321</v>
       </c>
       <c r="I103" s="2">
         <v>51</v>
       </c>
       <c r="J103" s="2">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="K103" s="2">
         <v>150</v>
       </c>
       <c r="L103" s="2">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
-        <v>228</v>
+        <v>235</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>101579</v>
+        <v>109283</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>323</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>1099</v>
+        <v>1019</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>324</v>
       </c>
       <c r="I104" s="2">
         <v>52</v>
       </c>
       <c r="J104" s="2">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="K104" s="2">
         <v>150</v>
       </c>
       <c r="L104" s="2">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>234</v>
+        <v>227</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>109283</v>
+        <v>101579</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>326</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>1019</v>
+        <v>1099</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>327</v>
       </c>
       <c r="I105" s="2">
         <v>52</v>
       </c>
       <c r="J105" s="2">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="K105" s="2">
         <v>150</v>
       </c>
       <c r="L105" s="2">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
-        <v>227</v>
+        <v>234</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
         <v>104513</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>328</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
         <v>1098</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>330</v>
       </c>
@@ -7538,382 +7538,382 @@
       </c>
       <c r="H123" s="2" t="s">
         <v>380</v>
       </c>
       <c r="I123" s="2">
         <v>61</v>
       </c>
       <c r="J123" s="2">
         <v>52</v>
       </c>
       <c r="K123" s="2">
         <v>150</v>
       </c>
       <c r="L123" s="2">
         <v>69</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
         <v>219</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
-        <v>104522</v>
+        <v>105253</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>382</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
-        <v>1037</v>
+        <v>1216</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>16</v>
+        <v>205</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>383</v>
       </c>
       <c r="I124" s="2">
         <v>62</v>
       </c>
       <c r="J124" s="2">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="K124" s="2">
         <v>150</v>
       </c>
       <c r="L124" s="2">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
-        <v>224</v>
+        <v>218</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>105253</v>
+        <v>104522</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>384</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>385</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>1216</v>
+        <v>1037</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>202</v>
+        <v>16</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>386</v>
       </c>
       <c r="I125" s="2">
         <v>62</v>
       </c>
       <c r="J125" s="2">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="K125" s="2">
         <v>150</v>
       </c>
       <c r="L125" s="2">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>218</v>
+        <v>224</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
-        <v>101567</v>
+        <v>101435</v>
       </c>
       <c r="B126" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C126" s="2" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
-        <v>1052</v>
+        <v>1207</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="I126" s="2">
         <v>63</v>
       </c>
       <c r="J126" s="2">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="K126" s="2">
         <v>150</v>
       </c>
       <c r="L126" s="2">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
-        <v>223</v>
+        <v>217</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
-        <v>101435</v>
+        <v>101567</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>361</v>
+        <v>389</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>390</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
-        <v>1207</v>
+        <v>1052</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>391</v>
       </c>
       <c r="I127" s="2">
         <v>63</v>
       </c>
       <c r="J127" s="2">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="K127" s="2">
         <v>150</v>
       </c>
       <c r="L127" s="2">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
-        <v>101451</v>
+        <v>109294</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>392</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>393</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
-        <v>1070</v>
+        <v>1196</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>394</v>
       </c>
       <c r="I128" s="2">
         <v>64</v>
       </c>
       <c r="J128" s="2">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="K128" s="2">
         <v>150</v>
       </c>
       <c r="L128" s="2">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
-        <v>222</v>
+        <v>216</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
-        <v>109294</v>
+        <v>101451</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>396</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
-        <v>1196</v>
+        <v>1070</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I129" s="2">
         <v>64</v>
       </c>
       <c r="J129" s="2">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="K129" s="2">
         <v>150</v>
       </c>
       <c r="L129" s="2">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
-        <v>216</v>
+        <v>222</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
-        <v>104525</v>
+        <v>105220</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>282</v>
+        <v>399</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
-        <v>1058</v>
+        <v>1018</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="I130" s="2">
         <v>65</v>
       </c>
       <c r="J130" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="K130" s="2">
         <v>150</v>
       </c>
       <c r="L130" s="2">
-        <v>71</v>
+        <v>210</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
-        <v>221</v>
+        <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
-        <v>105220</v>
+        <v>104525</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>401</v>
+        <v>285</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
-        <v>1018</v>
+        <v>1058</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>402</v>
       </c>
       <c r="I131" s="2">
         <v>65</v>
       </c>
       <c r="J131" s="2">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="K131" s="2">
         <v>150</v>
       </c>
       <c r="L131" s="2">
-        <v>210</v>
+        <v>71</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
-        <v>360</v>
+        <v>221</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>104526</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>1088</v>
       </c>
       <c r="F132" s="2"/>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>404</v>
       </c>
       <c r="I132" s="2">
         <v>66</v>
@@ -7956,214 +7956,214 @@
       </c>
       <c r="H133" s="2" t="s">
         <v>407</v>
       </c>
       <c r="I133" s="2">
         <v>66</v>
       </c>
       <c r="J133" s="2">
         <v>56</v>
       </c>
       <c r="K133" s="2">
         <v>150</v>
       </c>
       <c r="L133" s="2">
         <v>65</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>215</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
-        <v>104527</v>
+        <v>105262</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>409</v>
+        <v>114</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
-        <v>1214</v>
+        <v>1118</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="I134" s="2">
         <v>67</v>
       </c>
       <c r="J134" s="2">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="K134" s="2">
         <v>150</v>
       </c>
       <c r="L134" s="2">
-        <v>150</v>
+        <v>64</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
-        <v>300</v>
+        <v>214</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
-        <v>105262</v>
+        <v>104527</v>
       </c>
       <c r="B135" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="C135" s="2" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
-        <v>1118</v>
+        <v>1214</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>412</v>
       </c>
       <c r="I135" s="2">
         <v>67</v>
       </c>
       <c r="J135" s="2">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="K135" s="2">
         <v>150</v>
       </c>
       <c r="L135" s="2">
-        <v>64</v>
+        <v>150</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
-        <v>214</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
-        <v>101565</v>
+        <v>109298</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>413</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>131</v>
+        <v>414</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
-        <v>1056</v>
+        <v>1161</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="I136" s="2">
         <v>68</v>
       </c>
       <c r="J136" s="2">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="K136" s="2">
         <v>150</v>
       </c>
       <c r="L136" s="2">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
-        <v>219</v>
+        <v>213</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
-        <v>109298</v>
+        <v>101565</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>416</v>
+        <v>128</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
-        <v>1161</v>
+        <v>1056</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>417</v>
       </c>
       <c r="I137" s="2">
         <v>68</v>
       </c>
       <c r="J137" s="2">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="K137" s="2">
         <v>150</v>
       </c>
       <c r="L137" s="2">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
-        <v>213</v>
+        <v>219</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>101486</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>419</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>1071</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>420</v>
       </c>
@@ -8172,250 +8172,250 @@
       </c>
       <c r="J138" s="2">
         <v>53</v>
       </c>
       <c r="K138" s="2">
         <v>150</v>
       </c>
       <c r="L138" s="2">
         <v>68</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
         <v>218</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="2">
         <v>109299</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>421</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
         <v>1289</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>422</v>
       </c>
       <c r="I139" s="2">
         <v>69</v>
       </c>
       <c r="J139" s="2">
         <v>59</v>
       </c>
       <c r="K139" s="2">
         <v>150</v>
       </c>
       <c r="L139" s="2">
         <v>62</v>
       </c>
       <c r="M139" s="2">
         <v>0</v>
       </c>
       <c r="N139" s="2">
         <v>212</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="2">
-        <v>104530</v>
+        <v>109300</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>423</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>424</v>
+        <v>285</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2">
-        <v>1093</v>
+        <v>1125</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="I140" s="2">
         <v>70</v>
       </c>
       <c r="J140" s="2">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="K140" s="2">
         <v>150</v>
       </c>
       <c r="L140" s="2">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
-        <v>217</v>
+        <v>211</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
-        <v>109300</v>
+        <v>104530</v>
       </c>
       <c r="B141" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="C141" s="2" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
-        <v>1125</v>
+        <v>1093</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>427</v>
       </c>
       <c r="I141" s="2">
         <v>70</v>
       </c>
       <c r="J141" s="2">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="K141" s="2">
         <v>150</v>
       </c>
       <c r="L141" s="2">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
-        <v>211</v>
+        <v>217</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
-        <v>104531</v>
+        <v>109301</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>428</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>429</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
-        <v>1021</v>
+        <v>1208</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>430</v>
       </c>
       <c r="I142" s="2">
         <v>71</v>
       </c>
       <c r="J142" s="2">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="K142" s="2">
         <v>150</v>
       </c>
       <c r="L142" s="2">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
-        <v>216</v>
+        <v>210</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
-        <v>109301</v>
+        <v>104531</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>431</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>432</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
-        <v>1208</v>
+        <v>1021</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>433</v>
       </c>
       <c r="I143" s="2">
         <v>71</v>
       </c>
       <c r="J143" s="2">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K143" s="2">
         <v>150</v>
       </c>
       <c r="L143" s="2">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
-        <v>210</v>
+        <v>216</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="2">
         <v>103545</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>435</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
         <v>1014</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>436</v>
       </c>
@@ -8794,214 +8794,214 @@
       </c>
       <c r="H153" s="2" t="s">
         <v>463</v>
       </c>
       <c r="I153" s="2">
         <v>76</v>
       </c>
       <c r="J153" s="2">
         <v>65</v>
       </c>
       <c r="K153" s="2">
         <v>150</v>
       </c>
       <c r="L153" s="2">
         <v>56</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
         <v>206</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
-        <v>104537</v>
+        <v>105420</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>464</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>465</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
-        <v>1032</v>
+        <v>1135</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>466</v>
       </c>
       <c r="I154" s="2">
         <v>77</v>
       </c>
       <c r="J154" s="2">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="K154" s="2">
         <v>150</v>
       </c>
       <c r="L154" s="2">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
-        <v>211</v>
+        <v>205</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
-        <v>105420</v>
+        <v>104537</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>468</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
-        <v>1135</v>
+        <v>1032</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>469</v>
       </c>
       <c r="I155" s="2">
         <v>77</v>
       </c>
       <c r="J155" s="2">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K155" s="2">
         <v>150</v>
       </c>
       <c r="L155" s="2">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
-        <v>104538</v>
+        <v>102425</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>470</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>471</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
-        <v>1094</v>
+        <v>1211</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>472</v>
       </c>
       <c r="I156" s="2">
         <v>78</v>
       </c>
       <c r="J156" s="2">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="K156" s="2">
         <v>150</v>
       </c>
       <c r="L156" s="2">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
-        <v>210</v>
+        <v>204</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
-        <v>102425</v>
+        <v>104538</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>473</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>474</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
-        <v>1211</v>
+        <v>1094</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>475</v>
       </c>
       <c r="I157" s="2">
         <v>78</v>
       </c>
       <c r="J157" s="2">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="K157" s="2">
         <v>150</v>
       </c>
       <c r="L157" s="2">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
         <v>100760</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>476</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
         <v>1314</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>477</v>
       </c>
@@ -9472,51 +9472,51 @@
       </c>
       <c r="J169" s="2">
         <v>76</v>
       </c>
       <c r="K169" s="2">
         <v>150</v>
       </c>
       <c r="L169" s="2">
         <v>45</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
         <v>109318</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>1142</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>507</v>
       </c>
       <c r="I170" s="2">
         <v>91</v>
       </c>
       <c r="J170" s="2">
         <v>77</v>
       </c>
       <c r="K170" s="2">
         <v>150</v>
       </c>
       <c r="L170" s="2">
         <v>44</v>
@@ -9978,51 +9978,51 @@
       </c>
       <c r="J181" s="2">
         <v>87</v>
       </c>
       <c r="K181" s="2">
         <v>150</v>
       </c>
       <c r="L181" s="2">
         <v>34</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
         <v>109330</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
         <v>1179</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>539</v>
       </c>
       <c r="I182" s="2">
         <v>103</v>
       </c>
       <c r="J182" s="2">
         <v>88</v>
       </c>
       <c r="K182" s="2">
         <v>150</v>
       </c>
       <c r="L182" s="2">
         <v>33</v>
@@ -10146,51 +10146,51 @@
       </c>
       <c r="J185" s="2">
         <v>91</v>
       </c>
       <c r="K185" s="2">
         <v>150</v>
       </c>
       <c r="L185" s="2">
         <v>30</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
         <v>109334</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>547</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
         <v>1104</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>548</v>
       </c>
       <c r="I186" s="2">
         <v>107</v>
       </c>
       <c r="J186" s="2">
         <v>92</v>
       </c>
       <c r="K186" s="2">
         <v>150</v>
       </c>
       <c r="L186" s="2">
         <v>29</v>
@@ -10860,51 +10860,51 @@
       </c>
       <c r="J202" s="2">
         <v>105</v>
       </c>
       <c r="K202" s="2">
         <v>150</v>
       </c>
       <c r="L202" s="2">
         <v>20</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
         <v>108553</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>594</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>595</v>
       </c>
       <c r="E203" s="2">
         <v>1159</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>596</v>
       </c>
       <c r="I203" s="2">
         <v>124</v>
       </c>
       <c r="J203" s="2">
         <v>106</v>
       </c>
       <c r="K203" s="2">
         <v>150</v>
       </c>
@@ -11156,51 +11156,51 @@
       </c>
       <c r="J209" s="2">
         <v>19</v>
       </c>
       <c r="K209" s="2">
         <v>150</v>
       </c>
       <c r="L209" s="2">
         <v>120</v>
       </c>
       <c r="M209" s="2">
         <v>0</v>
       </c>
       <c r="N209" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="2">
         <v>109357</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>614</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2">
         <v>1228</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>615</v>
       </c>
       <c r="I210" s="2">
         <v>131</v>
       </c>
       <c r="J210" s="2">
         <v>112</v>
       </c>
       <c r="K210" s="2">
         <v>150</v>
       </c>
       <c r="L210" s="2">
         <v>20</v>