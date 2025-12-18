--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -224,74 +224,74 @@
   <si>
     <t>20:16:44</t>
   </si>
   <si>
     <t>Ponpayon</t>
   </si>
   <si>
     <t>Thongtawee</t>
   </si>
   <si>
     <t>29:18:11</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>124-89</t>
   </si>
   <si>
     <t>20:18:16</t>
   </si>
   <si>
+    <t>Issaree</t>
+  </si>
+  <si>
+    <t>Kengnok</t>
+  </si>
+  <si>
+    <t>29:20:54</t>
+  </si>
+  <si>
     <t>Xiang</t>
   </si>
   <si>
     <t>De</t>
   </si>
   <si>
     <t>124-3</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>21:00:56</t>
   </si>
   <si>
-    <t>Issaree</t>
-[...7 lines deleted...]
-  <si>
     <t>Fredelyn</t>
   </si>
   <si>
     <t>Alberto</t>
   </si>
   <si>
     <t>124-122</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>21:44:29</t>
   </si>
   <si>
     <t>Pongnares</t>
   </si>
   <si>
     <t>Potiyotin</t>
   </si>
   <si>
     <t>30:13:10</t>
   </si>
   <si>
     <t>Kui</t>
@@ -629,69 +629,69 @@
   <si>
     <t>Takang</t>
   </si>
   <si>
     <t>34:54:48</t>
   </si>
   <si>
     <t>Somchai</t>
   </si>
   <si>
     <t>Suksaibul</t>
   </si>
   <si>
     <t>124-18</t>
   </si>
   <si>
     <t>Chetthaphon</t>
   </si>
   <si>
     <t>Chanthadanai</t>
   </si>
   <si>
     <t>34:54:51</t>
   </si>
   <si>
+    <t xml:space="preserve">Sawitree </t>
+  </si>
+  <si>
+    <t>Mothaisong</t>
+  </si>
+  <si>
+    <t>35:21:31</t>
+  </si>
+  <si>
     <t>Kokfai</t>
   </si>
   <si>
     <t>Man</t>
   </si>
   <si>
     <t>124-90</t>
   </si>
   <si>
     <t>28:16:26</t>
-  </si>
-[...7 lines deleted...]
-    <t>35:21:31</t>
   </si>
   <si>
     <t>Suthiporn</t>
   </si>
   <si>
     <t>Tepchinda</t>
   </si>
   <si>
     <t>35:41:24</t>
   </si>
   <si>
     <t>Lim Chin</t>
   </si>
   <si>
     <t>Tat</t>
   </si>
   <si>
     <t>124-91</t>
   </si>
   <si>
     <t>28:41:21</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
@@ -2473,130 +2473,130 @@
       </c>
       <c r="H15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>1</v>
       </c>
       <c r="K15" s="2">
         <v>150</v>
       </c>
       <c r="L15" s="2">
         <v>400</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>115910</v>
+        <v>102644</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="2"/>
-      <c r="E16" s="2" t="s">
+      <c r="E16" s="2">
+        <v>124015</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K16" s="2">
         <v>150</v>
       </c>
       <c r="L16" s="2">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102644</v>
+        <v>115910</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="D17" s="2"/>
-[...5 lines deleted...]
-      </c>
       <c r="G17" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
-        <v>350</v>
+        <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>113450</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>82</v>
       </c>
@@ -2654,51 +2654,51 @@
       <c r="L19" s="2">
         <v>240</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>105766</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>8</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
         <v>230</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>380</v>
       </c>
@@ -4069,130 +4069,130 @@
       </c>
       <c r="H53" s="2" t="s">
         <v>204</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
         <v>18</v>
       </c>
       <c r="K53" s="2">
         <v>150</v>
       </c>
       <c r="L53" s="2">
         <v>130</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>105661</v>
+        <v>115974</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D54" s="2"/>
-      <c r="E54" s="2" t="s">
+      <c r="E54" s="2">
+        <v>124050</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H54" s="2" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>208</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="K54" s="2">
         <v>150</v>
       </c>
       <c r="L54" s="2">
-        <v>98</v>
+        <v>220</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>248</v>
+        <v>370</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>115974</v>
+        <v>105661</v>
       </c>
       <c r="B55" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="C55" s="2" t="s">
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="D55" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F55" s="2" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="K55" s="2">
         <v>150</v>
       </c>
       <c r="L55" s="2">
-        <v>220</v>
+        <v>98</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>370</v>
+        <v>248</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>118464</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>124037</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>214</v>
       </c>
@@ -6844,54 +6844,54 @@
       </c>
       <c r="I119" s="2">
         <v>89</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
         <v>46</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>115974</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>465</v>
       </c>
       <c r="I120" s="2">
         <v>90</v>
       </c>
       <c r="J120" s="2">
         <v>15</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>160</v>