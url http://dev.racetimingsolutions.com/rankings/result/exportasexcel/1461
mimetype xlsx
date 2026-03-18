--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -107,209 +107,209 @@
   <si>
     <t>28:13:33</t>
   </si>
   <si>
     <t>Wan Ho Isaac</t>
   </si>
   <si>
     <t>Yuen</t>
   </si>
   <si>
     <t>29:22:40</t>
   </si>
   <si>
     <t>Tho Fatt</t>
   </si>
   <si>
     <t>Liew</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>30:06:48</t>
   </si>
   <si>
+    <t>Arief</t>
+  </si>
+  <si>
+    <t>Wismoyono</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>31:46:48</t>
+  </si>
+  <si>
     <t>Wilnar</t>
   </si>
   <si>
     <t>Iglesia</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>30:21:35</t>
   </si>
   <si>
-    <t>Arief</t>
-[...10 lines deleted...]
-  <si>
     <t>Joanna</t>
   </si>
   <si>
     <t>Kruk</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>31:10:31</t>
   </si>
   <si>
     <t>Woon Chze Christine</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>34:28:58</t>
   </si>
   <si>
     <t>Milton</t>
   </si>
   <si>
     <t>Amat</t>
   </si>
   <si>
     <t>32:08:31</t>
   </si>
   <si>
     <t>34:46:47</t>
   </si>
   <si>
+    <t>Fedoh</t>
+  </si>
+  <si>
+    <t>Ompiduk</t>
+  </si>
+  <si>
+    <t>34:52:44</t>
+  </si>
+  <si>
     <t>Niong</t>
   </si>
   <si>
     <t>Lau Say</t>
   </si>
   <si>
     <t>34:14:28</t>
   </si>
   <si>
-    <t>Fedoh</t>
-[...5 lines deleted...]
-    <t>34:52:44</t>
+    <t>Kong</t>
+  </si>
+  <si>
+    <t>Soo</t>
+  </si>
+  <si>
+    <t>34:22:12</t>
   </si>
   <si>
     <t>Ruth</t>
   </si>
   <si>
     <t>Theresia</t>
   </si>
   <si>
     <t>36:10:28</t>
   </si>
   <si>
-    <t>Kong</t>
-[...5 lines deleted...]
-    <t>34:22:12</t>
+    <t>Tomohiro</t>
+  </si>
+  <si>
+    <t>Mizukoshi</t>
+  </si>
+  <si>
+    <t>水越　友洋</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>34:49:00</t>
   </si>
   <si>
     <t>Hendra</t>
   </si>
   <si>
     <t>Siswanto</t>
   </si>
   <si>
     <t>36:12:14</t>
   </si>
   <si>
-    <t>Tomohiro</t>
-[...13 lines deleted...]
-  <si>
     <t>Shannon</t>
   </si>
   <si>
     <t>Francis-lee</t>
   </si>
   <si>
     <t>36:55:41</t>
   </si>
   <si>
     <t>Rao</t>
   </si>
   <si>
     <t>Shashwat</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>35:31:29</t>
   </si>
   <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>Beanjay</t>
+  </si>
+  <si>
+    <t>37:06:18</t>
+  </si>
+  <si>
     <t>Law Lay</t>
   </si>
   <si>
     <t>Eng</t>
   </si>
   <si>
     <t>35:34:57</t>
   </si>
   <si>
-    <t>William</t>
-[...7 lines deleted...]
-  <si>
     <t>Lily</t>
   </si>
   <si>
     <t>Suryani</t>
   </si>
   <si>
     <t>37:15:43</t>
   </si>
   <si>
     <t>Lesmana</t>
   </si>
   <si>
     <t>35:46:45</t>
   </si>
   <si>
     <t>37:25:09</t>
   </si>
   <si>
     <t>Sebrey Jen Bin</t>
   </si>
   <si>
     <t>Sompit</t>
   </si>
   <si>
     <t>35:54:39</t>
@@ -350,69 +350,69 @@
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>37:10:53</t>
   </si>
   <si>
     <t>Marjilah</t>
   </si>
   <si>
     <t>Rebid</t>
   </si>
   <si>
     <t>37:42:28</t>
   </si>
   <si>
     <t>Rudy</t>
   </si>
   <si>
     <t>Irwan Shukaime</t>
   </si>
   <si>
     <t>38:28:28</t>
   </si>
   <si>
+    <t>Henry</t>
+  </si>
+  <si>
+    <t>Yang</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>38:33:57</t>
+  </si>
+  <si>
     <t>Terence</t>
   </si>
   <si>
     <t>Kew</t>
   </si>
   <si>
-    <t>Singapore</t>
-[...1 lines deleted...]
-  <si>
     <t>38:56:28</t>
-  </si>
-[...7 lines deleted...]
-    <t>38:33:57</t>
   </si>
   <si>
     <t>Tommy</t>
   </si>
   <si>
     <t>Mathew</t>
   </si>
   <si>
     <t>38:38:49</t>
   </si>
   <si>
     <t>Jaturong</t>
   </si>
   <si>
     <t>Pinporn</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>39:06:27</t>
   </si>
   <si>
     <t>Muhammad</t>
   </si>
@@ -1032,130 +1032,130 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>200</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>104467</v>
+        <v>100973</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>1694</v>
+        <v>1646</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L6" s="2">
         <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>525</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>100973</v>
+        <v>104467</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>1646</v>
+        <v>1694</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>500</v>
+        <v>525</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>103086</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
         <v>1611</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>43</v>
       </c>
@@ -1284,300 +1284,300 @@
       </c>
       <c r="H11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>175</v>
       </c>
       <c r="L11" s="2">
         <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>104617</v>
+        <v>104614</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>1646</v>
+        <v>1612</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
         <v>5</v>
       </c>
       <c r="K12" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L12" s="2">
         <v>275</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>475</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>104614</v>
+        <v>104617</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>1612</v>
+        <v>1646</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>5</v>
       </c>
       <c r="K13" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L13" s="2">
         <v>275</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>101970</v>
+        <v>108533</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>1696</v>
+        <v>1637</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K14" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L14" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>108533</v>
+        <v>101970</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>1637</v>
+        <v>1696</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K15" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L15" s="2">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>102701</v>
+        <v>106722</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2" t="s">
+        <v>65</v>
+      </c>
       <c r="E16" s="2">
-        <v>1645</v>
+        <v>1644</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K16" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L16" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>425</v>
+        <v>440</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>106722</v>
+        <v>102701</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K17" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L17" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>440</v>
+        <v>425</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>104615</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>1601</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>73</v>
       </c>
@@ -1622,225 +1622,225 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>8</v>
       </c>
       <c r="K19" s="2">
         <v>200</v>
       </c>
       <c r="L19" s="2">
         <v>230</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>430</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>101425</v>
+        <v>104616</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>1604</v>
+        <v>1655</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="K20" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L20" s="2">
-        <v>350</v>
+        <v>230</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>550</v>
+        <v>405</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>104616</v>
+        <v>101425</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>1655</v>
+        <v>1604</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K21" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L21" s="2">
-        <v>230</v>
+        <v>350</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>405</v>
+        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>102404</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>1694</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>3</v>
       </c>
       <c r="K22" s="2">
         <v>175</v>
       </c>
       <c r="L22" s="2">
         <v>325</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>104513</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>1684</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>9</v>
       </c>
       <c r="K23" s="2">
         <v>200</v>
       </c>
       <c r="L23" s="2">
         <v>220</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>104617</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>1608</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
         <v>9</v>
       </c>
       <c r="K24" s="2">
         <v>175</v>
       </c>
       <c r="L24" s="2">
         <v>220</v>
@@ -2126,130 +2126,130 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>11</v>
       </c>
       <c r="K31" s="2">
         <v>175</v>
       </c>
       <c r="L31" s="2">
         <v>200</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>104619</v>
+        <v>101555</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>1632</v>
+        <v>1695</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
         <v>12</v>
       </c>
       <c r="K32" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="L32" s="2">
         <v>190</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>101555</v>
+        <v>104619</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>1695</v>
+        <v>1632</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>12</v>
       </c>
       <c r="K33" s="2">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="L33" s="2">
         <v>190</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>390</v>
+        <v>365</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>105938</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>1671</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>121</v>
       </c>