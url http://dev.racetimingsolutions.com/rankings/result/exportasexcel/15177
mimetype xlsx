--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -140,71 +140,71 @@
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>10:35:19</t>
   </si>
   <si>
     <t>Gerardo Racs</t>
   </si>
   <si>
     <t>Platon</t>
   </si>
   <si>
     <t>17:11:49</t>
   </si>
   <si>
     <t>Godwin</t>
   </si>
   <si>
     <t>Mirar</t>
   </si>
   <si>
     <t>34:28:29.999999999985</t>
   </si>
   <si>
+    <t>Yoyong</t>
+  </si>
+  <si>
+    <t>Sacayle</t>
+  </si>
+  <si>
+    <t>34:46:1.9999999999709</t>
+  </si>
+  <si>
     <t>Hanover </t>
   </si>
   <si>
     <t>Amigo</t>
   </si>
   <si>
     <t>17:13:46</t>
   </si>
   <si>
     <t>11:04:07</t>
   </si>
   <si>
-    <t>Yoyong</t>
-[...7 lines deleted...]
-  <si>
     <t>Ramie</t>
   </si>
   <si>
     <t>18:27:10</t>
   </si>
   <si>
     <t xml:space="preserve">Joemar Dela </t>
   </si>
   <si>
     <t>Cruz</t>
   </si>
   <si>
     <t>11:55:55</t>
   </si>
   <si>
     <t>Sean</t>
   </si>
   <si>
     <t>Aying</t>
   </si>
   <si>
     <t>37:49:26.999999999971</t>
   </si>
   <si>
     <t>Michael</t>
@@ -215,300 +215,300 @@
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>12:05:40</t>
   </si>
   <si>
     <t>Jeffrey</t>
   </si>
   <si>
     <t>Salera</t>
   </si>
   <si>
     <t>18:27:11</t>
   </si>
   <si>
     <t>Rexel</t>
   </si>
   <si>
     <t>Aguirre</t>
   </si>
   <si>
     <t>38:36:27.999999999971</t>
   </si>
   <si>
+    <t>Angelito</t>
+  </si>
+  <si>
+    <t>Vertudazo</t>
+  </si>
+  <si>
+    <t>38:44:03</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mark Anthony </t>
   </si>
   <si>
     <t>Redondo</t>
   </si>
   <si>
     <t>12:21:04</t>
   </si>
   <si>
     <t>Cyrus Caesar</t>
   </si>
   <si>
     <t>Cenal</t>
   </si>
   <si>
     <t>18:47:56</t>
   </si>
   <si>
-    <t>Angelito</t>
-[...5 lines deleted...]
-    <t>38:44:03</t>
+    <t>Ace</t>
+  </si>
+  <si>
+    <t>De Guzman</t>
+  </si>
+  <si>
+    <t>12:49:10</t>
   </si>
   <si>
     <t>Manilyn Napone</t>
   </si>
   <si>
     <t>Mamugay</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>18:59:48</t>
   </si>
   <si>
     <t>Julie Ann</t>
   </si>
   <si>
     <t xml:space="preserve">Morales </t>
   </si>
   <si>
     <t>38:44:29.999999999971</t>
   </si>
   <si>
-    <t>Ace</t>
-[...7 lines deleted...]
-  <si>
     <t>Florent</t>
   </si>
   <si>
     <t>Fordos</t>
   </si>
   <si>
     <t>18:59:49</t>
   </si>
   <si>
     <t>13:25:06</t>
   </si>
   <si>
     <t>Rhodel</t>
   </si>
   <si>
     <t>Sarande</t>
   </si>
   <si>
     <t>38:44:31.999999999971</t>
   </si>
   <si>
+    <t>Wayne</t>
+  </si>
+  <si>
+    <t>Abarquez</t>
+  </si>
+  <si>
     <t>13:27:29</t>
   </si>
   <si>
-    <t>Wayne</t>
-[...4 lines deleted...]
-  <si>
     <t>Cecille</t>
   </si>
   <si>
     <t>Wael</t>
   </si>
   <si>
     <t>39:11:15</t>
   </si>
   <si>
     <t>Chung Yee Joannie</t>
   </si>
   <si>
     <t>Ho</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>13:40:25</t>
   </si>
   <si>
+    <t>John Eruel</t>
+  </si>
+  <si>
+    <t>Oquino</t>
+  </si>
+  <si>
+    <t>14:22:48</t>
+  </si>
+  <si>
     <t>Delmar</t>
   </si>
   <si>
     <t>Lacbain</t>
   </si>
   <si>
     <t>39:24:05</t>
   </si>
   <si>
-    <t>John Eruel</t>
-[...5 lines deleted...]
-    <t>14:22:48</t>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Rojo Raga</t>
+  </si>
+  <si>
+    <t>40:20:29.000000000029</t>
   </si>
   <si>
     <t>Shinichiro</t>
   </si>
   <si>
     <t>Nagao</t>
   </si>
   <si>
     <t>14:47:21</t>
   </si>
   <si>
-    <t>Emily</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Rani June </t>
   </si>
   <si>
     <t>Colon</t>
   </si>
   <si>
     <t>14:49:32</t>
   </si>
   <si>
     <t>Florence</t>
   </si>
   <si>
     <t>Alave</t>
   </si>
   <si>
     <t>40:53:51</t>
   </si>
   <si>
     <t>Karin</t>
   </si>
   <si>
     <t>Widmer</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>42:10:49.999999999971</t>
   </si>
   <si>
     <t xml:space="preserve">Rone </t>
   </si>
   <si>
     <t>Milan</t>
   </si>
   <si>
     <t>15:19:15</t>
   </si>
   <si>
+    <t>Marvin</t>
+  </si>
+  <si>
+    <t>Aniñon</t>
+  </si>
+  <si>
+    <t>15:25:27</t>
+  </si>
+  <si>
     <t>Reymar</t>
   </si>
   <si>
     <t xml:space="preserve">Taleon </t>
   </si>
   <si>
-    <t>Marvin</t>
-[...7 lines deleted...]
-  <si>
     <t>Jake</t>
   </si>
   <si>
     <t>Conte</t>
   </si>
   <si>
     <t>42:14:19.000000000029</t>
   </si>
   <si>
     <t>Rolly</t>
   </si>
   <si>
     <t>Espinola</t>
   </si>
   <si>
     <t>15:45:38</t>
   </si>
   <si>
     <t>Janet</t>
   </si>
   <si>
     <t>Halcon</t>
   </si>
   <si>
     <t>42:35:39.999999999971</t>
   </si>
   <si>
     <t>Cheryl</t>
   </si>
   <si>
     <t>Bihag</t>
   </si>
   <si>
     <t>16:08:14</t>
   </si>
   <si>
+    <t>Jeward</t>
+  </si>
+  <si>
+    <t>Delgado</t>
+  </si>
+  <si>
+    <t>16:13:30</t>
+  </si>
+  <si>
     <t xml:space="preserve">Franklin </t>
   </si>
   <si>
     <t>Lobino</t>
   </si>
   <si>
     <t>43:08:12.999999999971</t>
-  </si>
-[...7 lines deleted...]
-    <t>16:13:30</t>
   </si>
   <si>
     <t xml:space="preserve">Elron Joyce </t>
   </si>
   <si>
     <t>Josue</t>
   </si>
   <si>
     <t>43:23:7.0000000000291</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Akol</t>
   </si>
   <si>
     <t>16:30:32</t>
   </si>
   <si>
     <t>Jerson</t>
   </si>
   <si>
     <t>Defensor</t>
   </si>
@@ -1498,145 +1498,145 @@
       </c>
       <c r="H10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I10" s="2">
         <v>3</v>
       </c>
       <c r="J10" s="2">
         <v>3</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>325</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>102087</v>
+        <v>112228</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>816</v>
+        <v>14</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I11" s="2">
         <v>4</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>116487</v>
+        <v>102087</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>55</v>
+        <v>816</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I12" s="2">
         <v>4</v>
       </c>
       <c r="J12" s="2">
         <v>4</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
+        <v>200</v>
+      </c>
+      <c r="M12" s="2">
+        <v>0</v>
+      </c>
+      <c r="N12" s="2">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>112228</v>
+        <v>116487</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I13" s="2">
         <v>4</v>
       </c>
       <c r="J13" s="2">
         <v>4</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>300</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
@@ -1876,298 +1876,298 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I19" s="2">
         <v>6</v>
       </c>
       <c r="J19" s="2">
         <v>6</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>250</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>112368</v>
+        <v>119152</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I20" s="2">
         <v>7</v>
       </c>
       <c r="J20" s="2">
         <v>7</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
         <v>240</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>102602</v>
+        <v>112368</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>819</v>
+        <v>35</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I21" s="2">
         <v>7</v>
       </c>
       <c r="J21" s="2">
         <v>7</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
-        <v>145</v>
+        <v>240</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>245</v>
+        <v>340</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>119152</v>
+        <v>102602</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>15</v>
+        <v>819</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I22" s="2">
         <v>7</v>
       </c>
       <c r="J22" s="2">
         <v>7</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
-        <v>240</v>
+        <v>145</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>340</v>
+        <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>102105</v>
+        <v>114209</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>809</v>
+        <v>54</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G23" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H23" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="I23" s="2">
         <v>8</v>
       </c>
       <c r="J23" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
-        <v>300</v>
+        <v>230</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>119158</v>
+        <v>102105</v>
       </c>
       <c r="B24" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C24" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>13</v>
+        <v>809</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>82</v>
       </c>
       <c r="I24" s="2">
         <v>8</v>
       </c>
       <c r="J24" s="2">
         <v>1</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
+        <v>300</v>
+      </c>
+      <c r="M24" s="2">
+        <v>0</v>
+      </c>
+      <c r="N24" s="2">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>114209</v>
+        <v>119158</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I25" s="2">
         <v>8</v>
       </c>
       <c r="J25" s="2">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
-        <v>230</v>
+        <v>400</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>102603</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>814</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>88</v>
       </c>
@@ -2254,382 +2254,382 @@
       </c>
       <c r="H28" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I28" s="2">
         <v>9</v>
       </c>
       <c r="J28" s="2">
         <v>8</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>230</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>104395</v>
+        <v>113843</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="I29" s="2">
         <v>10</v>
       </c>
       <c r="J29" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>113843</v>
+        <v>104395</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>94</v>
+        <v>64</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="I30" s="2">
         <v>10</v>
       </c>
       <c r="J30" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
         <v>112344</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
         <v>8</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I31" s="2">
         <v>11</v>
       </c>
       <c r="J31" s="2">
         <v>2</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
         <v>350</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>103765</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>79</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="I32" s="2">
         <v>11</v>
       </c>
       <c r="J32" s="2">
         <v>1</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
         <v>400</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>120325</v>
+        <v>103398</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>105</v>
       </c>
       <c r="I33" s="2">
         <v>12</v>
       </c>
       <c r="J33" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>103398</v>
+        <v>120325</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I34" s="2">
         <v>12</v>
       </c>
       <c r="J34" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>113828</v>
+        <v>109946</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I35" s="2">
         <v>13</v>
       </c>
       <c r="J35" s="2">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
-        <v>190</v>
+        <v>325</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>109946</v>
+        <v>113828</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I36" s="2">
         <v>13</v>
       </c>
       <c r="J36" s="2">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
-        <v>325</v>
+        <v>190</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>114255</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
         <v>36</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>117</v>
       </c>
@@ -2690,51 +2690,51 @@
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
         <v>114233</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
         <v>46</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I39" s="2">
         <v>15</v>
       </c>
       <c r="J39" s="2">
         <v>4</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
         <v>300</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
@@ -2758,130 +2758,130 @@
       </c>
       <c r="H40" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I40" s="2">
         <v>15</v>
       </c>
       <c r="J40" s="2">
         <v>14</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
         <v>170</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>120326</v>
+        <v>102611</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="I41" s="2">
         <v>16</v>
       </c>
       <c r="J41" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>102611</v>
+        <v>120326</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="I42" s="2">
         <v>16</v>
       </c>
       <c r="J42" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>119161</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <v>44</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>135</v>
       </c>
@@ -2942,198 +2942,198 @@
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>119188</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>10</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I45" s="2">
         <v>18</v>
       </c>
       <c r="J45" s="2">
         <v>5</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>275</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>102560</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>18</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I46" s="2">
         <v>18</v>
       </c>
       <c r="J46" s="2">
         <v>2</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
         <v>350</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>115872</v>
+        <v>114251</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>147</v>
       </c>
       <c r="I47" s="2">
         <v>19</v>
       </c>
       <c r="J47" s="2">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>170</v>
+        <v>140</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>114251</v>
+        <v>115872</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>150</v>
       </c>
       <c r="I48" s="2">
         <v>19</v>
       </c>
       <c r="J48" s="2">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>112391</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>24</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>153</v>
       </c>
@@ -3391,54 +3391,54 @@
       </c>
       <c r="I55" s="2">
         <v>23</v>
       </c>
       <c r="J55" s="2">
         <v>21</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
         <v>100</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>114251</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>23</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>170</v>
       </c>
       <c r="I56" s="2">
         <v>23</v>
       </c>
       <c r="J56" s="2">
         <v>18</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
         <v>130</v>
@@ -3488,51 +3488,51 @@
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
         <v>101144</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
         <v>18</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>176</v>
       </c>
       <c r="I58" s="2">
         <v>24</v>
       </c>
       <c r="J58" s="2">
         <v>6</v>
       </c>
       <c r="K58" s="2">
         <v>100</v>
       </c>
       <c r="L58" s="2">
         <v>250</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
@@ -3727,64 +3727,64 @@
       </c>
       <c r="I63" s="2">
         <v>28</v>
       </c>
       <c r="J63" s="2">
         <v>26</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
         <v>95</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>102105</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>25</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I64" s="2">
         <v>29</v>
       </c>
       <c r="J64" s="2">
         <v>3</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
         <v>325</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
@@ -3908,51 +3908,51 @@
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>115876</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
         <v>11</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>204</v>
       </c>
       <c r="I68" s="2">
         <v>33</v>
       </c>
       <c r="J68" s="2">
         <v>4</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
         <v>300</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
@@ -4076,51 +4076,51 @@
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>189</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>116493</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>29</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I72" s="2">
         <v>37</v>
       </c>
       <c r="J72" s="2">
         <v>5</v>
       </c>
       <c r="K72" s="2">
         <v>100</v>
       </c>
       <c r="L72" s="2">
         <v>275</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">