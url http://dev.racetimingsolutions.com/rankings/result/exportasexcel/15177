--- v1 (2025-12-18)
+++ v2 (2026-03-18)
@@ -56,80 +56,80 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Durier</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>14:30:19</t>
+  </si>
+  <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
-    <t>Male</t>
+    <t>32:49:21.000000000015</t>
   </si>
   <si>
     <t>8:49:21</t>
   </si>
   <si>
-    <t>Vincent</t>
-[...13 lines deleted...]
-  <si>
     <t>Rene</t>
   </si>
   <si>
     <t>Amigleo</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>17:11:47</t>
   </si>
   <si>
     <t>Arnie</t>
   </si>
   <si>
     <t>Macaneras</t>
   </si>
   <si>
     <t>34:11:41.000000000029</t>
   </si>
   <si>
     <t>9:35:42</t>
   </si>
   <si>
     <t>John</t>
@@ -140,71 +140,71 @@
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>10:35:19</t>
   </si>
   <si>
     <t>Gerardo Racs</t>
   </si>
   <si>
     <t>Platon</t>
   </si>
   <si>
     <t>17:11:49</t>
   </si>
   <si>
     <t>Godwin</t>
   </si>
   <si>
     <t>Mirar</t>
   </si>
   <si>
     <t>34:28:29.999999999985</t>
   </si>
   <si>
+    <t>Hanover </t>
+  </si>
+  <si>
+    <t>Amigo</t>
+  </si>
+  <si>
+    <t>17:13:46</t>
+  </si>
+  <si>
+    <t>11:04:07</t>
+  </si>
+  <si>
     <t>Yoyong</t>
   </si>
   <si>
     <t>Sacayle</t>
   </si>
   <si>
     <t>34:46:1.9999999999709</t>
   </si>
   <si>
-    <t>Hanover </t>
-[...10 lines deleted...]
-  <si>
     <t>Ramie</t>
   </si>
   <si>
     <t>18:27:10</t>
   </si>
   <si>
     <t xml:space="preserve">Joemar Dela </t>
   </si>
   <si>
     <t>Cruz</t>
   </si>
   <si>
     <t>11:55:55</t>
   </si>
   <si>
     <t>Sean</t>
   </si>
   <si>
     <t>Aying</t>
   </si>
   <si>
     <t>37:49:26.999999999971</t>
   </si>
   <si>
     <t>Michael</t>
@@ -215,77 +215,77 @@
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>12:05:40</t>
   </si>
   <si>
     <t>Jeffrey</t>
   </si>
   <si>
     <t>Salera</t>
   </si>
   <si>
     <t>18:27:11</t>
   </si>
   <si>
     <t>Rexel</t>
   </si>
   <si>
     <t>Aguirre</t>
   </si>
   <si>
     <t>38:36:27.999999999971</t>
   </si>
   <si>
+    <t>Cyrus Caesar</t>
+  </si>
+  <si>
+    <t>Cenal</t>
+  </si>
+  <si>
+    <t>18:47:56</t>
+  </si>
+  <si>
     <t>Angelito</t>
   </si>
   <si>
     <t>Vertudazo</t>
   </si>
   <si>
     <t>38:44:03</t>
   </si>
   <si>
     <t xml:space="preserve">Mark Anthony </t>
   </si>
   <si>
     <t>Redondo</t>
   </si>
   <si>
     <t>12:21:04</t>
   </si>
   <si>
-    <t>Cyrus Caesar</t>
-[...7 lines deleted...]
-  <si>
     <t>Ace</t>
   </si>
   <si>
     <t>De Guzman</t>
   </si>
   <si>
     <t>12:49:10</t>
   </si>
   <si>
     <t>Manilyn Napone</t>
   </si>
   <si>
     <t>Mamugay</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>18:59:48</t>
   </si>
   <si>
     <t>Julie Ann</t>
   </si>
   <si>
     <t xml:space="preserve">Morales </t>
@@ -398,153 +398,153 @@
   <si>
     <t>40:53:51</t>
   </si>
   <si>
     <t>Karin</t>
   </si>
   <si>
     <t>Widmer</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>42:10:49.999999999971</t>
   </si>
   <si>
     <t xml:space="preserve">Rone </t>
   </si>
   <si>
     <t>Milan</t>
   </si>
   <si>
     <t>15:19:15</t>
   </si>
   <si>
+    <t>Reymar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taleon </t>
+  </si>
+  <si>
     <t>Marvin</t>
   </si>
   <si>
     <t>Aniñon</t>
   </si>
   <si>
     <t>15:25:27</t>
   </si>
   <si>
-    <t>Reymar</t>
-[...4 lines deleted...]
-  <si>
     <t>Jake</t>
   </si>
   <si>
     <t>Conte</t>
   </si>
   <si>
     <t>42:14:19.000000000029</t>
   </si>
   <si>
     <t>Rolly</t>
   </si>
   <si>
     <t>Espinola</t>
   </si>
   <si>
     <t>15:45:38</t>
   </si>
   <si>
     <t>Janet</t>
   </si>
   <si>
     <t>Halcon</t>
   </si>
   <si>
     <t>42:35:39.999999999971</t>
   </si>
   <si>
     <t>Cheryl</t>
   </si>
   <si>
     <t>Bihag</t>
   </si>
   <si>
     <t>16:08:14</t>
   </si>
   <si>
+    <t xml:space="preserve">Franklin </t>
+  </si>
+  <si>
+    <t>Lobino</t>
+  </si>
+  <si>
+    <t>43:08:12.999999999971</t>
+  </si>
+  <si>
     <t>Jeward</t>
   </si>
   <si>
     <t>Delgado</t>
   </si>
   <si>
     <t>16:13:30</t>
   </si>
   <si>
-    <t xml:space="preserve">Franklin </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Elron Joyce </t>
   </si>
   <si>
     <t>Josue</t>
   </si>
   <si>
     <t>43:23:7.0000000000291</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Akol</t>
   </si>
   <si>
     <t>16:30:32</t>
   </si>
   <si>
+    <t>Dendi</t>
+  </si>
+  <si>
+    <t>Dwitiandi</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>16:30:34</t>
+  </si>
+  <si>
     <t>Jerson</t>
   </si>
   <si>
     <t>Defensor</t>
-  </si>
-[...10 lines deleted...]
-    <t>16:30:34</t>
   </si>
   <si>
     <t>Jovito</t>
   </si>
   <si>
     <t>Caballero</t>
   </si>
   <si>
     <t>16:51:59</t>
   </si>
   <si>
     <t>Sol Augustus</t>
   </si>
   <si>
     <t>Lorejo</t>
   </si>
   <si>
     <t>43:25:25.000000000029</t>
   </si>
   <si>
     <t>16:54:11</t>
   </si>
   <si>
     <t>43:36:13.000000000029</t>
   </si>
@@ -1120,172 +1120,172 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>107989</v>
+        <v>102601</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>51</v>
+        <v>803</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
+        <v>300</v>
+      </c>
+      <c r="M2" s="2">
+        <v>0</v>
+      </c>
+      <c r="N2" s="2">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>102601</v>
+        <v>107989</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>803</v>
+        <v>7</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="M3" s="2">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="N3" s="2">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
         <v>107989</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="2">
         <v>1</v>
       </c>
       <c r="J4" s="2">
         <v>1</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
         <v>400</v>
       </c>
       <c r="M4" s="2">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
         <v>102095</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
         <v>822</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>27</v>
       </c>
@@ -1498,145 +1498,145 @@
       </c>
       <c r="H10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I10" s="2">
         <v>3</v>
       </c>
       <c r="J10" s="2">
         <v>3</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>325</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>112228</v>
+        <v>102087</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>14</v>
+        <v>816</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I11" s="2">
         <v>4</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
+        <v>200</v>
+      </c>
+      <c r="M11" s="2">
+        <v>0</v>
+      </c>
+      <c r="N11" s="2">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>102087</v>
+        <v>116487</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>816</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="I12" s="2">
         <v>4</v>
       </c>
       <c r="J12" s="2">
         <v>4</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>116487</v>
+        <v>112228</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I13" s="2">
         <v>4</v>
       </c>
       <c r="J13" s="2">
         <v>4</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>300</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
@@ -1876,172 +1876,172 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I19" s="2">
         <v>6</v>
       </c>
       <c r="J19" s="2">
         <v>6</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>250</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>119152</v>
+        <v>102602</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>15</v>
+        <v>819</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I20" s="2">
         <v>7</v>
       </c>
       <c r="J20" s="2">
         <v>7</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>240</v>
+        <v>145</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>340</v>
+        <v>245</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>112368</v>
+        <v>119152</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I21" s="2">
         <v>7</v>
       </c>
       <c r="J21" s="2">
         <v>7</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>240</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>102602</v>
+        <v>112368</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>819</v>
+        <v>35</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I22" s="2">
         <v>7</v>
       </c>
       <c r="J22" s="2">
         <v>7</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
-        <v>145</v>
+        <v>240</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>245</v>
+        <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>114209</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>54</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>78</v>
       </c>
@@ -2141,51 +2141,51 @@
       <c r="L25" s="2">
         <v>400</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>102603</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>814</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I26" s="2">
         <v>9</v>
       </c>
       <c r="J26" s="2">
         <v>8</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
         <v>140</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>240</v>
       </c>
@@ -2561,51 +2561,51 @@
       <c r="L35" s="2">
         <v>325</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>113828</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>31</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I36" s="2">
         <v>13</v>
       </c>
       <c r="J36" s="2">
         <v>12</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
         <v>190</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>290</v>
       </c>
@@ -2758,130 +2758,130 @@
       </c>
       <c r="H40" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I40" s="2">
         <v>15</v>
       </c>
       <c r="J40" s="2">
         <v>14</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
         <v>170</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>102611</v>
+        <v>120326</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="I41" s="2">
         <v>16</v>
       </c>
       <c r="J41" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>120326</v>
+        <v>102611</v>
       </c>
       <c r="B42" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C42" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="I42" s="2">
         <v>16</v>
       </c>
       <c r="J42" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>119161</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <v>44</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>135</v>
       </c>
@@ -3010,130 +3010,130 @@
       </c>
       <c r="H46" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I46" s="2">
         <v>18</v>
       </c>
       <c r="J46" s="2">
         <v>2</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
         <v>350</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>114251</v>
+        <v>115872</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>147</v>
       </c>
       <c r="I47" s="2">
         <v>19</v>
       </c>
       <c r="J47" s="2">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>115872</v>
+        <v>114251</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>150</v>
       </c>
       <c r="I48" s="2">
         <v>19</v>
       </c>
       <c r="J48" s="2">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
-        <v>170</v>
+        <v>140</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>112391</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>24</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>153</v>
       </c>
@@ -3178,130 +3178,130 @@
       </c>
       <c r="H50" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I50" s="2">
         <v>20</v>
       </c>
       <c r="J50" s="2">
         <v>18</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
         <v>130</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>108145</v>
+        <v>108406</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="I51" s="2">
         <v>21</v>
       </c>
       <c r="J51" s="2">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>108406</v>
+        <v>108145</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>161</v>
+        <v>26</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="I52" s="2">
         <v>21</v>
       </c>
       <c r="J52" s="2">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>116488</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
         <v>23</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>165</v>
       </c>
@@ -3391,54 +3391,54 @@
       </c>
       <c r="I55" s="2">
         <v>23</v>
       </c>
       <c r="J55" s="2">
         <v>21</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
         <v>100</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>114251</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>23</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>170</v>
       </c>
       <c r="I56" s="2">
         <v>23</v>
       </c>
       <c r="J56" s="2">
         <v>18</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
         <v>130</v>