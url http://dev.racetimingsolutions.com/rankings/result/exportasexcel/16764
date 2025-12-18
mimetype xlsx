--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -56,137 +56,137 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Dunn</t>
+  </si>
+  <si>
+    <t>Great Britain</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>18:21:07</t>
+  </si>
+  <si>
     <t>George</t>
   </si>
   <si>
     <t>Burkin</t>
   </si>
   <si>
-    <t>Great Britain</t>
-[...4 lines deleted...]
-  <si>
     <t>13:03:15</t>
   </si>
   <si>
-    <t>Paul</t>
-[...7 lines deleted...]
-  <si>
     <t>Narin</t>
   </si>
   <si>
     <t>Kongsiri</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>13:46:07</t>
   </si>
   <si>
     <t>Arnie</t>
   </si>
   <si>
     <t>Macaneras</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>19:00:16</t>
   </si>
   <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>19:09:49</t>
   </si>
   <si>
     <t>Arnon</t>
   </si>
   <si>
     <t>Srimat</t>
   </si>
   <si>
     <t>14:23:45</t>
   </si>
   <si>
+    <t>Suvatana</t>
+  </si>
+  <si>
+    <t>Nartchaiyapum</t>
+  </si>
+  <si>
+    <t>19:59:39</t>
+  </si>
+  <si>
     <t>Panyavat</t>
   </si>
   <si>
     <t>Oumson</t>
   </si>
   <si>
     <t>14:56:29</t>
   </si>
   <si>
-    <t>Suvatana</t>
-[...7 lines deleted...]
-  <si>
     <t>Chonlada</t>
   </si>
   <si>
     <t>Kappiyanond</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>14:56:35</t>
   </si>
   <si>
     <t>Fredelyn</t>
   </si>
   <si>
     <t>Alberto</t>
   </si>
   <si>
     <t>20:03:01</t>
   </si>
   <si>
     <t>Napat</t>
   </si>
   <si>
     <t>Prompataya</t>
@@ -200,356 +200,356 @@
   <si>
     <t>Piroonpaisarn</t>
   </si>
   <si>
     <t>20:30:05</t>
   </si>
   <si>
     <t>Phunkorn</t>
   </si>
   <si>
     <t>Ruangrak</t>
   </si>
   <si>
     <t>15:32:43</t>
   </si>
   <si>
     <t>Piyasak</t>
   </si>
   <si>
     <t>Artbunjong</t>
   </si>
   <si>
     <t>21:22:18</t>
   </si>
   <si>
+    <t>Pariyakorn</t>
+  </si>
+  <si>
+    <t>Winaiwattanawong</t>
+  </si>
+  <si>
+    <t>15:32:45</t>
+  </si>
+  <si>
     <t>Deuanepheng</t>
   </si>
   <si>
     <t>Chindavong</t>
   </si>
   <si>
     <t>Laos</t>
   </si>
   <si>
     <t>21:23:53</t>
   </si>
   <si>
-    <t>Pariyakorn</t>
-[...7 lines deleted...]
-  <si>
     <t>21:50:06</t>
   </si>
   <si>
     <t>Suriya</t>
   </si>
   <si>
     <t>Kongthong</t>
   </si>
   <si>
     <t>15:33:16</t>
   </si>
   <si>
     <t xml:space="preserve">Bullung </t>
   </si>
   <si>
     <t>Siriphiphat</t>
   </si>
   <si>
     <t>23:01:38</t>
   </si>
   <si>
     <t>Kamon</t>
   </si>
   <si>
     <t>In-Khamchua</t>
   </si>
   <si>
     <t>15:34:52</t>
   </si>
   <si>
+    <t>Anant</t>
+  </si>
+  <si>
+    <t>Iamchootiwong</t>
+  </si>
+  <si>
+    <t>15:36:53</t>
+  </si>
+  <si>
     <t>Panuwat</t>
   </si>
   <si>
     <t>Ketmanee</t>
   </si>
   <si>
     <t>23:04:08</t>
   </si>
   <si>
-    <t>Anant</t>
-[...7 lines deleted...]
-  <si>
     <t>Montha</t>
   </si>
   <si>
     <t>Sontornwit</t>
   </si>
   <si>
     <t>23:11:00</t>
   </si>
   <si>
     <t>Watchrin</t>
   </si>
   <si>
     <t>Luarlon</t>
   </si>
   <si>
     <t>15:55:42</t>
   </si>
   <si>
     <t>23:32:33</t>
   </si>
   <si>
     <t>Puttipong</t>
   </si>
   <si>
     <t>Bunon</t>
   </si>
   <si>
     <t>16:07:36</t>
   </si>
   <si>
+    <t>Wichit</t>
+  </si>
+  <si>
+    <t>Khamklom</t>
+  </si>
+  <si>
+    <t>16:07:43.000000000007</t>
+  </si>
+  <si>
     <t>24:26:46</t>
   </si>
   <si>
-    <t>Wichit</t>
-[...7 lines deleted...]
-  <si>
     <t>Suraphong</t>
   </si>
   <si>
     <t>Suphason</t>
   </si>
   <si>
     <t>24:30:33</t>
   </si>
   <si>
     <t>16:24:26.000000000007</t>
   </si>
   <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Fournel</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>24:40:36</t>
+  </si>
+  <si>
     <t>Thanathorn</t>
   </si>
   <si>
     <t>Juangroongruangkit</t>
   </si>
   <si>
-    <t>Thomas</t>
-[...8 lines deleted...]
-    <t>24:40:36</t>
+    <t>Supat</t>
+  </si>
+  <si>
+    <t>Bunjuar</t>
+  </si>
+  <si>
+    <t>16:24:26.999999999993</t>
   </si>
   <si>
     <t>Loretta</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>24:52:34</t>
   </si>
   <si>
-    <t>Supat</t>
-[...5 lines deleted...]
-    <t>16:24:26.999999999993</t>
+    <t>Sawangjit</t>
+  </si>
+  <si>
+    <t>Saengow</t>
   </si>
   <si>
     <t>Taweesak</t>
   </si>
   <si>
     <t>Singmukda</t>
   </si>
   <si>
     <t>24:54:48</t>
   </si>
   <si>
-    <t>Sawangjit</t>
-[...4 lines deleted...]
-  <si>
     <t>Cao</t>
   </si>
   <si>
     <t>Wei</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>16:28:51</t>
   </si>
   <si>
     <t>Roongrote</t>
   </si>
   <si>
     <t>Bhornsawat</t>
   </si>
   <si>
     <t>25:47:52</t>
   </si>
   <si>
+    <t>26:34:58</t>
+  </si>
+  <si>
     <t>Suchart</t>
   </si>
   <si>
     <t>Ruangthong</t>
   </si>
   <si>
     <t>16:56:53</t>
   </si>
   <si>
-    <t>26:34:58</t>
+    <t>Songpon</t>
+  </si>
+  <si>
+    <t>Soontaros</t>
+  </si>
+  <si>
+    <t>17:01:41.000000000007</t>
   </si>
   <si>
     <t>Kritsanachai</t>
   </si>
   <si>
     <t>Noinam</t>
   </si>
   <si>
     <t>26:35:07</t>
   </si>
   <si>
-    <t>Songpon</t>
-[...7 lines deleted...]
-  <si>
     <t>Amorn</t>
   </si>
   <si>
     <t>Kimnguan</t>
   </si>
   <si>
     <t>17:04:27</t>
   </si>
   <si>
     <t>Anusorn</t>
   </si>
   <si>
     <t>Sinarak</t>
   </si>
   <si>
     <t>26:35:10</t>
   </si>
   <si>
+    <t>Law Lay</t>
+  </si>
+  <si>
+    <t>Eng</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>27:03:26</t>
+  </si>
+  <si>
     <t>Somkiat</t>
   </si>
   <si>
     <t>Ittisanronnachai</t>
   </si>
   <si>
     <t>17:05:57.000000000007</t>
   </si>
   <si>
-    <t>Law Lay</t>
-[...10 lines deleted...]
-  <si>
     <t>Pasaphak</t>
   </si>
   <si>
     <t>Mayuenyong</t>
   </si>
   <si>
     <t>17:27:52.999999999993</t>
   </si>
   <si>
     <t>Jyh Hann</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>林志翰</t>
   </si>
   <si>
     <t>27:04:40</t>
   </si>
   <si>
+    <t>Chamethin</t>
+  </si>
+  <si>
+    <t>Thitiwongsanun</t>
+  </si>
+  <si>
+    <t>27:11:51</t>
+  </si>
+  <si>
     <t>Somchai</t>
   </si>
   <si>
     <t>Chaosakorn</t>
   </si>
   <si>
     <t>17:39:32</t>
   </si>
   <si>
-    <t>Chamethin</t>
-[...7 lines deleted...]
-  <si>
     <t>Chanchaya</t>
   </si>
   <si>
     <t>Naphawanode</t>
   </si>
   <si>
     <t>17:45:28.000000000007</t>
   </si>
   <si>
     <t>18:09:53</t>
   </si>
   <si>
     <t>Kitsada</t>
   </si>
   <si>
     <t>Aumcharoen</t>
   </si>
   <si>
     <t>18:15:42</t>
   </si>
   <si>
     <t>Kanlaya</t>
   </si>
   <si>
     <t>THONGFACHAILAI</t>
@@ -581,66 +581,66 @@
   <si>
     <t>Pinsuwanbutr</t>
   </si>
   <si>
     <t>18:38:25</t>
   </si>
   <si>
     <t>Chiraroj</t>
   </si>
   <si>
     <t>Wongtrakulchai</t>
   </si>
   <si>
     <t>18:44:21</t>
   </si>
   <si>
     <t>Ameen</t>
   </si>
   <si>
     <t>Srichat</t>
   </si>
   <si>
     <t>18:44:44</t>
   </si>
   <si>
+    <t>Samarn</t>
+  </si>
+  <si>
+    <t>Khongdee</t>
+  </si>
+  <si>
+    <t>18:48:19</t>
+  </si>
+  <si>
     <t>Praweethip</t>
   </si>
   <si>
     <t>Watcharaseangthai</t>
   </si>
   <si>
     <t>28:18:30</t>
-  </si>
-[...7 lines deleted...]
-    <t>18:48:19</t>
   </si>
   <si>
     <t>Supot</t>
   </si>
   <si>
     <t>Noopataya</t>
   </si>
   <si>
     <t>18:50:12</t>
   </si>
   <si>
     <t>Theerapol</t>
   </si>
   <si>
     <t>Thepsri</t>
   </si>
   <si>
     <t>19:12:41</t>
   </si>
   <si>
     <t>Naruchit</t>
   </si>
   <si>
     <t>Jaruratchakul</t>
   </si>
@@ -1357,103 +1357,103 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>118520</v>
+        <v>107442</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>100041</v>
+        <v>36</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>107442</v>
+        <v>118520</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>36</v>
+        <v>100041</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
@@ -1609,103 +1609,103 @@
       </c>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>103129</v>
+        <v>114375</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>100099</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
         <v>4</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
         <v>300</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>114375</v>
+        <v>103129</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>41</v>
+        <v>100099</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
@@ -1945,141 +1945,141 @@
       </c>
       <c r="H15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>6</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>250</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>116026</v>
+        <v>118387</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>211</v>
+        <v>100101</v>
       </c>
       <c r="F16" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>7</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>240</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>118387</v>
+        <v>116026</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>100101</v>
+        <v>211</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>103129</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>122</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>8</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>230</v>
@@ -2197,103 +2197,103 @@
       </c>
       <c r="H21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>9</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>220</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>118381</v>
+        <v>118527</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>129</v>
+        <v>100007</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>10</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>210</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>118527</v>
+        <v>118381</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>100007</v>
+        <v>129</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>10</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
         <v>210</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
@@ -2449,130 +2449,130 @@
       </c>
       <c r="H27" s="2" t="s">
         <v>94</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>12</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>190</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>102654</v>
+        <v>118530</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>114</v>
+        <v>100205</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>118530</v>
+        <v>102654</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>96</v>
+        <v>22</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>100205</v>
+        <v>114</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>115191</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>59</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>101</v>
       </c>
@@ -2617,298 +2617,298 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>102</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>2</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
         <v>350</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>118531</v>
+        <v>115611</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>100180</v>
+        <v>174</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
         <v>14</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
         <v>170</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>115611</v>
+        <v>118531</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>174</v>
+        <v>100180</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>107</v>
+        <v>24</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>14</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
         <v>170</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>118384</v>
+        <v>118532</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>97</v>
+        <v>100162</v>
       </c>
       <c r="F34" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="G34" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
-        <v>325</v>
+        <v>160</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>425</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>118532</v>
+        <v>118384</v>
       </c>
       <c r="B35" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C35" s="2" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>100162</v>
+        <v>97</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
-        <v>160</v>
+        <v>325</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
-        <v>260</v>
+        <v>425</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>114385</v>
+        <v>118533</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>55</v>
+        <v>100137</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
-        <v>160</v>
+        <v>325</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>260</v>
+        <v>425</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>118533</v>
+        <v>114385</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>100137</v>
+        <v>55</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
-        <v>325</v>
+        <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>425</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>118534</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>100039</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>124</v>
       </c>
@@ -2953,187 +2953,187 @@
       </c>
       <c r="H39" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
         <v>16</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
         <v>150</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>118535</v>
+        <v>118387</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>128</v>
+        <v>62</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>129</v>
+        <v>63</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>100156</v>
+        <v>196</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
         <v>17</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
         <v>140</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>118387</v>
+        <v>118535</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>66</v>
+        <v>129</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>67</v>
+        <v>130</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>196</v>
+        <v>100156</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>17</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
         <v>140</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>114386</v>
+        <v>118536</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>72</v>
+        <v>100152</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>134</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>18</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>130</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>118536</v>
+        <v>114386</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>100152</v>
+        <v>72</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>18</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>130</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
@@ -3205,130 +3205,130 @@
       </c>
       <c r="H45" s="2" t="s">
         <v>143</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>19</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>120</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>118538</v>
+        <v>101425</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>100149</v>
+        <v>191</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
-        <v>110</v>
+        <v>300</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>101425</v>
+        <v>118538</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>191</v>
+        <v>100149</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>149</v>
+        <v>24</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>150</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>300</v>
+        <v>110</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>118539</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>100102</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>153</v>
       </c>
@@ -3346,159 +3346,159 @@
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>103603</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>156</v>
       </c>
       <c r="E49" s="2">
         <v>206</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>157</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>20</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
         <v>110</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>118540</v>
+        <v>105787</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
-        <v>100146</v>
+        <v>47</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>160</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>105787</v>
+        <v>118540</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>161</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>47</v>
+        <v>100146</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>112097</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
         <v>100027</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>166</v>
       </c>
@@ -3837,130 +3837,130 @@
       </c>
       <c r="H60" s="2" t="s">
         <v>188</v>
       </c>
       <c r="I60" s="2">
         <v>34</v>
       </c>
       <c r="J60" s="2">
         <v>29</v>
       </c>
       <c r="K60" s="2">
         <v>100</v>
       </c>
       <c r="L60" s="2">
         <v>44</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
-        <v>118391</v>
+        <v>118549</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
-        <v>77</v>
+        <v>100133</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I61" s="2">
         <v>35</v>
       </c>
       <c r="J61" s="2">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="K61" s="2">
         <v>100</v>
       </c>
       <c r="L61" s="2">
-        <v>275</v>
+        <v>42</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
-        <v>375</v>
+        <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>118549</v>
+        <v>118391</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>100133</v>
+        <v>77</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>194</v>
       </c>
       <c r="I62" s="2">
         <v>35</v>
       </c>
       <c r="J62" s="2">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="K62" s="2">
         <v>100</v>
       </c>
       <c r="L62" s="2">
-        <v>42</v>
+        <v>275</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>142</v>
+        <v>375</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>118550</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>100165</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>197</v>
       </c>