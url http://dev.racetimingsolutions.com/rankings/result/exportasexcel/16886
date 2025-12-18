--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -629,69 +629,69 @@
   <si>
     <t>Takang</t>
   </si>
   <si>
     <t>34:54:48</t>
   </si>
   <si>
     <t>Somchai</t>
   </si>
   <si>
     <t>Suksaibul</t>
   </si>
   <si>
     <t>124-18</t>
   </si>
   <si>
     <t>Chetthaphon</t>
   </si>
   <si>
     <t>Chanthadanai</t>
   </si>
   <si>
     <t>34:54:51</t>
   </si>
   <si>
+    <t xml:space="preserve">Sawitree </t>
+  </si>
+  <si>
+    <t>Mothaisong</t>
+  </si>
+  <si>
+    <t>35:21:31</t>
+  </si>
+  <si>
     <t>Kokfai</t>
   </si>
   <si>
     <t>Man</t>
   </si>
   <si>
     <t>124-90</t>
   </si>
   <si>
     <t>28:16:26</t>
-  </si>
-[...7 lines deleted...]
-    <t>35:21:31</t>
   </si>
   <si>
     <t>Suthiporn</t>
   </si>
   <si>
     <t>Tepchinda</t>
   </si>
   <si>
     <t>35:41:24</t>
   </si>
   <si>
     <t>Lim Chin</t>
   </si>
   <si>
     <t>Tat</t>
   </si>
   <si>
     <t>124-91</t>
   </si>
   <si>
     <t>28:41:21</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
@@ -4069,130 +4069,130 @@
       </c>
       <c r="H53" s="2" t="s">
         <v>204</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
         <v>18</v>
       </c>
       <c r="K53" s="2">
         <v>150</v>
       </c>
       <c r="L53" s="2">
         <v>130</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>105661</v>
+        <v>115974</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D54" s="2"/>
-      <c r="E54" s="2" t="s">
+      <c r="E54" s="2">
+        <v>124050</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H54" s="2" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>208</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="K54" s="2">
         <v>150</v>
       </c>
       <c r="L54" s="2">
-        <v>98</v>
+        <v>220</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>248</v>
+        <v>370</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>115974</v>
+        <v>105661</v>
       </c>
       <c r="B55" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="C55" s="2" t="s">
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="D55" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F55" s="2" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="K55" s="2">
         <v>150</v>
       </c>
       <c r="L55" s="2">
-        <v>220</v>
+        <v>98</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>370</v>
+        <v>248</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
         <v>118464</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
         <v>124037</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>214</v>
       </c>
@@ -6844,54 +6844,54 @@
       </c>
       <c r="I119" s="2">
         <v>89</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
         <v>46</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>115974</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>465</v>
       </c>
       <c r="I120" s="2">
         <v>90</v>
       </c>
       <c r="J120" s="2">
         <v>15</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>160</v>