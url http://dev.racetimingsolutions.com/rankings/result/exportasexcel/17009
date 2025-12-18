--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -377,117 +377,117 @@
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>24:52:34</t>
   </si>
   <si>
     <t>Sawangjit</t>
   </si>
   <si>
     <t>Saengow</t>
   </si>
   <si>
     <t>Taweesak</t>
   </si>
   <si>
     <t>Singmukda</t>
   </si>
   <si>
     <t>24:54:48</t>
   </si>
   <si>
+    <t>Roongrote</t>
+  </si>
+  <si>
+    <t>Bhornsawat</t>
+  </si>
+  <si>
+    <t>25:47:52</t>
+  </si>
+  <si>
     <t>Cao</t>
   </si>
   <si>
     <t>Wei</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>16:28:51</t>
   </si>
   <si>
-    <t>Roongrote</t>
-[...7 lines deleted...]
-  <si>
     <t>26:34:58</t>
   </si>
   <si>
     <t>Suchart</t>
   </si>
   <si>
     <t>Ruangthong</t>
   </si>
   <si>
     <t>16:56:53</t>
   </si>
   <si>
     <t>Songpon</t>
   </si>
   <si>
     <t>Soontaros</t>
   </si>
   <si>
     <t>17:01:41.000000000007</t>
   </si>
   <si>
     <t>Kritsanachai</t>
   </si>
   <si>
     <t>Noinam</t>
   </si>
   <si>
     <t>26:35:07</t>
   </si>
   <si>
+    <t>Anusorn</t>
+  </si>
+  <si>
+    <t>Sinarak</t>
+  </si>
+  <si>
+    <t>26:35:10</t>
+  </si>
+  <si>
     <t>Amorn</t>
   </si>
   <si>
     <t>Kimnguan</t>
   </si>
   <si>
     <t>17:04:27</t>
-  </si>
-[...7 lines deleted...]
-    <t>26:35:10</t>
   </si>
   <si>
     <t>Law Lay</t>
   </si>
   <si>
     <t>Eng</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>27:03:26</t>
   </si>
   <si>
     <t>Somkiat</t>
   </si>
   <si>
     <t>Ittisanronnachai</t>
   </si>
   <si>
     <t>17:05:57.000000000007</t>
   </si>
   <si>
     <t>Pasaphak</t>
   </si>
@@ -2869,106 +2869,106 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>118534</v>
+        <v>107447</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>100039</v>
+        <v>204</v>
       </c>
       <c r="F38" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" s="2" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
         <v>16</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
         <v>150</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>107447</v>
+        <v>118534</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C39" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>204</v>
+        <v>100039</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
         <v>16</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
         <v>150</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>250</v>
       </c>
@@ -3121,103 +3121,103 @@
       </c>
       <c r="H43" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>18</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>130</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>118537</v>
+        <v>118389</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>100004</v>
+        <v>48</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>140</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
         <v>19</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
         <v>120</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>118389</v>
+        <v>118537</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>48</v>
+        <v>100004</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>143</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>19</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>120</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>