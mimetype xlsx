--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -104,68 +104,68 @@
   <si>
     <t>9:23:26</t>
   </si>
   <si>
     <t>Pharait</t>
   </si>
   <si>
     <t>Varesin</t>
   </si>
   <si>
     <t>9:29:04</t>
   </si>
   <si>
     <t>Eirik Mork</t>
   </si>
   <si>
     <t>Knudsen</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>8:17:15</t>
   </si>
   <si>
+    <t>Somjai</t>
+  </si>
+  <si>
+    <t>Pesri</t>
+  </si>
+  <si>
+    <t>8:17:20</t>
+  </si>
+  <si>
     <t>Bonfield</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>12:31:01</t>
   </si>
   <si>
-    <t>Somjai</t>
-[...7 lines deleted...]
-  <si>
     <t>Thongchai</t>
   </si>
   <si>
     <t>Wongsaard</t>
   </si>
   <si>
     <t>12:34:52</t>
   </si>
   <si>
     <t>Oleksandr</t>
   </si>
   <si>
     <t>Novikov</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>8:21:42</t>
   </si>
   <si>
     <t>Pattana</t>
   </si>
   <si>
     <t>St.</t>
@@ -257,102 +257,102 @@
   <si>
     <t>Kosopa</t>
   </si>
   <si>
     <t>09:37:19.000000000007</t>
   </si>
   <si>
     <t>Christian</t>
   </si>
   <si>
     <t>Schumy</t>
   </si>
   <si>
     <t>09:40:07</t>
   </si>
   <si>
     <t>Wirun</t>
   </si>
   <si>
     <t>Saae</t>
   </si>
   <si>
     <t>09:42:14</t>
   </si>
   <si>
+    <t>Nuttapong</t>
+  </si>
+  <si>
+    <t>Sreedach</t>
+  </si>
+  <si>
     <t>Elviemma</t>
   </si>
   <si>
     <t>Catabay</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>15:23:20</t>
   </si>
   <si>
-    <t>Nuttapong</t>
-[...4 lines deleted...]
-  <si>
     <t>Apinan</t>
   </si>
   <si>
     <t>Thawornpuminan</t>
   </si>
   <si>
     <t>09:46:21</t>
   </si>
   <si>
     <t>Itthikarn</t>
   </si>
   <si>
     <t>Soonprom</t>
   </si>
   <si>
     <t>10:00:49.999999999993</t>
   </si>
   <si>
+    <t>Wanlika</t>
+  </si>
+  <si>
+    <t>Wongworratheva</t>
+  </si>
+  <si>
+    <t>10:01:25.000000000007</t>
+  </si>
+  <si>
     <t>Laksamee</t>
   </si>
   <si>
     <t>Duangjai</t>
   </si>
   <si>
     <t>15:35:25</t>
-  </si>
-[...7 lines deleted...]
-    <t>10:01:25.000000000007</t>
   </si>
   <si>
     <t>Santi</t>
   </si>
   <si>
     <t>Phongsraphang</t>
   </si>
   <si>
     <t>10:01:40</t>
   </si>
   <si>
     <t>Supaporn</t>
   </si>
   <si>
     <t>Nakkawat</t>
   </si>
   <si>
     <t>15:51:05</t>
   </si>
   <si>
     <t>Damrong</t>
   </si>
   <si>
     <t>Taksanont</t>
   </si>
@@ -1372,130 +1372,130 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>118394</v>
+        <v>118587</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>120</v>
+        <v>700336</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L6" s="2">
-        <v>225</v>
+        <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>118587</v>
+        <v>118394</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>700336</v>
+        <v>120</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L7" s="2">
-        <v>325</v>
+        <v>225</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>112073</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
         <v>255</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>38</v>
       </c>
@@ -2082,130 +2082,130 @@
       </c>
       <c r="H22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="2">
         <v>17</v>
       </c>
       <c r="J22" s="2">
         <v>14</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>170</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>111845</v>
+        <v>118599</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>239</v>
+        <v>700448</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="I23" s="2">
         <v>18</v>
       </c>
       <c r="J23" s="2">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="K23" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L23" s="2">
-        <v>300</v>
+        <v>160</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>118599</v>
+        <v>111845</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>700448</v>
+        <v>239</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>16</v>
+        <v>85</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="I24" s="2">
         <v>18</v>
       </c>
       <c r="J24" s="2">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="K24" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L24" s="2">
-        <v>160</v>
+        <v>300</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>118600</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>700225</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>89</v>
       </c>
@@ -2250,130 +2250,130 @@
       </c>
       <c r="H26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I26" s="2">
         <v>20</v>
       </c>
       <c r="J26" s="2">
         <v>17</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
         <v>140</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>118395</v>
+        <v>118602</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>121</v>
+        <v>700511</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>53</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I27" s="2">
         <v>21</v>
       </c>
       <c r="J27" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K27" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L27" s="2">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>118602</v>
+        <v>118395</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>700511</v>
+        <v>121</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>53</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I28" s="2">
         <v>21</v>
       </c>
       <c r="J28" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K28" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L28" s="2">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
         <v>118603</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
         <v>700476</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>101</v>
       </c>
@@ -3059,51 +3059,51 @@
       <c r="L45" s="2">
         <v>40</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>101867</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>700236</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>53</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>152</v>
       </c>
       <c r="I46" s="2">
         <v>38</v>
       </c>
       <c r="J46" s="2">
         <v>7</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
         <v>240</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>340</v>
       </c>