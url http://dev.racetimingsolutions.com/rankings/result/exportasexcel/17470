--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -56,87 +56,87 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Nadine</t>
+  </si>
+  <si>
+    <t>Listyani</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>6:16:45.2</t>
+  </si>
+  <si>
+    <t>Umi</t>
+  </si>
+  <si>
+    <t>Rinasari</t>
+  </si>
+  <si>
+    <t>6:29:53.8</t>
+  </si>
+  <si>
     <t>Ronja</t>
   </si>
   <si>
     <t>Jedro</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...4 lines deleted...]
-  <si>
     <t>6:23:38.3</t>
   </si>
   <si>
     <t>LUSIANA</t>
   </si>
   <si>
     <t>6:29:40.4</t>
-  </si>
-[...16 lines deleted...]
-    <t>6:29:53.8</t>
   </si>
   <si>
     <t>Mohamad</t>
   </si>
   <si>
     <t>Affindi Bin Nudin</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>02:49:41.999999999998</t>
   </si>
   <si>
     <t>Darren</t>
   </si>
   <si>
     <t>Southcott</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
@@ -1144,212 +1144,212 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>118964</v>
+        <v>118963</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>1113</v>
+        <v>1153</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>0</v>
       </c>
       <c r="J2" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>118965</v>
-[...1 lines deleted...]
-      <c r="B3" s="2"/>
+        <v>118966</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>19</v>
+      </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>1035</v>
+        <v>1005</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I3" s="2">
         <v>0</v>
       </c>
       <c r="J3" s="2">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>118963</v>
+        <v>118964</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>1153</v>
+        <v>1113</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I4" s="2">
         <v>0</v>
       </c>
       <c r="J4" s="2">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>118966</v>
-[...3 lines deleted...]
-      </c>
+        <v>118965</v>
+      </c>
+      <c r="B5" s="2"/>
       <c r="C5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>1005</v>
+        <v>1035</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I5" s="2">
         <v>0</v>
       </c>
       <c r="J5" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>105187</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>1145</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>31</v>
       </c>