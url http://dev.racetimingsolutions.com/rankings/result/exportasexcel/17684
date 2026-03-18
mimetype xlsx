--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -83,242 +83,242 @@
   <si>
     <t>Amat</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>23:23:12</t>
   </si>
   <si>
     <t>Tran</t>
   </si>
   <si>
     <t>Duy Quang</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>25:02:24.999999999956</t>
   </si>
   <si>
+    <t>Si Hieu</t>
+  </si>
+  <si>
+    <t>Nguyễn</t>
+  </si>
+  <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>27:19:24</t>
   </si>
   <si>
-    <t>Si Hieu</t>
-[...4 lines deleted...]
-  <si>
     <t>Muhammad Yusuf</t>
   </si>
   <si>
     <t>Aprian</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>25:58:39.999999999956</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t>Iskandar</t>
   </si>
   <si>
     <t>28:00:36</t>
   </si>
   <si>
     <t>Rachmat</t>
   </si>
   <si>
     <t>Septiyanto</t>
   </si>
   <si>
     <t>29:08:39</t>
   </si>
   <si>
     <t>27:47:16.999999999985</t>
   </si>
   <si>
+    <t>Asuka</t>
+  </si>
+  <si>
+    <t>Nakajima</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>29:31:30</t>
+  </si>
+  <si>
     <t>Fikri</t>
   </si>
   <si>
     <t>Audi Yazid</t>
   </si>
   <si>
     <t>28:25:16</t>
   </si>
   <si>
-    <t>Asuka</t>
-[...8 lines deleted...]
-    <t>29:31:30</t>
+    <t xml:space="preserve">Antonius Adi </t>
+  </si>
+  <si>
+    <t>Winarko</t>
+  </si>
+  <si>
+    <t>30:18:13</t>
   </si>
   <si>
     <t>Hadi</t>
   </si>
   <si>
     <t>Mustofa</t>
   </si>
   <si>
     <t>29:48:51</t>
   </si>
   <si>
-    <t xml:space="preserve">Antonius Adi </t>
-[...5 lines deleted...]
-    <t>30:18:13</t>
+    <t>Jeffery</t>
+  </si>
+  <si>
+    <t>Anak Budin</t>
+  </si>
+  <si>
+    <t>30:49:16</t>
   </si>
   <si>
     <t>Fuminori</t>
   </si>
   <si>
     <t>Kondo</t>
   </si>
   <si>
     <t>30:26:48.999999999985</t>
   </si>
   <si>
-    <t>Jeffery</t>
-[...5 lines deleted...]
-    <t>30:49:16</t>
+    <t>Aris Sopiandi</t>
+  </si>
+  <si>
+    <t>Muklis</t>
+  </si>
+  <si>
+    <t>31:08:34</t>
   </si>
   <si>
     <t>Shindy</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>31:11:7.9999999999854</t>
   </si>
   <si>
-    <t>Aris Sopiandi</t>
-[...7 lines deleted...]
-  <si>
     <t>Mahdy</t>
   </si>
   <si>
     <t>Zia Uzzaman</t>
   </si>
   <si>
     <t>31:08:41</t>
   </si>
   <si>
     <t>Rudi</t>
   </si>
   <si>
     <t>Gumilar</t>
   </si>
   <si>
     <t>31:56:42.000000000029</t>
   </si>
   <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Wahyu S</t>
+  </si>
+  <si>
+    <t>31:58:55.000000000044</t>
+  </si>
+  <si>
     <t>Siokhar</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>31:48:47</t>
   </si>
   <si>
-    <t>David</t>
-[...7 lines deleted...]
-  <si>
     <t>32:08:30</t>
   </si>
   <si>
     <t>Andre</t>
   </si>
   <si>
     <t>Barlian</t>
   </si>
   <si>
     <t>32:06:43</t>
   </si>
   <si>
+    <t>Fikry</t>
+  </si>
+  <si>
+    <t>Sakti Firmansyah</t>
+  </si>
+  <si>
+    <t>32:06:45</t>
+  </si>
+  <si>
     <t>Abdul Rahman</t>
   </si>
   <si>
     <t>Muhammad Ishak</t>
   </si>
   <si>
     <t>32:24:50.000000000029</t>
   </si>
   <si>
-    <t>Fikry</t>
-[...7 lines deleted...]
-  <si>
     <t>Tony</t>
   </si>
   <si>
     <t>Gunawan</t>
   </si>
   <si>
     <t>32:38:28.999999999985</t>
   </si>
   <si>
     <t>Sri</t>
   </si>
   <si>
     <t>Wahyuni</t>
   </si>
   <si>
     <t>32:09:07</t>
   </si>
   <si>
     <t>Samsudin</t>
   </si>
   <si>
     <t>T</t>
   </si>
   <si>
     <t>33:07:57.999999999971</t>
@@ -389,138 +389,138 @@
   <si>
     <t xml:space="preserve"> Cahyono</t>
   </si>
   <si>
     <t>33:20:14</t>
   </si>
   <si>
     <t xml:space="preserve">Trung Hieu </t>
   </si>
   <si>
     <t>Dang</t>
   </si>
   <si>
     <t>33:36:04</t>
   </si>
   <si>
     <t>Mohd Azmi</t>
   </si>
   <si>
     <t xml:space="preserve"> Erip Bin Mat Usof</t>
   </si>
   <si>
     <t>33:23:41</t>
   </si>
   <si>
+    <t>Mulyono</t>
+  </si>
+  <si>
+    <t>Wijoyo</t>
+  </si>
+  <si>
+    <t>33:38:30</t>
+  </si>
+  <si>
     <t>Van Da</t>
   </si>
   <si>
     <t>Bui</t>
   </si>
   <si>
     <t>33:36:8.0000000000582</t>
   </si>
   <si>
-    <t>Mulyono</t>
-[...5 lines deleted...]
-    <t>33:38:30</t>
+    <t>Sumit</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Agarwal</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>33:46:42</t>
   </si>
   <si>
     <t>Muhammad</t>
   </si>
   <si>
     <t>Ilham</t>
   </si>
   <si>
     <t>33:57:30.000000000029</t>
   </si>
   <si>
-    <t>Sumit</t>
-[...10 lines deleted...]
-  <si>
     <t>Dendi</t>
   </si>
   <si>
     <t>Dwitiandi</t>
   </si>
   <si>
     <t>33:51:12</t>
   </si>
   <si>
     <t>F Eri</t>
   </si>
   <si>
     <t>Wibowo</t>
   </si>
   <si>
     <t>34:03:11.000000000015</t>
   </si>
   <si>
+    <t>Machmud</t>
+  </si>
+  <si>
+    <t>34:35:39.999999999985</t>
+  </si>
+  <si>
     <t>Wiedho</t>
   </si>
   <si>
     <t>Widiantoro</t>
   </si>
   <si>
     <t>33:56:07</t>
   </si>
   <si>
-    <t>Machmud</t>
-[...2 lines deleted...]
-    <t>34:35:39.999999999985</t>
+    <t>Nino</t>
+  </si>
+  <si>
+    <t>Laksana</t>
+  </si>
+  <si>
+    <t>34:08:53</t>
   </si>
   <si>
     <t>Koseno</t>
   </si>
   <si>
     <t>Lauw</t>
   </si>
   <si>
     <t>34:36:37.999999999956</t>
-  </si>
-[...7 lines deleted...]
-    <t>34:08:53</t>
   </si>
   <si>
     <t>Ahmad</t>
   </si>
   <si>
     <t>Azri Zainal</t>
   </si>
   <si>
     <t>34:18:25</t>
   </si>
   <si>
     <t>Shahrin Faiz Bin Roslan</t>
   </si>
   <si>
     <t>34:18:41</t>
   </si>
   <si>
     <t>Yim Heng</t>
   </si>
   <si>
     <t>Fatt</t>
   </si>
   <si>
     <t>34:18:56</t>
   </si>
@@ -1093,130 +1093,130 @@
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>107989</v>
+        <v>111797</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>0</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>111797</v>
+        <v>107989</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>45</v>
+        <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L5" s="2">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>450</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>107629</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>9</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>32</v>
       </c>
@@ -1343,382 +1343,382 @@
       </c>
       <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>111662</v>
+        <v>113076</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K10" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L10" s="2">
-        <v>275</v>
+        <v>400</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>113076</v>
+        <v>111662</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K11" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>400</v>
+        <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>101051</v>
+        <v>113079</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K12" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L12" s="2">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>113079</v>
+        <v>101051</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K13" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L13" s="2">
-        <v>250</v>
+        <v>275</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>113074</v>
+        <v>105191</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K14" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L14" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>105191</v>
+        <v>113074</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K15" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L15" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>100987</v>
+        <v>102696</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K16" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L16" s="2">
-        <v>400</v>
+        <v>240</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102696</v>
+        <v>100987</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K17" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L17" s="2">
-        <v>240</v>
+        <v>400</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>102418</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>43</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>67</v>
       </c>
@@ -1763,141 +1763,141 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>8</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>230</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>103137</v>
+        <v>114719</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>68</v>
+        <v>5</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K20" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>350</v>
+        <v>220</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>114719</v>
+        <v>103137</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K21" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L21" s="2">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>101051</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>28</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>10</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>210</v>
@@ -1931,130 +1931,130 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>9</v>
       </c>
       <c r="K23" s="2">
         <v>150</v>
       </c>
       <c r="L23" s="2">
         <v>220</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>110237</v>
+        <v>107024</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K24" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L24" s="2">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>107024</v>
+        <v>110237</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K25" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L25" s="2">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>119092</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>16</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>89</v>
       </c>
@@ -2073,51 +2073,51 @@
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
         <v>102037</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
         <v>9</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>3</v>
       </c>
       <c r="K27" s="2">
         <v>150</v>
       </c>
       <c r="L27" s="2">
         <v>325</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
@@ -2519,214 +2519,214 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>150</v>
       </c>
       <c r="L37" s="2">
         <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>119094</v>
+        <v>109784</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K38" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L38" s="2">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>109784</v>
+        <v>119094</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>119095</v>
+        <v>114707</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>31</v>
+        <v>133</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K40" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L40" s="2">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>114707</v>
+        <v>119095</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>136</v>
+        <v>31</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="K41" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>108406</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>22</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>140</v>
       </c>
@@ -2771,264 +2771,264 @@
       </c>
       <c r="H43" s="2" t="s">
         <v>143</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>20</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>110</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>102740</v>
+        <v>101409</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C44" s="2" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K44" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L44" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>101409</v>
+        <v>102740</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>74</v>
+        <v>146</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="K45" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L45" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>100991</v>
+        <v>107143</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K46" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L46" s="2">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>107143</v>
+        <v>100991</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K47" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>109289</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>13</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>157</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
         <v>21</v>
       </c>
       <c r="K48" s="2">
         <v>150</v>
       </c>
       <c r="L48" s="2">
         <v>100</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>105233</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>52</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>159</v>
       </c>
       <c r="I49" s="2">
         <v>25</v>
       </c>
       <c r="J49" s="2">
         <v>22</v>
       </c>
       <c r="K49" s="2">
         <v>150</v>
@@ -3081,51 +3081,51 @@
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>248</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
         <v>112344</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
         <v>21</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>165</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>166</v>
       </c>
       <c r="I51" s="2">
         <v>27</v>
       </c>
       <c r="J51" s="2">
         <v>4</v>
       </c>
       <c r="K51" s="2">
         <v>150</v>
       </c>
       <c r="L51" s="2">
         <v>300</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
@@ -3165,51 +3165,51 @@
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>247</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>103548</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
         <v>29</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>172</v>
       </c>
       <c r="I53" s="2">
         <v>29</v>
       </c>
       <c r="J53" s="2">
         <v>5</v>
       </c>
       <c r="K53" s="2">
         <v>150</v>
       </c>
       <c r="L53" s="2">
         <v>275</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
@@ -3331,51 +3331,51 @@
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>244</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
         <v>104730</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
         <v>37</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>183</v>
       </c>
       <c r="I57" s="2">
         <v>33</v>
       </c>
       <c r="J57" s="2">
         <v>6</v>
       </c>
       <c r="K57" s="2">
         <v>150</v>
       </c>
       <c r="L57" s="2">
         <v>250</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>400</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>