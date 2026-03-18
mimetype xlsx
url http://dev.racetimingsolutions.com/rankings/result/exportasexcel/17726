--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -56,210 +56,210 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Wan Azzahziah</t>
+  </si>
+  <si>
+    <t>Binti Wan Ahmad</t>
+  </si>
+  <si>
+    <t>B0319</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>24:13:2.7629999999626</t>
+  </si>
+  <si>
+    <t>YEOK HUN</t>
+  </si>
+  <si>
+    <t>BOH</t>
+  </si>
+  <si>
+    <t>D0809</t>
+  </si>
+  <si>
+    <t>25:32:28.409999999974</t>
+  </si>
+  <si>
+    <t>SUSIE</t>
+  </si>
+  <si>
+    <t>LAI</t>
+  </si>
+  <si>
+    <t>赖苏西</t>
+  </si>
+  <si>
+    <t>D0810</t>
+  </si>
+  <si>
+    <t>26:14:50.969999999987</t>
+  </si>
+  <si>
+    <t>CHOW</t>
+  </si>
+  <si>
+    <t>BONNIE</t>
+  </si>
+  <si>
+    <t>D0817</t>
+  </si>
+  <si>
+    <t>26:21:21.246999999959</t>
+  </si>
+  <si>
+    <t>Sue Phin</t>
+  </si>
+  <si>
+    <t>Yeam</t>
+  </si>
+  <si>
+    <t>B0317</t>
+  </si>
+  <si>
+    <t>24:13:3.109999999986</t>
+  </si>
+  <si>
+    <t>CHEE LAI MAY</t>
+  </si>
+  <si>
+    <t>LIM</t>
+  </si>
+  <si>
+    <t>D0808</t>
+  </si>
+  <si>
+    <t>24:41:2.6930000000284</t>
+  </si>
+  <si>
+    <t>NORHAMIZA</t>
+  </si>
+  <si>
+    <t>MOHD RODZI</t>
+  </si>
+  <si>
+    <t>B0311</t>
+  </si>
+  <si>
+    <t>25:54:20.343000000037</t>
+  </si>
+  <si>
+    <t>ZEN</t>
+  </si>
+  <si>
+    <t>LEW</t>
+  </si>
+  <si>
+    <t>D0806</t>
+  </si>
+  <si>
+    <t>26:17:3.946999999971</t>
+  </si>
+  <si>
+    <t>Yvette Mi Chin</t>
+  </si>
+  <si>
+    <t>Chong</t>
+  </si>
+  <si>
+    <t>B0302</t>
+  </si>
+  <si>
+    <t>26:37:9.0200000000041</t>
+  </si>
+  <si>
+    <t>WEI WEI</t>
+  </si>
+  <si>
+    <t>WONG</t>
+  </si>
+  <si>
+    <t>D0820</t>
+  </si>
+  <si>
+    <t>25:22:5.5599999999686</t>
+  </si>
+  <si>
+    <t>NOORAZLIZA</t>
+  </si>
+  <si>
+    <t>AB AZIZ</t>
+  </si>
+  <si>
+    <t>B0310</t>
+  </si>
+  <si>
+    <t>26:14:40.806999999972</t>
+  </si>
+  <si>
     <t>MEE HEE</t>
   </si>
   <si>
-    <t>WONG</t>
-[...1 lines deleted...]
-  <si>
     <t>B0301</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...4 lines deleted...]
-  <si>
     <t>26:20:35.709999999963</t>
   </si>
   <si>
     <t>LEE LEE</t>
   </si>
   <si>
     <t>TAN</t>
   </si>
   <si>
     <t>D0801</t>
   </si>
   <si>
     <t>26:37:22.573000000004</t>
-  </si>
-[...130 lines deleted...]
-    <t>26:14:40.806999999972</t>
   </si>
   <si>
     <t>Hisashi</t>
   </si>
   <si>
     <t>Kitamura</t>
   </si>
   <si>
     <t>A0106</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>12:01:7.2600000000093</t>
   </si>
   <si>
     <t>Daved</t>
   </si>
   <si>
     <t>Simpat</t>
   </si>
@@ -1426,592 +1426,592 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>119146</v>
+        <v>105393</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="2">
         <v>0</v>
       </c>
       <c r="J2" s="2">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
-        <v>90</v>
+        <v>180</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>119149</v>
+        <v>119142</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="2">
         <v>0</v>
       </c>
       <c r="J3" s="2">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>105393</v>
+        <v>109320</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="s">
+        <v>26</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I4" s="2">
         <v>0</v>
       </c>
       <c r="J4" s="2">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
-        <v>180</v>
+        <v>110</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>119142</v>
+        <v>119147</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I5" s="2">
         <v>0</v>
       </c>
       <c r="J5" s="2">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
-        <v>140</v>
+        <v>80</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>109320</v>
+        <v>109936</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D6" s="2" t="s">
         <v>34</v>
       </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F6" s="2"/>
       <c r="G6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="2">
         <v>0</v>
       </c>
       <c r="J6" s="2">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
-        <v>110</v>
+        <v>170</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>119147</v>
+        <v>117677</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="2">
         <v>0</v>
       </c>
       <c r="J7" s="2">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>109936</v>
+        <v>119143</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="F8" s="2"/>
+      <c r="F8" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="G8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="2">
         <v>0</v>
       </c>
       <c r="J8" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
-        <v>170</v>
+        <v>130</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>117677</v>
+        <v>119145</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I9" s="2">
         <v>0</v>
       </c>
       <c r="J9" s="2">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>119143</v>
+        <v>117649</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I10" s="2">
         <v>0</v>
       </c>
       <c r="J10" s="2">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L10" s="2">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>230</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>119145</v>
+        <v>119141</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I11" s="2">
         <v>0</v>
       </c>
       <c r="J11" s="2">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>117649</v>
+        <v>119144</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I12" s="2">
         <v>0</v>
       </c>
       <c r="J12" s="2">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K12" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L12" s="2">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>0</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>119141</v>
+        <v>119146</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I13" s="2">
         <v>0</v>
       </c>
       <c r="J13" s="2">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
-        <v>150</v>
+        <v>90</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>119144</v>
+        <v>119149</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I14" s="2">
         <v>0</v>
       </c>
       <c r="J14" s="2">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>107989</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>73</v>
       </c>