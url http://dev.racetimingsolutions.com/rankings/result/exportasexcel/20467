--- v0 (2025-10-24)
+++ v1 (2025-12-19)
@@ -296,69 +296,69 @@
   <si>
     <t>Aurore</t>
   </si>
   <si>
     <t>DACIER</t>
   </si>
   <si>
     <t>G1860</t>
   </si>
   <si>
     <t>6:53:46</t>
   </si>
   <si>
     <t>Mohamad</t>
   </si>
   <si>
     <t>Affindi Bin Nudin</t>
   </si>
   <si>
     <t>E1121</t>
   </si>
   <si>
     <t>06:51:48.999999999996</t>
   </si>
   <si>
+    <t>Goodwin</t>
+  </si>
+  <si>
+    <t>F1397</t>
+  </si>
+  <si>
+    <t>07:10:6.0000000000036</t>
+  </si>
+  <si>
     <t>Amir Zaki</t>
   </si>
   <si>
     <t>Amran</t>
   </si>
   <si>
     <t>E1281</t>
   </si>
   <si>
     <t>6:57:01</t>
-  </si>
-[...7 lines deleted...]
-    <t>07:10:6.0000000000036</t>
   </si>
   <si>
     <t>MUHAMMAD HAZIM SOID</t>
   </si>
   <si>
     <t>E1290</t>
   </si>
   <si>
     <t>7:06:32</t>
   </si>
   <si>
     <t>Fuminori</t>
   </si>
   <si>
     <t>Kondo</t>
   </si>
   <si>
     <t>F1386</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>07:13:47</t>
   </si>
@@ -2470,130 +2470,130 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>8</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>230</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>117542</v>
+        <v>110133</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C20" s="2" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H20" s="2" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>9</v>
       </c>
       <c r="K20" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>0</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>110133</v>
+        <v>117542</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>9</v>
       </c>
       <c r="K21" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L21" s="2">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>320</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>122987</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>103</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>