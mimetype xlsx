--- v1 (2025-12-19)
+++ v2 (2026-03-18)
@@ -62,179 +62,179 @@
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
     <t>John Ray</t>
   </si>
   <si>
     <t>Onifa</t>
   </si>
   <si>
+    <t>E1315</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>5:32:25</t>
+  </si>
+  <si>
     <t>E1154</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...4 lines deleted...]
-  <si>
     <t>05:12:11.000000000004</t>
   </si>
   <si>
-    <t>E1315</t>
-[...4 lines deleted...]
-  <si>
     <t>Daved</t>
   </si>
   <si>
     <t>Simpat</t>
   </si>
   <si>
     <t>F1347</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>05:45:51</t>
   </si>
   <si>
     <t>Milton</t>
   </si>
   <si>
     <t>Amat</t>
   </si>
   <si>
     <t>F1772</t>
   </si>
   <si>
     <t>5:36:03</t>
   </si>
   <si>
+    <t>Arnie</t>
+  </si>
+  <si>
+    <t>Macaneras</t>
+  </si>
+  <si>
+    <t>E1153</t>
+  </si>
+  <si>
+    <t>06:23:50.999999999996</t>
+  </si>
+  <si>
     <t>Kristian</t>
   </si>
   <si>
     <t>Joergensen</t>
   </si>
   <si>
     <t>E1306</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>5:38:16</t>
   </si>
   <si>
-    <t>Arnie</t>
-[...8 lines deleted...]
-    <t>06:23:50.999999999996</t>
+    <t>Wilsen</t>
+  </si>
+  <si>
+    <t>Singgin</t>
+  </si>
+  <si>
+    <t>E1303</t>
+  </si>
+  <si>
+    <t>6:11:26</t>
   </si>
   <si>
     <t>Mark Bryan G.</t>
   </si>
   <si>
     <t>Grey</t>
   </si>
   <si>
     <t>E1159</t>
   </si>
   <si>
     <t>06:35:57</t>
   </si>
   <si>
-    <t>Wilsen</t>
-[...8 lines deleted...]
-    <t>6:11:26</t>
+    <t>Eszter</t>
+  </si>
+  <si>
+    <t>Csillag</t>
+  </si>
+  <si>
+    <t>G1548</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>06:40:8.9999999999964</t>
   </si>
   <si>
     <t>Aman</t>
   </si>
   <si>
     <t>MEHLA</t>
   </si>
   <si>
     <t>E1326</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>6:13:02</t>
   </si>
   <si>
-    <t>Eszter</t>
-[...16 lines deleted...]
-  <si>
     <t>Alessandro</t>
   </si>
   <si>
     <t>Sherpa</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>06:40:10</t>
   </si>
   <si>
     <t>Yakov</t>
   </si>
   <si>
     <t>Kozlov</t>
   </si>
   <si>
     <t>F1753</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>6:35:38</t>
@@ -272,191 +272,191 @@
   <si>
     <t>BAHAK</t>
   </si>
   <si>
     <t>E1165</t>
   </si>
   <si>
     <t>6:48:27</t>
   </si>
   <si>
     <t>Herve</t>
   </si>
   <si>
     <t>Huguenot</t>
   </si>
   <si>
     <t>F1346</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>06:50:41.999999999996</t>
   </si>
   <si>
+    <t>Mohamad</t>
+  </si>
+  <si>
+    <t>Affindi Bin Nudin</t>
+  </si>
+  <si>
+    <t>E1121</t>
+  </si>
+  <si>
+    <t>06:51:48.999999999996</t>
+  </si>
+  <si>
     <t>Aurore</t>
   </si>
   <si>
     <t>DACIER</t>
   </si>
   <si>
     <t>G1860</t>
   </si>
   <si>
     <t>6:53:46</t>
   </si>
   <si>
-    <t>Mohamad</t>
-[...10 lines deleted...]
-  <si>
     <t>Goodwin</t>
   </si>
   <si>
     <t>F1397</t>
   </si>
   <si>
     <t>07:10:6.0000000000036</t>
   </si>
   <si>
     <t>Amir Zaki</t>
   </si>
   <si>
     <t>Amran</t>
   </si>
   <si>
     <t>E1281</t>
   </si>
   <si>
     <t>6:57:01</t>
   </si>
   <si>
     <t>MUHAMMAD HAZIM SOID</t>
   </si>
   <si>
     <t>E1290</t>
   </si>
   <si>
     <t>7:06:32</t>
   </si>
   <si>
     <t>Fuminori</t>
   </si>
   <si>
     <t>Kondo</t>
   </si>
   <si>
     <t>F1386</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>07:13:47</t>
   </si>
   <si>
+    <t>Alexander</t>
+  </si>
+  <si>
+    <t>Tilley</t>
+  </si>
+  <si>
+    <t>F1230</t>
+  </si>
+  <si>
+    <t>07:15:49.999999999996</t>
+  </si>
+  <si>
     <t>Jeffery</t>
   </si>
   <si>
     <t>Anak Budin</t>
   </si>
   <si>
     <t>F1774</t>
   </si>
   <si>
     <t>7:14:46</t>
   </si>
   <si>
-    <t>Alexander</t>
-[...8 lines deleted...]
-    <t>07:15:49.999999999996</t>
+    <t>Gregory</t>
+  </si>
+  <si>
+    <t>CHOW</t>
+  </si>
+  <si>
+    <t>E1118</t>
+  </si>
+  <si>
+    <t>07:59:56.999999999996</t>
   </si>
   <si>
     <t>MOHD.AMINUDDIN MUSA</t>
   </si>
   <si>
     <t>E1096</t>
   </si>
   <si>
     <t>7:20:36</t>
   </si>
   <si>
-    <t>Gregory</t>
-[...8 lines deleted...]
-    <t>07:59:56.999999999996</t>
+    <t>Rashila</t>
+  </si>
+  <si>
+    <t>Tamang</t>
+  </si>
+  <si>
+    <t>G1880</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t>7:27:18</t>
   </si>
   <si>
     <t>Alex Too</t>
   </si>
   <si>
     <t xml:space="preserve">SIEW YIK </t>
   </si>
   <si>
     <t>E1043</t>
   </si>
   <si>
     <t>08:00:17</t>
   </si>
   <si>
-    <t>Rashila</t>
-[...13 lines deleted...]
-  <si>
     <t>Bo Young</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>G1881</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>7:27:43</t>
   </si>
   <si>
     <t>SUI LOONG FONG</t>
   </si>
   <si>
     <t>F1325</t>
   </si>
   <si>
     <t>08:04:42</t>
   </si>
   <si>
     <t>Siang Wong</t>
@@ -506,71 +506,71 @@
   <si>
     <t>7:41:17</t>
   </si>
   <si>
     <t>Chhoki</t>
   </si>
   <si>
     <t>G1879</t>
   </si>
   <si>
     <t>7:45:07</t>
   </si>
   <si>
     <t>Bryan</t>
   </si>
   <si>
     <t>YEOH ZHI YONG</t>
   </si>
   <si>
     <t>E1123</t>
   </si>
   <si>
     <t>08:22:18.000000000004</t>
   </si>
   <si>
+    <t>CHOON FOONG YAP</t>
+  </si>
+  <si>
+    <t>E1127</t>
+  </si>
+  <si>
+    <t>08:23:3.0000000000036</t>
+  </si>
+  <si>
     <t>Marjones</t>
   </si>
   <si>
     <t>Abugan</t>
   </si>
   <si>
     <t>E1317</t>
   </si>
   <si>
     <t>7:49:45</t>
   </si>
   <si>
-    <t>CHOON FOONG YAP</t>
-[...7 lines deleted...]
-  <si>
     <t>Mei Tze</t>
   </si>
   <si>
     <t>Chong</t>
   </si>
   <si>
     <t>H2007</t>
   </si>
   <si>
     <t>7:52:33</t>
   </si>
   <si>
     <t>KIAN VOON CHONG</t>
   </si>
   <si>
     <t>F1272</t>
   </si>
   <si>
     <t>08:33:0.99999999999272</t>
   </si>
   <si>
     <t>Syahmim Nazmy</t>
   </si>
   <si>
     <t>E1297</t>
@@ -686,131 +686,131 @@
   <si>
     <t>RAJA MUHAMMAD ARIFFIN RAJA HISAAM</t>
   </si>
   <si>
     <t>E1119</t>
   </si>
   <si>
     <t>08:50:57</t>
   </si>
   <si>
     <t>Lem Chee</t>
   </si>
   <si>
     <t>Ng</t>
   </si>
   <si>
     <t>F1700</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>8:15:43</t>
   </si>
   <si>
+    <t>E1116</t>
+  </si>
+  <si>
+    <t>08:50:55.999999999996</t>
+  </si>
+  <si>
     <t>WENG FAI YIM</t>
   </si>
   <si>
     <t>E1134</t>
   </si>
   <si>
     <t>8:19:01</t>
   </si>
   <si>
-    <t>E1116</t>
-[...2 lines deleted...]
-    <t>08:50:55.999999999996</t>
+    <t>KEAN BOON YEOH</t>
+  </si>
+  <si>
+    <t>F1634</t>
+  </si>
+  <si>
+    <t>8:20:04</t>
   </si>
   <si>
     <t>ADAN MOHD ALI</t>
   </si>
   <si>
     <t>E1011</t>
   </si>
   <si>
     <t>08:57:48</t>
   </si>
   <si>
-    <t>KEAN BOON YEOH</t>
-[...7 lines deleted...]
-  <si>
     <t>F1578</t>
   </si>
   <si>
     <t>8:23:01</t>
   </si>
   <si>
     <t>PUI WENG LAI</t>
   </si>
   <si>
     <t>F1389</t>
   </si>
   <si>
     <t>09:00:17.000000000007</t>
   </si>
   <si>
+    <t>KAR KEONG ONG</t>
+  </si>
+  <si>
+    <t>F1391</t>
+  </si>
+  <si>
+    <t>09:03:47</t>
+  </si>
+  <si>
     <t>YEW YUN YAM</t>
   </si>
   <si>
     <t>F1543</t>
   </si>
   <si>
     <t>8:23:17</t>
   </si>
   <si>
-    <t>KAR KEONG ONG</t>
-[...5 lines deleted...]
-    <t>09:03:47</t>
+    <t>E1143</t>
+  </si>
+  <si>
+    <t>8:24:54</t>
   </si>
   <si>
     <t>HADDAFI HAMIDUN</t>
   </si>
   <si>
     <t>E1073</t>
   </si>
   <si>
     <t>09:06:40.000000000007</t>
   </si>
   <si>
-    <t>E1143</t>
-[...4 lines deleted...]
-  <si>
     <t>MUHAMMAD SAIFUL ADLI AZMI</t>
   </si>
   <si>
     <t>E1051</t>
   </si>
   <si>
     <t>09:07:13</t>
   </si>
   <si>
     <t>Syarifah</t>
   </si>
   <si>
     <t>BALQIS SYED HAMZAH</t>
   </si>
   <si>
     <t>G1514</t>
   </si>
   <si>
     <t>09:08:19.999999999993</t>
   </si>
   <si>
     <t>Norasikin</t>
   </si>
   <si>
     <t>AHMAD RAMLI</t>
@@ -866,74 +866,74 @@
   <si>
     <t>F1295</t>
   </si>
   <si>
     <t>09:29:42</t>
   </si>
   <si>
     <t>WU CHUAN FOO</t>
   </si>
   <si>
     <t>E1065</t>
   </si>
   <si>
     <t>09:36:06</t>
   </si>
   <si>
     <t>BENJAMIN MUNTIOL</t>
   </si>
   <si>
     <t>F1276</t>
   </si>
   <si>
     <t>09:36:59.000000000007</t>
   </si>
   <si>
+    <t>Soo Min</t>
+  </si>
+  <si>
+    <t>CHING</t>
+  </si>
+  <si>
+    <t>H1623</t>
+  </si>
+  <si>
+    <t>09:36:51</t>
+  </si>
+  <si>
     <t>Nurazlina Razali</t>
   </si>
   <si>
     <t>Ml</t>
   </si>
   <si>
     <t>H1914</t>
   </si>
   <si>
     <t>8:55:07</t>
   </si>
   <si>
-    <t>Soo Min</t>
-[...10 lines deleted...]
-  <si>
     <t>KHOR CHOON HOE</t>
   </si>
   <si>
     <t>F1323</t>
   </si>
   <si>
     <t>09:37:22</t>
   </si>
   <si>
     <t>Nur Haafidzah</t>
   </si>
   <si>
     <t>Binti Abdul Aziz</t>
   </si>
   <si>
     <t>G1874</t>
   </si>
   <si>
     <t>8:57:20</t>
   </si>
   <si>
     <t>HAMIRUL FAIZ SAPAI</t>
   </si>
   <si>
     <t>E1125</t>
@@ -959,69 +959,69 @@
   <si>
     <t>E1058</t>
   </si>
   <si>
     <t>09:43:19</t>
   </si>
   <si>
     <t>YEOK HUN BOH</t>
   </si>
   <si>
     <t>H1614</t>
   </si>
   <si>
     <t>09:45:9.0000000000073</t>
   </si>
   <si>
     <t>SHAROL NIZAM IMRAM</t>
   </si>
   <si>
     <t>E1120</t>
   </si>
   <si>
     <t>09:47:02</t>
   </si>
   <si>
+    <t xml:space="preserve">Pei Wah </t>
+  </si>
+  <si>
+    <t>Lim</t>
+  </si>
+  <si>
+    <t>H1955</t>
+  </si>
+  <si>
+    <t>9:15:28</t>
+  </si>
+  <si>
     <t>MOHD HAKIME ROSLE</t>
   </si>
   <si>
     <t>E1112</t>
   </si>
   <si>
     <t>09:52:22</t>
-  </si>
-[...10 lines deleted...]
-    <t>9:15:28</t>
   </si>
   <si>
     <t>KRYSTAL KHAW</t>
   </si>
   <si>
     <t>G1518</t>
   </si>
   <si>
     <t>09:52:51</t>
   </si>
   <si>
     <t>MUHAMMAD SYIHABUDDIN SUBLE</t>
   </si>
   <si>
     <t>E1114</t>
   </si>
   <si>
     <t>09:53:28</t>
   </si>
   <si>
     <t>NORAINI ABU</t>
   </si>
   <si>
     <t>G1502</t>
   </si>
@@ -1742,102 +1742,102 @@
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L2" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
         <v>105827</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L3" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
         <v>110127</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
@@ -1882,298 +1882,298 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>101965</v>
+        <v>112241</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H6" s="2" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
         <v>325</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>112241</v>
+        <v>101965</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>113577</v>
+        <v>110128</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
         <v>4</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
         <v>300</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>110128</v>
+        <v>113577</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>122984</v>
+        <v>114883</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
-        <v>275</v>
+        <v>400</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>114883</v>
+        <v>122984</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>400</v>
+        <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>106207</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
         <v>8011</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>62</v>
       </c>
@@ -2386,130 +2386,130 @@
       </c>
       <c r="H17" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>122986</v>
+        <v>105187</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>105187</v>
+        <v>122986</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
-        <v>230</v>
+        <v>400</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>110133</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>96</v>
       </c>
@@ -2636,317 +2636,317 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>10</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
         <v>210</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>105191</v>
+        <v>121305</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
         <v>11</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
         <v>200</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>121305</v>
+        <v>105191</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>116</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>11</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>200</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>122988</v>
-[...1 lines deleted...]
-      <c r="B26" s="2"/>
+        <v>121306</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>117</v>
+      </c>
       <c r="C26" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
         <v>190</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>121306</v>
-[...3 lines deleted...]
-      </c>
+        <v>122988</v>
+      </c>
+      <c r="B27" s="2"/>
       <c r="C27" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>123</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>12</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
         <v>190</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>121307</v>
+        <v>122110</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>25</v>
+        <v>127</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>180</v>
+        <v>350</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>122110</v>
+        <v>121307</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>131</v>
+        <v>25</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>132</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>350</v>
+        <v>180</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>102050</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
         <v>3</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>325</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
@@ -3147,54 +3147,54 @@
       <c r="L35" s="2">
         <v>170</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>122112</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>159</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
         <v>4</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
         <v>300</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
@@ -3218,149 +3218,149 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>17</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>140</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>122991</v>
-[...1 lines deleted...]
-      <c r="B38" s="2" t="s">
+        <v>121311</v>
+      </c>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H38" s="2" t="s">
         <v>166</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>121311</v>
-[...1 lines deleted...]
-      <c r="B39" s="2"/>
+        <v>122991</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>167</v>
+      </c>
       <c r="C39" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>170</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>114640</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>173</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
         <v>5</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
         <v>275</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
@@ -3385,51 +3385,51 @@
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>19</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
         <v>120</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>108536</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>180</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>16</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
@@ -3480,51 +3480,51 @@
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
         <v>122992</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>187</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
         <v>6</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
         <v>250</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
@@ -3642,93 +3642,93 @@
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>114079</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>199</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>200</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
         <v>7</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
         <v>240</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>121316</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>203</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>204</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>2</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
         <v>350</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
@@ -3848,51 +3848,51 @@
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>121318</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>215</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
         <v>3</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
         <v>325</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
@@ -3956,215 +3956,215 @@
       </c>
       <c r="H55" s="2" t="s">
         <v>223</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
         <v>20</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
         <v>110</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>122994</v>
+        <v>121320</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2" t="s">
-        <v>224</v>
+        <v>209</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H56" s="2" t="s">
         <v>225</v>
-      </c>
-[...7 lines deleted...]
-        <v>226</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>121320</v>
+        <v>122994</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2" t="s">
-        <v>209</v>
+        <v>226</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>228</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>121321</v>
+        <v>122995</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>231</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="K58" s="2">
         <v>100</v>
       </c>
       <c r="L58" s="2">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>122995</v>
+        <v>121321</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>234</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="K59" s="2">
         <v>100</v>
       </c>
       <c r="L59" s="2">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>121321</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>236</v>
       </c>
       <c r="I60" s="2">
         <v>30</v>
       </c>
       <c r="J60" s="2">
         <v>23</v>
       </c>
       <c r="K60" s="2">
         <v>100</v>
       </c>
       <c r="L60" s="2">
         <v>80</v>
@@ -4196,206 +4196,206 @@
       </c>
       <c r="H61" s="2" t="s">
         <v>239</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>27</v>
       </c>
       <c r="K61" s="2">
         <v>100</v>
       </c>
       <c r="L61" s="2">
         <v>48</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>122996</v>
+        <v>121323</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2" t="s">
         <v>240</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>241</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="K62" s="2">
         <v>100</v>
       </c>
       <c r="L62" s="2">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>170</v>
+        <v>146</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
-        <v>121323</v>
+        <v>122996</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
-        <v>146</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>121324</v>
+        <v>121314</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2" t="s">
-        <v>246</v>
+        <v>188</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H64" s="2" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>248</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
-        <v>144</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>121314</v>
+        <v>121324</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2" t="s">
-        <v>188</v>
+        <v>248</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>249</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>250</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>160</v>
+        <v>144</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>121325</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2" t="s">
         <v>251</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>253</v>
       </c>
       <c r="I66" s="2">
         <v>33</v>
@@ -4412,93 +4412,93 @@
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>142</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>121326</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>255</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>257</v>
       </c>
       <c r="I67" s="2">
         <v>34</v>
       </c>
       <c r="J67" s="2">
         <v>4</v>
       </c>
       <c r="K67" s="2">
         <v>100</v>
       </c>
       <c r="L67" s="2">
         <v>300</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
         <v>121327</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>259</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
         <v>260</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>261</v>
       </c>
       <c r="I68" s="2">
         <v>35</v>
       </c>
       <c r="J68" s="2">
         <v>5</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
         <v>275</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
@@ -4576,51 +4576,51 @@
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
         <v>121330</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>268</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>269</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>271</v>
       </c>
       <c r="I71" s="2">
         <v>38</v>
       </c>
       <c r="J71" s="2">
         <v>6</v>
       </c>
       <c r="K71" s="2">
         <v>100</v>
       </c>
       <c r="L71" s="2">
         <v>250</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
@@ -4762,130 +4762,130 @@
       </c>
       <c r="H75" s="2" t="s">
         <v>283</v>
       </c>
       <c r="I75" s="2">
         <v>42</v>
       </c>
       <c r="J75" s="2">
         <v>36</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
         <v>30</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
-        <v>122520</v>
+        <v>121335</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>286</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>287</v>
       </c>
       <c r="I76" s="2">
         <v>43</v>
       </c>
       <c r="J76" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K76" s="2">
         <v>100</v>
       </c>
       <c r="L76" s="2">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
-        <v>121335</v>
+        <v>122520</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>289</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
         <v>290</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>291</v>
       </c>
       <c r="I77" s="2">
         <v>43</v>
       </c>
       <c r="J77" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
         <v>121336</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2" t="s">
         <v>292</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>294</v>
       </c>
       <c r="I78" s="2">
         <v>44</v>
@@ -4902,51 +4902,51 @@
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>128</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
         <v>105472</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>296</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>298</v>
       </c>
       <c r="I79" s="2">
         <v>44</v>
       </c>
       <c r="J79" s="2">
         <v>9</v>
       </c>
       <c r="K79" s="2">
         <v>100</v>
       </c>
       <c r="L79" s="2">
         <v>220</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
@@ -4984,51 +4984,51 @@
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>121338</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>305</v>
       </c>
       <c r="I81" s="2">
         <v>46</v>
       </c>
       <c r="J81" s="2">
         <v>8</v>
       </c>
       <c r="K81" s="2">
         <v>100</v>
       </c>
       <c r="L81" s="2">
         <v>230</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
@@ -5064,51 +5064,51 @@
         <v>24</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>121340</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2" t="s">
         <v>309</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
         <v>310</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>311</v>
       </c>
       <c r="I83" s="2">
         <v>48</v>
       </c>
       <c r="J83" s="2">
         <v>9</v>
       </c>
       <c r="K83" s="2">
         <v>100</v>
       </c>
       <c r="L83" s="2">
         <v>220</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
@@ -5130,147 +5130,147 @@
       </c>
       <c r="H84" s="2" t="s">
         <v>314</v>
       </c>
       <c r="I84" s="2">
         <v>49</v>
       </c>
       <c r="J84" s="2">
         <v>40</v>
       </c>
       <c r="K84" s="2">
         <v>100</v>
       </c>
       <c r="L84" s="2">
         <v>22</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>122</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
-        <v>121342</v>
-[...1 lines deleted...]
-      <c r="B85" s="2"/>
+        <v>105417</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>315</v>
+      </c>
       <c r="C85" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="I85" s="2">
         <v>50</v>
       </c>
       <c r="J85" s="2">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="K85" s="2">
         <v>100</v>
       </c>
       <c r="L85" s="2">
-        <v>20</v>
+        <v>210</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
-        <v>105417</v>
-[...3 lines deleted...]
-      </c>
+        <v>121342</v>
+      </c>
+      <c r="B86" s="2"/>
       <c r="C86" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>321</v>
       </c>
       <c r="I86" s="2">
         <v>50</v>
       </c>
       <c r="J86" s="2">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
-        <v>210</v>
+        <v>20</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>121343</v>
       </c>
       <c r="B87" s="2"/>
       <c r="C87" s="2" t="s">
         <v>322</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>324</v>
       </c>
       <c r="I87" s="2">
         <v>51</v>
       </c>
       <c r="J87" s="2">
         <v>10</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
         <v>210</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
@@ -5306,51 +5306,51 @@
         <v>18</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>118</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
         <v>121345</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
         <v>329</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>330</v>
       </c>
       <c r="I89" s="2">
         <v>53</v>
       </c>
       <c r="J89" s="2">
         <v>11</v>
       </c>
       <c r="K89" s="2">
         <v>100</v>
       </c>
       <c r="L89" s="2">
         <v>200</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
@@ -5388,51 +5388,51 @@
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>100658</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>334</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>335</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
         <v>336</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>337</v>
       </c>
       <c r="I91" s="2">
         <v>55</v>
       </c>
       <c r="J91" s="2">
         <v>12</v>
       </c>
       <c r="K91" s="2">
         <v>100</v>
       </c>
       <c r="L91" s="2">
         <v>190</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
@@ -5508,51 +5508,51 @@
         <v>12</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>112</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
         <v>121350</v>
       </c>
       <c r="B94" s="2"/>
       <c r="C94" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
         <v>8014</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I94" s="2">
         <v>58</v>
       </c>
       <c r="J94" s="2">
         <v>13</v>
       </c>
       <c r="K94" s="2">
         <v>100</v>
       </c>
       <c r="L94" s="2">
         <v>180</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
@@ -5590,51 +5590,51 @@
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>119144</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>350</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>352</v>
       </c>
       <c r="I96" s="2">
         <v>60</v>
       </c>
       <c r="J96" s="2">
         <v>14</v>
       </c>
       <c r="K96" s="2">
         <v>100</v>
       </c>
       <c r="L96" s="2">
         <v>170</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
@@ -5790,697 +5790,697 @@
         <v>2</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
         <v>102</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
         <v>122997</v>
       </c>
       <c r="B101" s="2"/>
       <c r="C101" s="2" t="s">
         <v>365</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
         <v>366</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>367</v>
       </c>
       <c r="I101" s="2">
         <v>65</v>
       </c>
       <c r="J101" s="2">
         <v>11</v>
       </c>
       <c r="K101" s="2">
         <v>100</v>
       </c>
       <c r="L101" s="2">
         <v>200</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
         <v>121357</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2" t="s">
         <v>368</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
         <v>369</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>370</v>
       </c>
       <c r="I102" s="2">
         <v>68</v>
       </c>
       <c r="J102" s="2">
         <v>15</v>
       </c>
       <c r="K102" s="2">
         <v>100</v>
       </c>
       <c r="L102" s="2">
         <v>160</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
         <v>122998</v>
       </c>
       <c r="B103" s="2"/>
       <c r="C103" s="2" t="s">
         <v>371</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
         <v>372</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>373</v>
       </c>
       <c r="I103" s="2">
         <v>69</v>
       </c>
       <c r="J103" s="2">
         <v>12</v>
       </c>
       <c r="K103" s="2">
         <v>100</v>
       </c>
       <c r="L103" s="2">
         <v>190</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
         <v>121358</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>375</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
         <v>376</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>377</v>
       </c>
       <c r="I104" s="2">
         <v>71</v>
       </c>
       <c r="J104" s="2">
         <v>16</v>
       </c>
       <c r="K104" s="2">
         <v>100</v>
       </c>
       <c r="L104" s="2">
         <v>150</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
         <v>117570</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>379</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
         <v>380</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>381</v>
       </c>
       <c r="I105" s="2">
         <v>71</v>
       </c>
       <c r="J105" s="2">
         <v>13</v>
       </c>
       <c r="K105" s="2">
         <v>100</v>
       </c>
       <c r="L105" s="2">
         <v>180</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
         <v>122999</v>
       </c>
       <c r="B106" s="2"/>
       <c r="C106" s="2" t="s">
         <v>382</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
         <v>383</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>384</v>
       </c>
       <c r="I106" s="2">
         <v>74</v>
       </c>
       <c r="J106" s="2">
         <v>14</v>
       </c>
       <c r="K106" s="2">
         <v>100</v>
       </c>
       <c r="L106" s="2">
         <v>170</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
         <v>123000</v>
       </c>
       <c r="B107" s="2"/>
       <c r="C107" s="2" t="s">
         <v>385</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
         <v>386</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>387</v>
       </c>
       <c r="I107" s="2">
         <v>75</v>
       </c>
       <c r="J107" s="2">
         <v>15</v>
       </c>
       <c r="K107" s="2">
         <v>100</v>
       </c>
       <c r="L107" s="2">
         <v>160</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
         <v>123001</v>
       </c>
       <c r="B108" s="2"/>
       <c r="C108" s="2" t="s">
         <v>388</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>390</v>
       </c>
       <c r="I108" s="2">
         <v>78</v>
       </c>
       <c r="J108" s="2">
         <v>16</v>
       </c>
       <c r="K108" s="2">
         <v>100</v>
       </c>
       <c r="L108" s="2">
         <v>150</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
         <v>123002</v>
       </c>
       <c r="B109" s="2"/>
       <c r="C109" s="2" t="s">
         <v>391</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
         <v>8104</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>392</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>393</v>
       </c>
       <c r="I109" s="2">
         <v>81</v>
       </c>
       <c r="J109" s="2">
         <v>17</v>
       </c>
       <c r="K109" s="2">
         <v>100</v>
       </c>
       <c r="L109" s="2">
         <v>140</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
         <v>122120</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>394</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>395</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I110" s="2">
         <v>85</v>
       </c>
       <c r="J110" s="2">
         <v>18</v>
       </c>
       <c r="K110" s="2">
         <v>100</v>
       </c>
       <c r="L110" s="2">
         <v>130</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
         <v>123003</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2" t="s">
         <v>398</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>400</v>
       </c>
       <c r="I111" s="2">
         <v>86</v>
       </c>
       <c r="J111" s="2">
         <v>19</v>
       </c>
       <c r="K111" s="2">
         <v>100</v>
       </c>
       <c r="L111" s="2">
         <v>120</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
         <v>123004</v>
       </c>
       <c r="B112" s="2"/>
       <c r="C112" s="2" t="s">
         <v>401</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
         <v>402</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>403</v>
       </c>
       <c r="I112" s="2">
         <v>94</v>
       </c>
       <c r="J112" s="2">
         <v>20</v>
       </c>
       <c r="K112" s="2">
         <v>100</v>
       </c>
       <c r="L112" s="2">
         <v>110</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
         <v>123005</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2" t="s">
         <v>404</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>406</v>
       </c>
       <c r="I113" s="2">
         <v>98</v>
       </c>
       <c r="J113" s="2">
         <v>21</v>
       </c>
       <c r="K113" s="2">
         <v>100</v>
       </c>
       <c r="L113" s="2">
         <v>100</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
         <v>123006</v>
       </c>
       <c r="B114" s="2"/>
       <c r="C114" s="2" t="s">
         <v>407</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
         <v>408</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>409</v>
       </c>
       <c r="I114" s="2">
         <v>104</v>
       </c>
       <c r="J114" s="2">
         <v>22</v>
       </c>
       <c r="K114" s="2">
         <v>100</v>
       </c>
       <c r="L114" s="2">
         <v>90</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
         <v>123007</v>
       </c>
       <c r="B115" s="2"/>
       <c r="C115" s="2" t="s">
         <v>410</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
         <v>411</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>412</v>
       </c>
       <c r="I115" s="2">
         <v>113</v>
       </c>
       <c r="J115" s="2">
         <v>23</v>
       </c>
       <c r="K115" s="2">
         <v>100</v>
       </c>
       <c r="L115" s="2">
         <v>80</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>123008</v>
       </c>
       <c r="B116" s="2"/>
       <c r="C116" s="2" t="s">
         <v>413</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
         <v>414</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>415</v>
       </c>
       <c r="I116" s="2">
         <v>116</v>
       </c>
       <c r="J116" s="2">
         <v>24</v>
       </c>
       <c r="K116" s="2">
         <v>100</v>
       </c>
       <c r="L116" s="2">
         <v>70</v>
       </c>
       <c r="M116" s="2">
         <v>0</v>
       </c>
       <c r="N116" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="2">
         <v>123009</v>
       </c>
       <c r="B117" s="2"/>
       <c r="C117" s="2" t="s">
         <v>416</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
         <v>417</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>418</v>
       </c>
       <c r="I117" s="2">
         <v>123</v>
       </c>
       <c r="J117" s="2">
         <v>25</v>
       </c>
       <c r="K117" s="2">
         <v>100</v>
       </c>
       <c r="L117" s="2">
         <v>60</v>
       </c>
       <c r="M117" s="2">
         <v>0</v>
       </c>
       <c r="N117" s="2">
         <v>160</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>