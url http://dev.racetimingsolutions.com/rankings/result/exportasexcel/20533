--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -212,69 +212,69 @@
   <si>
     <t>Kristian</t>
   </si>
   <si>
     <t>Joergensen</t>
   </si>
   <si>
     <t>A0038</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>12:48:0.99999999999272</t>
   </si>
   <si>
     <t>Milton</t>
   </si>
   <si>
     <t>Amat</t>
   </si>
   <si>
     <t>B0303</t>
   </si>
   <si>
+    <t>Aqmal</t>
+  </si>
+  <si>
+    <t>Adzmi</t>
+  </si>
+  <si>
+    <t>A0075</t>
+  </si>
+  <si>
+    <t>14:38:53</t>
+  </si>
+  <si>
     <t>Wilsen</t>
   </si>
   <si>
     <t>Singgin</t>
   </si>
   <si>
     <t>A0083</t>
-  </si>
-[...10 lines deleted...]
-    <t>A0075</t>
   </si>
   <si>
     <t>Chris</t>
   </si>
   <si>
     <t>Timms</t>
   </si>
   <si>
     <t>A0002</t>
   </si>
   <si>
     <t>14:49:9.0000000000073</t>
   </si>
   <si>
     <t>Safrey</t>
   </si>
   <si>
     <t>Sumping</t>
   </si>
   <si>
     <t>A0046</t>
   </si>
   <si>
     <t>15:23:21</t>
   </si>
@@ -1975,130 +1975,130 @@
       </c>
       <c r="H12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I12" s="2">
         <v>1</v>
       </c>
       <c r="J12" s="2">
         <v>2</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
         <v>350</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>110128</v>
+        <v>117485</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I13" s="2">
         <v>3</v>
       </c>
       <c r="J13" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K13" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L13" s="2">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>117485</v>
+        <v>110128</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I14" s="2">
         <v>3</v>
       </c>
       <c r="J14" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K14" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L14" s="2">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>121359</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>76</v>
       </c>