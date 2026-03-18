--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -131,68 +131,68 @@
   <si>
     <t>Sean</t>
   </si>
   <si>
     <t>Aying</t>
   </si>
   <si>
     <t>17:47:24</t>
   </si>
   <si>
     <t>Ted Andrew</t>
   </si>
   <si>
     <t>Monsanto</t>
   </si>
   <si>
     <t>17:58:19.000000000007</t>
   </si>
   <si>
     <t>Ryan</t>
   </si>
   <si>
     <t>Estrera</t>
   </si>
   <si>
+    <t>Junior</t>
+  </si>
+  <si>
+    <t>Hover Luis</t>
+  </si>
+  <si>
+    <t>18:44:22</t>
+  </si>
+  <si>
     <t>Baldovino</t>
   </si>
   <si>
-    <t>18:44:22</t>
-[...1 lines deleted...]
-  <si>
     <t>Japhet</t>
   </si>
   <si>
     <t>Fernandez</t>
   </si>
   <si>
-    <t>Junior</t>
-[...4 lines deleted...]
-  <si>
     <t>Randy</t>
   </si>
   <si>
     <t>Gutierrez</t>
   </si>
   <si>
     <t>19:12:46</t>
   </si>
   <si>
     <t>Avelino III</t>
   </si>
   <si>
     <t>Versola</t>
   </si>
   <si>
     <t>19:26:4.9999999999854</t>
   </si>
   <si>
     <t>Joseph Stephen</t>
   </si>
   <si>
     <t>Paspe</t>
   </si>
   <si>
     <t>19:28:13</t>
@@ -224,63 +224,63 @@
   <si>
     <t>19:35:24</t>
   </si>
   <si>
     <t>Julius</t>
   </si>
   <si>
     <t>Tafalla</t>
   </si>
   <si>
     <t>19:36:55</t>
   </si>
   <si>
     <t>Julie Ann</t>
   </si>
   <si>
     <t xml:space="preserve">Morales </t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>19:56:27</t>
   </si>
   <si>
+    <t>Mary Joy</t>
+  </si>
+  <si>
+    <t>Sumanda</t>
+  </si>
+  <si>
+    <t>19:57:28</t>
+  </si>
+  <si>
     <t>Reymar</t>
   </si>
   <si>
     <t xml:space="preserve">Taleon </t>
-  </si>
-[...7 lines deleted...]
-    <t>Sumanda</t>
   </si>
   <si>
     <t>Jonathan Jr Gegato</t>
   </si>
   <si>
     <t>20:17:45</t>
   </si>
   <si>
     <t>Hilary James Tambolero</t>
   </si>
   <si>
     <t>20:22:48</t>
   </si>
   <si>
     <t>Jose</t>
   </si>
   <si>
     <t>Tindog</t>
   </si>
   <si>
     <t>20:37:13</t>
   </si>
   <si>
     <t>John Mark Danlag</t>
   </si>
@@ -1119,166 +1119,166 @@
       </c>
       <c r="H9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I9" s="2">
         <v>7</v>
       </c>
       <c r="J9" s="2">
         <v>7</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>230</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>104396</v>
+        <v>108804</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I10" s="2">
         <v>9</v>
       </c>
       <c r="J10" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>105829</v>
+        <v>104396</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I11" s="2">
         <v>9</v>
       </c>
       <c r="J11" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>108804</v>
+        <v>105829</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I12" s="2">
         <v>9</v>
       </c>
       <c r="J12" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
         <v>122409</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I13" s="2">
         <v>12</v>
@@ -1559,126 +1559,126 @@
       </c>
       <c r="H20" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I20" s="2">
         <v>19</v>
       </c>
       <c r="J20" s="2">
         <v>1</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
         <v>400</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>120326</v>
+        <v>122133</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I21" s="2">
         <v>20</v>
       </c>
       <c r="J21" s="2">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
-        <v>120</v>
+        <v>350</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>122133</v>
+        <v>120326</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I22" s="2">
         <v>20</v>
       </c>
       <c r="J22" s="2">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
-        <v>350</v>
+        <v>120</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>122411</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I23" s="2">
         <v>22</v>
       </c>
       <c r="J23" s="2">