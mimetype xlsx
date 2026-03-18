--- v0 (2025-10-25)
+++ v1 (2026-03-18)
@@ -56,99 +56,99 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Trương Võ Bích Phương</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>11:53:27</t>
+  </si>
+  <si>
     <t>Nicole</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>Female</t>
-[...1 lines deleted...]
-  <si>
     <t>11:51:54.999999999993</t>
   </si>
   <si>
     <t>Joy</t>
   </si>
   <si>
     <t>Sim</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>11:27:2.9999999999927</t>
   </si>
   <si>
     <t>Suk Geong LEE - 이숙경</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>08:16:53.999999999993</t>
   </si>
   <si>
     <t>Claire</t>
   </si>
   <si>
     <t>Tang</t>
-  </si>
-[...7 lines deleted...]
-    <t>11:53:27</t>
   </si>
   <si>
     <t>Minchul</t>
   </si>
   <si>
     <t>Ko - 고민철</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>05:29:37</t>
   </si>
   <si>
     <t>Jongyoul KIM - 김종열</t>
   </si>
   <si>
     <t>05:45:37.000000000004</t>
   </si>
   <si>
     <t>Gyojeong GU - 구교정</t>
   </si>
   <si>
     <t>05:54:6.0000000000036</t>
   </si>
@@ -646,761 +646,761 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>122815</v>
-[...1 lines deleted...]
-      <c r="B2" s="2" t="s">
+        <v>122643</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>5168</v>
+        <v>5015</v>
       </c>
       <c r="F2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I2" s="2">
         <v>0</v>
       </c>
       <c r="J2" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K2" s="2">
         <v>0</v>
       </c>
       <c r="L2" s="2">
         <v>0</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>121562</v>
+        <v>122815</v>
       </c>
       <c r="B3" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>5169</v>
+        <v>5168</v>
       </c>
       <c r="F3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="G3" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I3" s="2">
         <v>0</v>
       </c>
       <c r="J3" s="2">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="K3" s="2">
         <v>0</v>
       </c>
       <c r="L3" s="2">
         <v>0</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>122814</v>
-[...1 lines deleted...]
-      <c r="B4" s="2"/>
+        <v>121562</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>5396</v>
+        <v>5169</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="2">
         <v>0</v>
       </c>
       <c r="J4" s="2">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="K4" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L4" s="2">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>375</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>122699</v>
-[...1 lines deleted...]
-      <c r="B5" s="2" t="s">
+        <v>122814</v>
+      </c>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>5170</v>
+        <v>5396</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>0</v>
       </c>
       <c r="J5" s="2">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="K5" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L5" s="2">
-        <v>0</v>
+        <v>275</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>0</v>
+        <v>375</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>122643</v>
-[...1 lines deleted...]
-      <c r="B6" s="2"/>
+        <v>122699</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="C6" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>5015</v>
+        <v>5170</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H6" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="I6" s="2">
+        <v>0</v>
+      </c>
+      <c r="J6" s="2">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="K6" s="2">
         <v>0</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
         <v>121228</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
         <v>5003</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I7" s="2">
         <v>1</v>
       </c>
       <c r="J7" s="2">
         <v>1</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>400</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>122806</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
         <v>5004</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="2">
         <v>2</v>
       </c>
       <c r="J8" s="2">
         <v>2</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
         <v>350</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
         <v>122807</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
         <v>5010</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I9" s="2">
         <v>3</v>
       </c>
       <c r="J9" s="2">
         <v>3</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>325</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>121230</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>5002</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I10" s="2">
         <v>4</v>
       </c>
       <c r="J10" s="2">
         <v>1</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>400</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
         <v>122808</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
         <v>5438</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
         <v>300</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
         <v>121231</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
         <v>5012</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
         <v>5</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
         <v>275</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
         <v>122809</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
         <v>5022</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I13" s="2">
         <v>7</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>122810</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>5181</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I14" s="2">
         <v>8</v>
       </c>
       <c r="J14" s="2">
         <v>7</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>240</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>122811</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>5211</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I15" s="2">
         <v>9</v>
       </c>
       <c r="J15" s="2">
         <v>8</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>230</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>122812</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>5423</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I16" s="2">
         <v>10</v>
       </c>
       <c r="J16" s="2">
         <v>9</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>220</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
         <v>122813</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
         <v>5469</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I17" s="2">
         <v>11</v>
       </c>
       <c r="J17" s="2">
         <v>2</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>350</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>102050</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>5008</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="2">
         <v>12</v>
       </c>
       <c r="J18" s="2">
         <v>3</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>325</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
         <v>122077</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
         <v>5023</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I19" s="2">
         <v>13</v>
       </c>
       <c r="J19" s="2">
         <v>4</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>300</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>400</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>