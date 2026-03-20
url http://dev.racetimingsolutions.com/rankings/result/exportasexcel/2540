--- v0 (2025-10-24)
+++ v1 (2026-03-20)
@@ -83,83 +83,83 @@
   <si>
     <t>Knight</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>09:03:22</t>
   </si>
   <si>
     <t>Si Hieu</t>
   </si>
   <si>
     <t>Nguyễn</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>09:47:09</t>
   </si>
   <si>
+    <t>Duc Quang</t>
+  </si>
+  <si>
+    <t>Nguyen</t>
+  </si>
+  <si>
+    <t>09:39:05</t>
+  </si>
+  <si>
     <t>Robert</t>
   </si>
   <si>
     <t>West</t>
   </si>
   <si>
     <t>10:02:11</t>
   </si>
   <si>
-    <t>Duc Quang</t>
-[...7 lines deleted...]
-  <si>
     <t>Julien</t>
   </si>
   <si>
     <t>Petit</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
+    <t>10:05:57</t>
+  </si>
+  <si>
     <t>10:24:29</t>
   </si>
   <si>
-    <t>10:05:57</t>
-[...1 lines deleted...]
-  <si>
     <t>Nadia</t>
   </si>
   <si>
     <t>Koucha</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>10:32:33</t>
   </si>
   <si>
     <t>Ngoc-Anh</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>10:52:46</t>
   </si>
   <si>
     <t>Lam</t>
   </si>
   <si>
     <t>Phạm</t>
@@ -188,455 +188,455 @@
   <si>
     <t>Ngon</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>11:05:44</t>
   </si>
   <si>
     <t>Tam</t>
   </si>
   <si>
     <t>Le Trung</t>
   </si>
   <si>
     <t>10:38:08</t>
   </si>
   <si>
     <t>Jay</t>
   </si>
   <si>
     <t>11:14:29</t>
   </si>
   <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Stevenson</t>
+  </si>
+  <si>
+    <t>11:23:13</t>
+  </si>
+  <si>
     <t>Woon Chze Christine</t>
   </si>
   <si>
     <t>Loh</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>10:44:01</t>
   </si>
   <si>
-    <t>David</t>
-[...5 lines deleted...]
-    <t>11:23:13</t>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>Blackburn</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>11:23:45</t>
   </si>
   <si>
     <t>Garrett</t>
   </si>
   <si>
     <t>Weiner</t>
   </si>
   <si>
-    <t>United States</t>
-[...1 lines deleted...]
-  <si>
     <t>11:04:14</t>
   </si>
   <si>
-    <t>Jackson</t>
-[...7 lines deleted...]
-  <si>
     <t>Sebastien</t>
   </si>
   <si>
     <t>Dollet</t>
   </si>
   <si>
     <t>11:22:00</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Andrighetti</t>
   </si>
   <si>
     <t>11:29:32</t>
   </si>
   <si>
+    <t>Catherine</t>
+  </si>
+  <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>11:23:38</t>
+  </si>
+  <si>
     <t>Bertrand</t>
   </si>
   <si>
     <t>Czarny</t>
   </si>
   <si>
     <t>11:29:35</t>
   </si>
   <si>
-    <t>Catherine</t>
-[...5 lines deleted...]
-    <t>11:23:38</t>
+    <t>Ross</t>
+  </si>
+  <si>
+    <t>Goldstone</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>11:26:10</t>
   </si>
   <si>
     <t>Toan</t>
   </si>
   <si>
     <t>Au Manh</t>
   </si>
   <si>
     <t>11:34:42</t>
   </si>
   <si>
-    <t>Ross</t>
-[...8 lines deleted...]
-    <t>11:26:10</t>
+    <t>Phi</t>
+  </si>
+  <si>
+    <t>11:41:41</t>
   </si>
   <si>
     <t>Sjoerd</t>
   </si>
   <si>
     <t>Bakker</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>11:27:36</t>
   </si>
   <si>
-    <t>Phi</t>
-[...4 lines deleted...]
-  <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Bartram</t>
   </si>
   <si>
     <t>11:29:50</t>
   </si>
   <si>
     <t>11:44:48</t>
   </si>
   <si>
+    <t>Dung</t>
+  </si>
+  <si>
+    <t>Nguyễn Mạnh</t>
+  </si>
+  <si>
+    <t>12:05:48</t>
+  </si>
+  <si>
     <t>Kanghee</t>
   </si>
   <si>
     <t>Son</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>11:34:51</t>
   </si>
   <si>
-    <t>Dung</t>
-[...7 lines deleted...]
-  <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Turner</t>
   </si>
   <si>
     <t>11:48:44</t>
   </si>
   <si>
     <t>Anh</t>
   </si>
   <si>
     <t>Quyết Đặng</t>
   </si>
   <si>
     <t>12:13:47</t>
   </si>
   <si>
+    <t>12:14:00</t>
+  </si>
+  <si>
     <t>Jean Pierre</t>
   </si>
   <si>
     <t>Barnes</t>
   </si>
   <si>
     <t>11:54:58</t>
   </si>
   <si>
-    <t>12:14:00</t>
+    <t>Huy</t>
+  </si>
+  <si>
+    <t>Hoang Nghiem</t>
+  </si>
+  <si>
+    <t>11:55:14</t>
   </si>
   <si>
     <t>Maruoka</t>
   </si>
   <si>
     <t>Shigeki</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>12:15:53</t>
   </si>
   <si>
-    <t>Huy</t>
-[...7 lines deleted...]
-  <si>
     <t>Phuong</t>
   </si>
   <si>
     <t>Nguyen Thi</t>
   </si>
   <si>
     <t>12:29:58</t>
   </si>
   <si>
     <t>Jefferlyn</t>
   </si>
   <si>
     <t>Castillano</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>12:40:17</t>
   </si>
   <si>
+    <t>Olena</t>
+  </si>
+  <si>
+    <t>Saiganova</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>12:45:14</t>
+  </si>
+  <si>
     <t>Ba Tin</t>
   </si>
   <si>
     <t>12:51:48</t>
   </si>
   <si>
-    <t>Olena</t>
-[...10 lines deleted...]
-  <si>
     <t>Thuan</t>
   </si>
   <si>
     <t>Lâm Văn</t>
   </si>
   <si>
     <t>12:52:08</t>
   </si>
   <si>
     <t>Veronique</t>
   </si>
   <si>
     <t>Thuere</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>13:03:56</t>
   </si>
   <si>
     <t>Ha</t>
   </si>
   <si>
     <t>Dương</t>
   </si>
   <si>
     <t>12:53:25</t>
   </si>
   <si>
     <t>Sara</t>
   </si>
   <si>
     <t>Valetina</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>13:25:50</t>
   </si>
   <si>
+    <t>Lu Chng</t>
+  </si>
+  <si>
+    <t>Siew</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>13:49:35</t>
+  </si>
+  <si>
     <t>Thành Quang</t>
   </si>
   <si>
     <t>12:53:40</t>
   </si>
   <si>
-    <t>Lu Chng</t>
-[...8 lines deleted...]
-    <t>13:49:35</t>
+    <t>Nghia</t>
+  </si>
+  <si>
+    <t>Nguyễn Thành</t>
+  </si>
+  <si>
+    <t>13:00:54</t>
   </si>
   <si>
     <t>Thi Tieu Phuong</t>
   </si>
   <si>
     <t>13:51:50</t>
   </si>
   <si>
-    <t>Nghia</t>
-[...5 lines deleted...]
-    <t>13:00:54</t>
+    <t>Yoji</t>
+  </si>
+  <si>
+    <t>Sakamoto</t>
+  </si>
+  <si>
+    <t>坂本洋二</t>
+  </si>
+  <si>
+    <t>13:09:10</t>
   </si>
   <si>
     <t>Wai Teng</t>
   </si>
   <si>
     <t>Lew</t>
   </si>
   <si>
     <t>14:03:34</t>
   </si>
   <si>
-    <t>Yoji</t>
-[...8 lines deleted...]
-    <t>13:09:10</t>
+    <t>Thuy Nguyen</t>
+  </si>
+  <si>
+    <t>14:03:45</t>
   </si>
   <si>
     <t>Ca</t>
   </si>
   <si>
     <t>Đặng</t>
   </si>
   <si>
     <t>13:14:53</t>
   </si>
   <si>
-    <t>Thuy Nguyen</t>
-[...2 lines deleted...]
-    <t>14:03:45</t>
+    <t>Monsicha</t>
+  </si>
+  <si>
+    <t>Ngamvitayasiri</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>14:31:59</t>
   </si>
   <si>
     <t>Thao</t>
   </si>
   <si>
     <t>Nguyen Hoang</t>
   </si>
   <si>
     <t>13:15:27</t>
   </si>
   <si>
-    <t>Monsicha</t>
-[...8 lines deleted...]
-    <t>14:31:59</t>
+    <t>Hoài Giang Đoàn</t>
+  </si>
+  <si>
+    <t>Chau</t>
+  </si>
+  <si>
+    <t>13:16:28</t>
   </si>
   <si>
     <t>Jaime</t>
   </si>
   <si>
     <t>See</t>
   </si>
   <si>
     <t>14:38:14</t>
   </si>
   <si>
-    <t>Hoài Giang Đoàn</t>
-[...5 lines deleted...]
-    <t>13:16:28</t>
+    <t>Kah Yee</t>
+  </si>
+  <si>
+    <t>14:45:02</t>
   </si>
   <si>
     <t>Vu</t>
   </si>
   <si>
     <t>Văn Hiếu</t>
   </si>
   <si>
     <t>13:16:50</t>
   </si>
   <si>
-    <t>Kah Yee</t>
-[...4 lines deleted...]
-  <si>
     <t>Pham Thi</t>
   </si>
   <si>
     <t>Minh Phuong</t>
   </si>
   <si>
     <t>14:46:49</t>
   </si>
   <si>
     <t>Hung</t>
   </si>
   <si>
     <t>13:16:57</t>
   </si>
   <si>
     <t>Hong Tan</t>
   </si>
   <si>
     <t>Choon</t>
   </si>
   <si>
     <t>13:17:47</t>
   </si>
   <si>
     <t>Minh</t>
@@ -833,63 +833,63 @@
   <si>
     <t>14:40:39</t>
   </si>
   <si>
     <t>Thanh</t>
   </si>
   <si>
     <t>Pham Thi Huyen</t>
   </si>
   <si>
     <t>14:40:50</t>
   </si>
   <si>
     <t xml:space="preserve">Quốc Thái </t>
   </si>
   <si>
     <t>14:50:04</t>
   </si>
   <si>
     <t>Tien Hung</t>
   </si>
   <si>
     <t>14:51:06</t>
   </si>
   <si>
+    <t xml:space="preserve">Hà Nguyễn </t>
+  </si>
+  <si>
+    <t>Ngọc</t>
+  </si>
+  <si>
+    <t>14:52:25</t>
+  </si>
+  <si>
     <t>Rex</t>
   </si>
   <si>
     <t>14:48:23</t>
-  </si>
-[...7 lines deleted...]
-    <t>14:52:25</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyen </t>
   </si>
   <si>
     <t>Bui</t>
   </si>
   <si>
     <t>14:52:43</t>
   </si>
   <si>
     <t xml:space="preserve">Anna </t>
   </si>
   <si>
     <t>Makowska</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>14:56:56</t>
   </si>
   <si>
     <t xml:space="preserve">Thi Tra My </t>
   </si>
@@ -2209,214 +2209,214 @@
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>70</v>
       </c>
       <c r="L3" s="2">
         <v>300</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>370</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>111798</v>
+        <v>105149</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>7050</v>
+        <v>7140</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>70</v>
       </c>
       <c r="L4" s="2">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>105149</v>
+        <v>111798</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>7140</v>
+        <v>7050</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>70</v>
       </c>
       <c r="L5" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>105577</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>7216</v>
+        <v>7233</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>70</v>
       </c>
       <c r="L6" s="2">
-        <v>325</v>
+        <v>225</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
         <v>105577</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>7233</v>
+        <v>7216</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>70</v>
       </c>
       <c r="L7" s="2">
-        <v>225</v>
+        <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
         <v>105578</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
         <v>7192</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>37</v>
       </c>
@@ -2713,214 +2713,214 @@
       </c>
       <c r="H15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>6</v>
       </c>
       <c r="K15" s="2">
         <v>70</v>
       </c>
       <c r="L15" s="2">
         <v>175</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>104612</v>
+        <v>111803</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>7175</v>
+        <v>7004</v>
       </c>
       <c r="F16" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K16" s="2">
         <v>70</v>
       </c>
       <c r="L16" s="2">
-        <v>350</v>
+        <v>150</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>111803</v>
+        <v>104612</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>7004</v>
+        <v>7175</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K17" s="2">
         <v>70</v>
       </c>
       <c r="L17" s="2">
-        <v>150</v>
+        <v>350</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>105582</v>
+        <v>108756</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>7092</v>
+        <v>7208</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K18" s="2">
         <v>70</v>
       </c>
       <c r="L18" s="2">
-        <v>240</v>
+        <v>145</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>108756</v>
+        <v>105582</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>7208</v>
+        <v>7092</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K19" s="2">
         <v>70</v>
       </c>
       <c r="L19" s="2">
-        <v>145</v>
+        <v>240</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>105583</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>7218</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>74</v>
       </c>
@@ -2965,298 +2965,298 @@
       </c>
       <c r="H21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>9</v>
       </c>
       <c r="K21" s="2">
         <v>70</v>
       </c>
       <c r="L21" s="2">
         <v>140</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>111806</v>
+        <v>105584</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>7053</v>
+        <v>7123</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="K22" s="2">
         <v>70</v>
       </c>
       <c r="L22" s="2">
-        <v>135</v>
+        <v>325</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>205</v>
+        <v>395</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>105584</v>
+        <v>111806</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>7123</v>
+        <v>7053</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="K23" s="2">
         <v>70</v>
       </c>
       <c r="L23" s="2">
-        <v>325</v>
+        <v>135</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>395</v>
+        <v>205</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>105542</v>
+        <v>105585</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>7122</v>
+        <v>7188</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="K24" s="2">
         <v>70</v>
       </c>
       <c r="L24" s="2">
-        <v>130</v>
+        <v>220</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>105585</v>
+        <v>105542</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>7188</v>
+        <v>7122</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K25" s="2">
         <v>70</v>
       </c>
       <c r="L25" s="2">
-        <v>220</v>
+        <v>130</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>105586</v>
+        <v>111808</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>7152</v>
+        <v>7210</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>70</v>
       </c>
       <c r="L26" s="2">
-        <v>210</v>
+        <v>125</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>111808</v>
+        <v>105586</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>7210</v>
+        <v>7152</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="K27" s="2">
         <v>70</v>
       </c>
       <c r="L27" s="2">
-        <v>125</v>
+        <v>210</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>105587</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>7166</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>99</v>
       </c>
@@ -3301,130 +3301,130 @@
       </c>
       <c r="H29" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>13</v>
       </c>
       <c r="K29" s="2">
         <v>70</v>
       </c>
       <c r="L29" s="2">
         <v>120</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>101853</v>
+        <v>111810</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>7156</v>
+        <v>7126</v>
       </c>
       <c r="F30" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30" s="2" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K30" s="2">
         <v>70</v>
       </c>
       <c r="L30" s="2">
-        <v>190</v>
+        <v>115</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>111810</v>
+        <v>101853</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>7126</v>
+        <v>7156</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="K31" s="2">
         <v>70</v>
       </c>
       <c r="L31" s="2">
-        <v>115</v>
+        <v>190</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>105589</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>7082</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>110</v>
       </c>
@@ -3469,214 +3469,214 @@
       </c>
       <c r="H33" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>15</v>
       </c>
       <c r="K33" s="2">
         <v>70</v>
       </c>
       <c r="L33" s="2">
         <v>110</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>105590</v>
+        <v>111812</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>115</v>
+        <v>41</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>7190</v>
+        <v>7073</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K34" s="2">
         <v>70</v>
       </c>
       <c r="L34" s="2">
-        <v>170</v>
+        <v>105</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>111812</v>
+        <v>105590</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>27</v>
+        <v>115</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>41</v>
+        <v>116</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>7073</v>
+        <v>7190</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="K35" s="2">
         <v>70</v>
       </c>
       <c r="L35" s="2">
-        <v>105</v>
+        <v>170</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>111813</v>
+        <v>105591</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>7095</v>
+        <v>7073</v>
       </c>
       <c r="F36" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36" s="2" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="K36" s="2">
         <v>70</v>
       </c>
       <c r="L36" s="2">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>105591</v>
+        <v>111813</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>7073</v>
+        <v>7095</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>21</v>
+        <v>123</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="K37" s="2">
         <v>70</v>
       </c>
       <c r="L37" s="2">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>105592</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>7010</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>127</v>
       </c>
@@ -3721,130 +3721,130 @@
       </c>
       <c r="H39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
         <v>2</v>
       </c>
       <c r="K39" s="2">
         <v>70</v>
       </c>
       <c r="L39" s="2">
         <v>250</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>111814</v>
+        <v>105593</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>27</v>
+        <v>133</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>7177</v>
+        <v>7102</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="K40" s="2">
         <v>70</v>
       </c>
       <c r="L40" s="2">
-        <v>99</v>
+        <v>275</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>169</v>
+        <v>345</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>105593</v>
+        <v>111814</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>7102</v>
+        <v>7177</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="K41" s="2">
         <v>70</v>
       </c>
       <c r="L41" s="2">
-        <v>275</v>
+        <v>99</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>345</v>
+        <v>169</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>111815</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>7142</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>140</v>
       </c>
@@ -3973,636 +3973,636 @@
       </c>
       <c r="H45" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>7</v>
       </c>
       <c r="K45" s="2">
         <v>70</v>
       </c>
       <c r="L45" s="2">
         <v>240</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>111817</v>
+        <v>105596</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>27</v>
+        <v>152</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>7112</v>
+        <v>7178</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="K46" s="2">
         <v>70</v>
       </c>
       <c r="L46" s="2">
-        <v>96</v>
+        <v>230</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>166</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>105596</v>
+        <v>111817</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>7178</v>
+        <v>7112</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>156</v>
+        <v>21</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>157</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="K47" s="2">
         <v>70</v>
       </c>
       <c r="L47" s="2">
-        <v>230</v>
+        <v>96</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>300</v>
+        <v>166</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
-        <v>101766</v>
+        <v>111818</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>27</v>
+        <v>159</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>7004</v>
+        <v>7104</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="K48" s="2">
         <v>70</v>
       </c>
       <c r="L48" s="2">
-        <v>220</v>
+        <v>90</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
-        <v>111818</v>
+        <v>101766</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>161</v>
+        <v>24</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
-        <v>7104</v>
+        <v>7004</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="K49" s="2">
         <v>70</v>
       </c>
       <c r="L49" s="2">
-        <v>90</v>
+        <v>220</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
-        <v>103136</v>
+        <v>111819</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D50" s="2"/>
+      <c r="D50" s="2" t="s">
+        <v>165</v>
+      </c>
       <c r="E50" s="2">
-        <v>7001</v>
+        <v>7236</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>156</v>
+        <v>123</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="K50" s="2">
         <v>70</v>
       </c>
       <c r="L50" s="2">
-        <v>210</v>
+        <v>89</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
-        <v>280</v>
+        <v>159</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
-        <v>111819</v>
+        <v>103136</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D51" s="2" t="s">
         <v>168</v>
       </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>7236</v>
+        <v>7001</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>120</v>
+        <v>154</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="K51" s="2">
         <v>70</v>
       </c>
       <c r="L51" s="2">
-        <v>89</v>
+        <v>210</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
-        <v>159</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>111820</v>
+        <v>105597</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" s="2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
-        <v>7037</v>
+        <v>7015</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="K52" s="2">
         <v>70</v>
       </c>
       <c r="L52" s="2">
-        <v>88</v>
+        <v>200</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>158</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>105597</v>
+        <v>111820</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>27</v>
+        <v>172</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
-        <v>7015</v>
+        <v>7037</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="K53" s="2">
         <v>70</v>
       </c>
       <c r="L53" s="2">
-        <v>200</v>
+        <v>88</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>270</v>
+        <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>111821</v>
+        <v>103183</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>7150</v>
+        <v>7038</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>21</v>
+        <v>177</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="K54" s="2">
         <v>70</v>
       </c>
       <c r="L54" s="2">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>157</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>103183</v>
+        <v>111821</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>7038</v>
+        <v>7150</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>180</v>
+        <v>21</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>181</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="K55" s="2">
         <v>70</v>
       </c>
       <c r="L55" s="2">
-        <v>190</v>
+        <v>87</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>260</v>
+        <v>157</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>105599</v>
+        <v>111822</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>7023</v>
+        <v>7134</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>184</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="K56" s="2">
         <v>70</v>
       </c>
       <c r="L56" s="2">
-        <v>180</v>
+        <v>86</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>250</v>
+        <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>111822</v>
+        <v>105599</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>7134</v>
+        <v>7023</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>187</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="K57" s="2">
         <v>70</v>
       </c>
       <c r="L57" s="2">
-        <v>86</v>
+        <v>180</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>156</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>111823</v>
+        <v>101442</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>7046</v>
+        <v>7186</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="K58" s="2">
         <v>70</v>
       </c>
       <c r="L58" s="2">
-        <v>85</v>
+        <v>170</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>155</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>101442</v>
+        <v>111823</v>
       </c>
       <c r="B59" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C59" s="2" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>7186</v>
+        <v>7046</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="K59" s="2">
         <v>70</v>
       </c>
       <c r="L59" s="2">
-        <v>170</v>
+        <v>85</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>240</v>
+        <v>155</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>105601</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>7090</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>195</v>
       </c>
@@ -4611,100 +4611,100 @@
       </c>
       <c r="J60" s="2">
         <v>15</v>
       </c>
       <c r="K60" s="2">
         <v>70</v>
       </c>
       <c r="L60" s="2">
         <v>160</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>111824</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
         <v>7203</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>28</v>
       </c>
       <c r="K61" s="2">
         <v>70</v>
       </c>
       <c r="L61" s="2">
         <v>84</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>111825</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>7164</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>200</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
         <v>29</v>
       </c>
       <c r="K62" s="2">
         <v>70</v>
       </c>
       <c r="L62" s="2">
         <v>83</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>153</v>
       </c>
@@ -4744,83 +4744,83 @@
       <c r="L63" s="2">
         <v>82</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>111827</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>7102</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>206</v>
       </c>
       <c r="I64" s="2">
         <v>33</v>
       </c>
       <c r="J64" s="2">
         <v>3</v>
       </c>
       <c r="K64" s="2">
         <v>70</v>
       </c>
       <c r="L64" s="2">
         <v>225</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>295</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
         <v>111828</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
         <v>7231</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>208</v>
       </c>
       <c r="I65" s="2">
         <v>34</v>
       </c>
       <c r="J65" s="2">
         <v>31</v>
       </c>
       <c r="K65" s="2">
         <v>70</v>
@@ -5073,51 +5073,51 @@
       </c>
       <c r="J71" s="2">
         <v>36</v>
       </c>
       <c r="K71" s="2">
         <v>70</v>
       </c>
       <c r="L71" s="2">
         <v>76</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>111835</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>7211</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>228</v>
       </c>
       <c r="I72" s="2">
         <v>41</v>
       </c>
       <c r="J72" s="2">
         <v>37</v>
       </c>
       <c r="K72" s="2">
         <v>70</v>
       </c>
       <c r="L72" s="2">
         <v>75</v>
@@ -5157,51 +5157,51 @@
       </c>
       <c r="J73" s="2">
         <v>38</v>
       </c>
       <c r="K73" s="2">
         <v>70</v>
       </c>
       <c r="L73" s="2">
         <v>74</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>108753</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>7059</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>233</v>
       </c>
       <c r="I74" s="2">
         <v>43</v>
       </c>
       <c r="J74" s="2">
         <v>39</v>
       </c>
       <c r="K74" s="2">
         <v>70</v>
       </c>
       <c r="L74" s="2">
         <v>73</v>
@@ -5290,93 +5290,93 @@
       <c r="L76" s="2">
         <v>71</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>111840</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>7066</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I77" s="2">
         <v>46</v>
       </c>
       <c r="J77" s="2">
         <v>5</v>
       </c>
       <c r="K77" s="2">
         <v>70</v>
       </c>
       <c r="L77" s="2">
         <v>175</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
         <v>111841</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
         <v>7003</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I78" s="2">
         <v>47</v>
       </c>
       <c r="J78" s="2">
         <v>42</v>
       </c>
       <c r="K78" s="2">
         <v>70</v>
       </c>
       <c r="L78" s="2">
         <v>70</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>140</v>
       </c>
@@ -5416,93 +5416,93 @@
       <c r="L79" s="2">
         <v>69</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
         <v>111843</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
         <v>7075</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>251</v>
       </c>
       <c r="I80" s="2">
         <v>49</v>
       </c>
       <c r="J80" s="2">
         <v>44</v>
       </c>
       <c r="K80" s="2">
         <v>70</v>
       </c>
       <c r="L80" s="2">
         <v>68</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>111844</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>253</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>7010</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>254</v>
       </c>
       <c r="I81" s="2">
         <v>50</v>
       </c>
       <c r="J81" s="2">
         <v>6</v>
       </c>
       <c r="K81" s="2">
         <v>70</v>
       </c>
       <c r="L81" s="2">
         <v>150</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>220</v>
       </c>
@@ -5535,51 +5535,51 @@
       </c>
       <c r="J82" s="2">
         <v>7</v>
       </c>
       <c r="K82" s="2">
         <v>70</v>
       </c>
       <c r="L82" s="2">
         <v>145</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>111846</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>7214</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I83" s="2">
         <v>52</v>
       </c>
       <c r="J83" s="2">
         <v>45</v>
       </c>
       <c r="K83" s="2">
         <v>70</v>
       </c>
       <c r="L83" s="2">
         <v>67</v>
@@ -5626,51 +5626,51 @@
       <c r="L84" s="2">
         <v>66</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>111848</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
         <v>7165</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>265</v>
       </c>
       <c r="I85" s="2">
         <v>54</v>
       </c>
       <c r="J85" s="2">
         <v>47</v>
       </c>
       <c r="K85" s="2">
         <v>70</v>
       </c>
       <c r="L85" s="2">
         <v>65</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>135</v>
       </c>
@@ -5742,169 +5742,169 @@
       </c>
       <c r="I87" s="2">
         <v>56</v>
       </c>
       <c r="J87" s="2">
         <v>48</v>
       </c>
       <c r="K87" s="2">
         <v>70</v>
       </c>
       <c r="L87" s="2">
         <v>64</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>134</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>105533</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>271</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
         <v>7128</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>272</v>
       </c>
       <c r="I88" s="2">
         <v>57</v>
       </c>
       <c r="J88" s="2">
         <v>49</v>
       </c>
       <c r="K88" s="2">
         <v>70</v>
       </c>
       <c r="L88" s="2">
         <v>63</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>102558</v>
+        <v>111852</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>183</v>
+        <v>274</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>7101</v>
+        <v>7041</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I89" s="2">
         <v>58</v>
       </c>
       <c r="J89" s="2">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="K89" s="2">
         <v>70</v>
       </c>
       <c r="L89" s="2">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
-        <v>111852</v>
+        <v>102558</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>276</v>
+        <v>186</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
-        <v>7041</v>
+        <v>7101</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>21</v>
+        <v>130</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>277</v>
       </c>
       <c r="I90" s="2">
         <v>58</v>
       </c>
       <c r="J90" s="2">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="K90" s="2">
         <v>70</v>
       </c>
       <c r="L90" s="2">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>111853</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
         <v>7180</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>280</v>
       </c>
@@ -5955,51 +5955,51 @@
       </c>
       <c r="J92" s="2">
         <v>9</v>
       </c>
       <c r="K92" s="2">
         <v>70</v>
       </c>
       <c r="L92" s="2">
         <v>135</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>205</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
         <v>111855</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
         <v>7137</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>286</v>
       </c>
       <c r="I93" s="2">
         <v>61</v>
       </c>
       <c r="J93" s="2">
         <v>10</v>
       </c>
       <c r="K93" s="2">
         <v>70</v>
       </c>
       <c r="L93" s="2">
         <v>130</v>
@@ -6130,135 +6130,135 @@
       <c r="L96" s="2">
         <v>58</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
         <v>128</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
         <v>108344</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>297</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>298</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
         <v>7001</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>299</v>
       </c>
       <c r="I97" s="2">
         <v>65</v>
       </c>
       <c r="J97" s="2">
         <v>55</v>
       </c>
       <c r="K97" s="2">
         <v>70</v>
       </c>
       <c r="L97" s="2">
         <v>57</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>127</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>111860</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>7227</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>299</v>
       </c>
       <c r="I98" s="2">
         <v>66</v>
       </c>
       <c r="J98" s="2">
         <v>56</v>
       </c>
       <c r="K98" s="2">
         <v>70</v>
       </c>
       <c r="L98" s="2">
         <v>56</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
         <v>106313</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>302</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
         <v>7243</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>303</v>
       </c>
       <c r="I99" s="2">
         <v>67</v>
       </c>
       <c r="J99" s="2">
         <v>57</v>
       </c>
       <c r="K99" s="2">
         <v>70</v>
       </c>
       <c r="L99" s="2">
         <v>55</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>125</v>
       </c>
@@ -6508,93 +6508,93 @@
       <c r="L105" s="2">
         <v>49</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
         <v>111868</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>317</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>318</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
         <v>7029</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>319</v>
       </c>
       <c r="I106" s="2">
         <v>74</v>
       </c>
       <c r="J106" s="2">
         <v>64</v>
       </c>
       <c r="K106" s="2">
         <v>70</v>
       </c>
       <c r="L106" s="2">
         <v>48</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
         <v>118</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
         <v>111869</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>321</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
         <v>7028</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>319</v>
       </c>
       <c r="I107" s="2">
         <v>75</v>
       </c>
       <c r="J107" s="2">
         <v>65</v>
       </c>
       <c r="K107" s="2">
         <v>70</v>
       </c>
       <c r="L107" s="2">
         <v>47</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
         <v>117</v>
       </c>
@@ -6676,51 +6676,51 @@
       <c r="L109" s="2">
         <v>46</v>
       </c>
       <c r="M109" s="2">
         <v>0</v>
       </c>
       <c r="N109" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="2">
         <v>111872</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2">
         <v>7084</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>329</v>
       </c>
       <c r="I110" s="2">
         <v>78</v>
       </c>
       <c r="J110" s="2">
         <v>67</v>
       </c>
       <c r="K110" s="2">
         <v>70</v>
       </c>
       <c r="L110" s="2">
         <v>45</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
         <v>115</v>
       </c>
@@ -6844,128 +6844,128 @@
       <c r="L113" s="2">
         <v>43</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
         <v>113</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
         <v>111876</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
         <v>7079</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>340</v>
       </c>
       <c r="I114" s="2">
         <v>82</v>
       </c>
       <c r="J114" s="2">
         <v>70</v>
       </c>
       <c r="K114" s="2">
         <v>70</v>
       </c>
       <c r="L114" s="2">
         <v>42</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>112</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
         <v>111877</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>342</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
         <v>7015</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>343</v>
       </c>
       <c r="I115" s="2">
         <v>83</v>
       </c>
       <c r="J115" s="2">
         <v>71</v>
       </c>
       <c r="K115" s="2">
         <v>70</v>
       </c>
       <c r="L115" s="2">
         <v>41</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
         <v>111</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>111878</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
         <v>7220</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>345</v>
       </c>
       <c r="I116" s="2">
         <v>84</v>
       </c>
       <c r="J116" s="2">
         <v>72</v>
       </c>
       <c r="K116" s="2">
         <v>70</v>
       </c>
       <c r="L116" s="2">
         <v>40</v>
@@ -7047,142 +7047,142 @@
       </c>
       <c r="J118" s="2">
         <v>74</v>
       </c>
       <c r="K118" s="2">
         <v>70</v>
       </c>
       <c r="L118" s="2">
         <v>38</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>108</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
         <v>111881</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
         <v>7195</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I119" s="2">
         <v>87</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>70</v>
       </c>
       <c r="L119" s="2">
         <v>37</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>107</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>111882</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
         <v>7032</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I120" s="2">
         <v>88</v>
       </c>
       <c r="J120" s="2">
         <v>76</v>
       </c>
       <c r="K120" s="2">
         <v>70</v>
       </c>
       <c r="L120" s="2">
         <v>36</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>106</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
         <v>111883</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>357</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
         <v>7025</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>358</v>
       </c>
       <c r="I121" s="2">
         <v>89</v>
       </c>
       <c r="J121" s="2">
         <v>77</v>
       </c>
       <c r="K121" s="2">
         <v>70</v>
       </c>
       <c r="L121" s="2">
         <v>35</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>105</v>
       </c>
@@ -7306,51 +7306,51 @@
       <c r="L124" s="2">
         <v>32</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
         <v>102</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
         <v>111887</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>367</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
         <v>7014</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>368</v>
       </c>
       <c r="I125" s="2">
         <v>93</v>
       </c>
       <c r="J125" s="2">
         <v>13</v>
       </c>
       <c r="K125" s="2">
         <v>70</v>
       </c>
       <c r="L125" s="2">
         <v>115</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
         <v>185</v>
       </c>
@@ -7432,51 +7432,51 @@
       <c r="L127" s="2">
         <v>30</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
         <v>111890</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>375</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
         <v>7056</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>376</v>
       </c>
       <c r="I128" s="2">
         <v>96</v>
       </c>
       <c r="J128" s="2">
         <v>83</v>
       </c>
       <c r="K128" s="2">
         <v>70</v>
       </c>
       <c r="L128" s="2">
         <v>29</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
         <v>99</v>
       </c>
@@ -7516,51 +7516,51 @@
       <c r="L129" s="2">
         <v>28</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
         <v>98</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
         <v>111892</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
         <v>7026</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>382</v>
       </c>
       <c r="I130" s="2">
         <v>98</v>
       </c>
       <c r="J130" s="2">
         <v>85</v>
       </c>
       <c r="K130" s="2">
         <v>70</v>
       </c>
       <c r="L130" s="2">
         <v>27</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
         <v>97</v>
       </c>
@@ -7593,51 +7593,51 @@
       </c>
       <c r="J131" s="2">
         <v>86</v>
       </c>
       <c r="K131" s="2">
         <v>70</v>
       </c>
       <c r="L131" s="2">
         <v>26</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
         <v>96</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
         <v>111894</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>7035</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>386</v>
       </c>
       <c r="I132" s="2">
         <v>100</v>
       </c>
       <c r="J132" s="2">
         <v>87</v>
       </c>
       <c r="K132" s="2">
         <v>70</v>
       </c>
       <c r="L132" s="2">
         <v>25</v>
@@ -8188,51 +8188,51 @@
       <c r="L145" s="2">
         <v>13</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
         <v>83</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="2">
         <v>108355</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>421</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>422</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2">
         <v>7161</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H146" s="2" t="s">
         <v>423</v>
       </c>
       <c r="I146" s="2">
         <v>114</v>
       </c>
       <c r="J146" s="2">
         <v>100</v>
       </c>
       <c r="K146" s="2">
         <v>70</v>
       </c>
       <c r="L146" s="2">
         <v>12</v>
       </c>
       <c r="M146" s="2">
         <v>0</v>
       </c>
       <c r="N146" s="2">
         <v>82</v>
       </c>
@@ -8356,51 +8356,51 @@
       <c r="L149" s="2">
         <v>10</v>
       </c>
       <c r="M149" s="2">
         <v>0</v>
       </c>
       <c r="N149" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="2">
         <v>111912</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
         <v>7067</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I150" s="2">
         <v>118</v>
       </c>
       <c r="J150" s="2">
         <v>15</v>
       </c>
       <c r="K150" s="2">
         <v>70</v>
       </c>
       <c r="L150" s="2">
         <v>105</v>
       </c>
       <c r="M150" s="2">
         <v>0</v>
       </c>
       <c r="N150" s="2">
         <v>175</v>
       </c>
@@ -8433,51 +8433,51 @@
       </c>
       <c r="J151" s="2">
         <v>104</v>
       </c>
       <c r="K151" s="2">
         <v>70</v>
       </c>
       <c r="L151" s="2">
         <v>10</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>111914</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>7088</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>440</v>
       </c>
       <c r="I152" s="2">
         <v>120</v>
       </c>
       <c r="J152" s="2">
         <v>105</v>
       </c>
       <c r="K152" s="2">
         <v>70</v>
       </c>
       <c r="L152" s="2">
         <v>10</v>
@@ -8643,93 +8643,93 @@
       </c>
       <c r="J156" s="2">
         <v>109</v>
       </c>
       <c r="K156" s="2">
         <v>70</v>
       </c>
       <c r="L156" s="2">
         <v>10</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
         <v>111919</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
         <v>7048</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>451</v>
       </c>
       <c r="I157" s="2">
         <v>125</v>
       </c>
       <c r="J157" s="2">
         <v>110</v>
       </c>
       <c r="K157" s="2">
         <v>70</v>
       </c>
       <c r="L157" s="2">
         <v>10</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
         <v>111920</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
         <v>7007</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>453</v>
       </c>
       <c r="I158" s="2">
         <v>126</v>
       </c>
       <c r="J158" s="2">
         <v>111</v>
       </c>
       <c r="K158" s="2">
         <v>70</v>
       </c>
       <c r="L158" s="2">
         <v>10</v>
@@ -8766,51 +8766,51 @@
       </c>
       <c r="I159" s="2">
         <v>127</v>
       </c>
       <c r="J159" s="2">
         <v>112</v>
       </c>
       <c r="K159" s="2">
         <v>70</v>
       </c>
       <c r="L159" s="2">
         <v>10</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>108335</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>456</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>7224</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>457</v>
       </c>
       <c r="I160" s="2">
         <v>128</v>
       </c>
       <c r="J160" s="2">
         <v>113</v>
       </c>
       <c r="K160" s="2">
         <v>70</v>
@@ -8895,51 +8895,51 @@
       </c>
       <c r="J162" s="2">
         <v>115</v>
       </c>
       <c r="K162" s="2">
         <v>70</v>
       </c>
       <c r="L162" s="2">
         <v>10</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
         <v>111925</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
         <v>7154</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I163" s="2">
         <v>131</v>
       </c>
       <c r="J163" s="2">
         <v>116</v>
       </c>
       <c r="K163" s="2">
         <v>70</v>
       </c>
       <c r="L163" s="2">
         <v>10</v>
@@ -9147,51 +9147,51 @@
       </c>
       <c r="J168" s="2">
         <v>120</v>
       </c>
       <c r="K168" s="2">
         <v>70</v>
       </c>
       <c r="L168" s="2">
         <v>10</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
         <v>111931</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
         <v>7223</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>478</v>
       </c>
       <c r="I169" s="2">
         <v>137</v>
       </c>
       <c r="J169" s="2">
         <v>17</v>
       </c>
       <c r="K169" s="2">
         <v>70</v>
       </c>
       <c r="L169" s="2">
         <v>99</v>
@@ -9273,184 +9273,184 @@
       </c>
       <c r="J171" s="2">
         <v>19</v>
       </c>
       <c r="K171" s="2">
         <v>70</v>
       </c>
       <c r="L171" s="2">
         <v>97</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
         <v>111934</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2">
         <v>7027</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>485</v>
       </c>
       <c r="I172" s="2">
         <v>140</v>
       </c>
       <c r="J172" s="2">
         <v>121</v>
       </c>
       <c r="K172" s="2">
         <v>70</v>
       </c>
       <c r="L172" s="2">
         <v>10</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
         <v>111935</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>487</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
         <v>7033</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>488</v>
       </c>
       <c r="I173" s="2">
         <v>141</v>
       </c>
       <c r="J173" s="2">
         <v>122</v>
       </c>
       <c r="K173" s="2">
         <v>70</v>
       </c>
       <c r="L173" s="2">
         <v>10</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
         <v>111936</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>490</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
         <v>7047</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>491</v>
       </c>
       <c r="I174" s="2">
         <v>142</v>
       </c>
       <c r="J174" s="2">
         <v>123</v>
       </c>
       <c r="K174" s="2">
         <v>70</v>
       </c>
       <c r="L174" s="2">
         <v>10</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
         <v>111937</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>493</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
         <v>7202</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>494</v>
       </c>
       <c r="I175" s="2">
         <v>143</v>
       </c>
       <c r="J175" s="2">
         <v>124</v>
       </c>
       <c r="K175" s="2">
         <v>70</v>
       </c>
       <c r="L175" s="2">
         <v>10</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
         <v>80</v>
       </c>
@@ -9532,93 +9532,93 @@
       <c r="L177" s="2">
         <v>10</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
         <v>111940</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>501</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2">
         <v>7179</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>502</v>
       </c>
       <c r="I178" s="2">
         <v>146</v>
       </c>
       <c r="J178" s="2">
         <v>127</v>
       </c>
       <c r="K178" s="2">
         <v>70</v>
       </c>
       <c r="L178" s="2">
         <v>10</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
         <v>111941</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>504</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
         <v>7061</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>505</v>
       </c>
       <c r="I179" s="2">
         <v>147</v>
       </c>
       <c r="J179" s="2">
         <v>128</v>
       </c>
       <c r="K179" s="2">
         <v>70</v>
       </c>
       <c r="L179" s="2">
         <v>10</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
         <v>80</v>
       </c>
@@ -9826,51 +9826,51 @@
       <c r="L184" s="2">
         <v>10</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
         <v>111947</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>521</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>522</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
         <v>7057</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>523</v>
       </c>
       <c r="I185" s="2">
         <v>153</v>
       </c>
       <c r="J185" s="2">
         <v>132</v>
       </c>
       <c r="K185" s="2">
         <v>70</v>
       </c>
       <c r="L185" s="2">
         <v>10</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
         <v>80</v>
       </c>
@@ -9903,51 +9903,51 @@
       </c>
       <c r="J186" s="2">
         <v>133</v>
       </c>
       <c r="K186" s="2">
         <v>70</v>
       </c>
       <c r="L186" s="2">
         <v>10</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
         <v>111949</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
         <v>7196</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>527</v>
       </c>
       <c r="I187" s="2">
         <v>155</v>
       </c>
       <c r="J187" s="2">
         <v>22</v>
       </c>
       <c r="K187" s="2">
         <v>70</v>
       </c>
       <c r="L187" s="2">
         <v>94</v>
@@ -10155,51 +10155,51 @@
       </c>
       <c r="J192" s="2">
         <v>23</v>
       </c>
       <c r="K192" s="2">
         <v>70</v>
       </c>
       <c r="L192" s="2">
         <v>93</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
         <v>163</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>111955</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>7163</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>543</v>
       </c>
       <c r="I193" s="2">
         <v>161</v>
       </c>
       <c r="J193" s="2">
         <v>138</v>
       </c>
       <c r="K193" s="2">
         <v>70</v>
       </c>
       <c r="L193" s="2">
         <v>10</v>
@@ -10288,51 +10288,51 @@
       <c r="L195" s="2">
         <v>10</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
         <v>111958</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>549</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
         <v>7083</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>550</v>
       </c>
       <c r="I196" s="2">
         <v>164</v>
       </c>
       <c r="J196" s="2">
         <v>141</v>
       </c>
       <c r="K196" s="2">
         <v>70</v>
       </c>
       <c r="L196" s="2">
         <v>10</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
         <v>80</v>
       </c>