--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -56,278 +56,278 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Narin</t>
+  </si>
+  <si>
+    <t>Kongsiri</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>09:33:55</t>
+  </si>
+  <si>
     <t>Sukrit</t>
   </si>
   <si>
     <t>Kaewyoun</t>
   </si>
   <si>
-    <t>Thailand</t>
-[...4 lines deleted...]
-  <si>
     <t>09:17:03</t>
   </si>
   <si>
-    <t>Narin</t>
-[...7 lines deleted...]
-  <si>
     <t>Bunnavit</t>
   </si>
   <si>
     <t>Pangsuk</t>
   </si>
   <si>
     <t>10:30:52</t>
   </si>
   <si>
     <t>Wipawee</t>
   </si>
   <si>
     <t>PRATUMSUWAN</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>10:10:12</t>
   </si>
   <si>
+    <t>Michi</t>
+  </si>
+  <si>
+    <t>Abe</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>10:10:27</t>
+  </si>
+  <si>
     <t>Pongprapart</t>
   </si>
   <si>
     <t>Tharworn</t>
   </si>
   <si>
-    <t>Michi</t>
-[...8 lines deleted...]
-    <t>10:10:27</t>
+    <t>Tanawat</t>
+  </si>
+  <si>
+    <t>Nimcharoen</t>
+  </si>
+  <si>
+    <t>10:37:37</t>
   </si>
   <si>
     <t>Pawel</t>
   </si>
   <si>
     <t>Lech</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>10:15:00</t>
   </si>
   <si>
-    <t>Tanawat</t>
-[...5 lines deleted...]
-    <t>10:37:37</t>
+    <t>Kajohnsak</t>
+  </si>
+  <si>
+    <t>Thakham</t>
+  </si>
+  <si>
+    <t>10:22:55</t>
   </si>
   <si>
     <t>Jared</t>
   </si>
   <si>
     <t>Teves</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
-    <t>Kajohnsak</t>
-[...5 lines deleted...]
-    <t>10:22:55</t>
+    <t>Rony</t>
+  </si>
+  <si>
+    <t>Mertin</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>11:12:38</t>
   </si>
   <si>
     <t>Tawatchai</t>
   </si>
   <si>
     <t>SAPANKAEW</t>
   </si>
   <si>
     <t>10:28:37</t>
   </si>
   <si>
-    <t>Rony</t>
-[...10 lines deleted...]
-  <si>
     <t>Remi</t>
   </si>
   <si>
     <t>Galland</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>11:14:49</t>
   </si>
   <si>
     <t>Jason</t>
   </si>
   <si>
     <t>Pardue</t>
   </si>
   <si>
     <t>10:49:34</t>
   </si>
   <si>
     <t>Supat</t>
   </si>
   <si>
     <t>Bunjuar</t>
   </si>
   <si>
     <t>11:27:43</t>
   </si>
   <si>
     <t>11:09:15</t>
   </si>
   <si>
+    <t>Haniff</t>
+  </si>
+  <si>
+    <t>SALLEH</t>
+  </si>
+  <si>
+    <t>11:09:28</t>
+  </si>
+  <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Hiransomboon</t>
   </si>
   <si>
     <t>11:59:34</t>
   </si>
   <si>
-    <t>Haniff</t>
-[...7 lines deleted...]
-  <si>
     <t>Izer</t>
   </si>
   <si>
     <t>Bashir</t>
   </si>
   <si>
     <t>12:06:54</t>
   </si>
   <si>
     <t>Issaree</t>
   </si>
   <si>
     <t>Kengnok</t>
   </si>
   <si>
     <t>12:08:07</t>
   </si>
   <si>
     <t>Prutsama</t>
   </si>
   <si>
     <t>SRIGANHA</t>
   </si>
   <si>
     <t>Kittiphong</t>
   </si>
   <si>
     <t>Prasert</t>
   </si>
   <si>
     <t>12:08:11</t>
   </si>
   <si>
     <t>Pongniran</t>
   </si>
   <si>
     <t>11:09:35</t>
   </si>
   <si>
+    <t>Raymond</t>
+  </si>
+  <si>
+    <t>Lopez</t>
+  </si>
+  <si>
+    <t>12:11:47</t>
+  </si>
+  <si>
     <t>Heather</t>
   </si>
   <si>
     <t>11:32:09</t>
   </si>
   <si>
-    <t>Raymond</t>
-[...7 lines deleted...]
-  <si>
     <t>Siawhua</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>12:12:18</t>
   </si>
   <si>
     <t>Kanlaya</t>
   </si>
   <si>
     <t>Srinantawong</t>
   </si>
   <si>
     <t>11:47:51</t>
   </si>
   <si>
     <t>Sutthichai</t>
   </si>
   <si>
     <t>Surasompob</t>
   </si>
   <si>
     <t>12:15:12</t>
@@ -359,105 +359,105 @@
   <si>
     <t>KAEWSANSANA</t>
   </si>
   <si>
     <t>12:57:14</t>
   </si>
   <si>
     <t>Chanchaya</t>
   </si>
   <si>
     <t>Naphawanode</t>
   </si>
   <si>
     <t>13:01:31</t>
   </si>
   <si>
     <t>Mesikarn</t>
   </si>
   <si>
     <t>Jongthamrongjarukit</t>
   </si>
   <si>
     <t>12:23:06</t>
   </si>
   <si>
+    <t>Thaphut</t>
+  </si>
+  <si>
+    <t>Phadthaamphant</t>
+  </si>
+  <si>
+    <t>12:23:24</t>
+  </si>
+  <si>
     <t>Beth</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>14:06:48</t>
   </si>
   <si>
-    <t>Thaphut</t>
-[...7 lines deleted...]
-  <si>
     <t>Prawit</t>
   </si>
   <si>
     <t>Lakngernchai</t>
   </si>
   <si>
     <t>12:24:49</t>
   </si>
   <si>
     <t>Angsana</t>
   </si>
   <si>
     <t>JAGGAN</t>
   </si>
   <si>
     <t>14:16:44</t>
   </si>
   <si>
+    <t>Jatuporn</t>
+  </si>
+  <si>
+    <t>Jandang</t>
+  </si>
+  <si>
+    <t>14:18:34</t>
+  </si>
+  <si>
     <t>Sathapat</t>
   </si>
   <si>
     <t>Hansakunathai</t>
   </si>
   <si>
     <t>12:32:52</t>
-  </si>
-[...7 lines deleted...]
-    <t>14:18:34</t>
   </si>
   <si>
     <t>Siewshen</t>
   </si>
   <si>
     <t>Leong</t>
   </si>
   <si>
     <t>12:41:24</t>
   </si>
   <si>
     <t>Takayuki</t>
   </si>
   <si>
     <t>Miyagawa</t>
   </si>
   <si>
     <t>12:52:27</t>
   </si>
   <si>
     <t>Joshua</t>
   </si>
   <si>
     <t>Toh</t>
   </si>
@@ -1306,103 +1306,103 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>107398</v>
+        <v>102654</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>66051</v>
+        <v>66088</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>66</v>
       </c>
       <c r="L2" s="2">
         <v>200</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>266</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>102654</v>
+        <v>107398</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>66088</v>
+        <v>66051</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>66</v>
       </c>
       <c r="L3" s="2">
         <v>200</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
@@ -1474,382 +1474,382 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>1</v>
       </c>
       <c r="K5" s="2">
         <v>66</v>
       </c>
       <c r="L5" s="2">
         <v>200</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>266</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>105698</v>
+        <v>105704</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>66240</v>
+        <v>66195</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K6" s="2">
         <v>66</v>
       </c>
       <c r="L6" s="2">
-        <v>125</v>
+        <v>150</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>191</v>
+        <v>216</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>105704</v>
+        <v>105698</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>66195</v>
+        <v>66240</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>66</v>
       </c>
       <c r="L7" s="2">
-        <v>150</v>
+        <v>125</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>216</v>
+        <v>191</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>112085</v>
+        <v>105699</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>66054</v>
+        <v>66051</v>
       </c>
       <c r="F8" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="2" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K8" s="2">
         <v>66</v>
       </c>
       <c r="L8" s="2">
-        <v>125</v>
+        <v>100</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>191</v>
+        <v>166</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>105699</v>
+        <v>112085</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>66051</v>
+        <v>66054</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K9" s="2">
         <v>66</v>
       </c>
       <c r="L9" s="2">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>166</v>
+        <v>191</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>102629</v>
+        <v>112086</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>66232</v>
+        <v>66239</v>
       </c>
       <c r="F10" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10" s="2" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K10" s="2">
         <v>66</v>
       </c>
       <c r="L10" s="2">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>141</v>
+        <v>166</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>112086</v>
+        <v>102629</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>66239</v>
+        <v>66232</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>66</v>
       </c>
       <c r="L11" s="2">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>166</v>
+        <v>141</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>112087</v>
+        <v>100697</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>66080</v>
+        <v>66226</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K12" s="2">
         <v>66</v>
       </c>
       <c r="L12" s="2">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>141</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>100697</v>
+        <v>112087</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>66226</v>
+        <v>66080</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K13" s="2">
         <v>66</v>
       </c>
       <c r="L13" s="2">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>101700</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>66152</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>58</v>
       </c>
@@ -1865,51 +1865,51 @@
       <c r="L14" s="2">
         <v>65</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>112088</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>66057</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>6</v>
       </c>
       <c r="K15" s="2">
         <v>66</v>
       </c>
       <c r="L15" s="2">
         <v>70</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>136</v>
       </c>
@@ -1939,229 +1939,229 @@
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>8</v>
       </c>
       <c r="K16" s="2">
         <v>66</v>
       </c>
       <c r="L16" s="2">
         <v>60</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
         <v>102629</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
         <v>66214</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>66</v>
       </c>
       <c r="L17" s="2">
         <v>65</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>105703</v>
+        <v>112089</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>66179</v>
+        <v>66068</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K18" s="2">
         <v>66</v>
       </c>
       <c r="L18" s="2">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>112089</v>
+        <v>105703</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>66068</v>
+        <v>66179</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K19" s="2">
         <v>66</v>
       </c>
       <c r="L19" s="2">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
-        <v>126</v>
+        <v>121</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>112090</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>66074</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>9</v>
       </c>
       <c r="K20" s="2">
         <v>66</v>
       </c>
       <c r="L20" s="2">
         <v>55</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
         <v>105704</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
         <v>66189</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
         <v>10</v>
       </c>
       <c r="K21" s="2">
         <v>66</v>
       </c>
       <c r="L21" s="2">
         <v>50</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>116</v>
       </c>
@@ -2207,51 +2207,51 @@
       <c r="N22" s="2">
         <v>266</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>112091</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>66141</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>2</v>
       </c>
       <c r="K23" s="2">
         <v>66</v>
       </c>
       <c r="L23" s="2">
         <v>150</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>216</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>105705</v>
       </c>
       <c r="B24" s="2" t="s">
@@ -2314,148 +2314,148 @@
       </c>
       <c r="H25" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>10</v>
       </c>
       <c r="K25" s="2">
         <v>66</v>
       </c>
       <c r="L25" s="2">
         <v>50</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>112093</v>
+        <v>105706</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>66058</v>
+        <v>66163</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>66</v>
       </c>
       <c r="L26" s="2">
-        <v>125</v>
+        <v>40</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>191</v>
+        <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>105706</v>
+        <v>112093</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>66163</v>
+        <v>66058</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="K27" s="2">
         <v>66</v>
       </c>
       <c r="L27" s="2">
-        <v>40</v>
+        <v>125</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>106</v>
+        <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>101559</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>66221</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
         <v>2</v>
       </c>
       <c r="K28" s="2">
         <v>66</v>
       </c>
       <c r="L28" s="2">
         <v>150</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>216</v>
       </c>
@@ -2734,130 +2734,130 @@
       </c>
       <c r="H35" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>3</v>
       </c>
       <c r="K35" s="2">
         <v>66</v>
       </c>
       <c r="L35" s="2">
         <v>125</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>112098</v>
+        <v>105709</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>66136</v>
+        <v>66021</v>
       </c>
       <c r="F36" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36" s="2" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="K36" s="2">
         <v>66</v>
       </c>
       <c r="L36" s="2">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>126</v>
+        <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>105709</v>
+        <v>112098</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>66021</v>
+        <v>66136</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>121</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="K37" s="2">
         <v>66</v>
       </c>
       <c r="L37" s="2">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>91</v>
+        <v>126</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>105710</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>66081</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>124</v>
       </c>
@@ -2902,148 +2902,148 @@
       </c>
       <c r="H39" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
         <v>9</v>
       </c>
       <c r="K39" s="2">
         <v>66</v>
       </c>
       <c r="L39" s="2">
         <v>55</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>105711</v>
+        <v>112100</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>66109</v>
+        <v>66121</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="K40" s="2">
         <v>66</v>
       </c>
       <c r="L40" s="2">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>89</v>
+        <v>116</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>112100</v>
+        <v>105711</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>66121</v>
+        <v>66109</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>133</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="K41" s="2">
         <v>66</v>
       </c>
       <c r="L41" s="2">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>116</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>105712</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>66095</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>4</v>
       </c>
       <c r="K42" s="2">
         <v>66</v>
       </c>
       <c r="L42" s="2">
         <v>100</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>166</v>
       </c>
@@ -3251,93 +3251,93 @@
       <c r="L47" s="2">
         <v>15</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>105718</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>153</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>66168</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I48" s="2">
         <v>27</v>
       </c>
       <c r="J48" s="2">
         <v>23</v>
       </c>
       <c r="K48" s="2">
         <v>66</v>
       </c>
       <c r="L48" s="2">
         <v>15</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>105719</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>66076</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I49" s="2">
         <v>28</v>
       </c>
       <c r="J49" s="2">
         <v>24</v>
       </c>
       <c r="K49" s="2">
         <v>66</v>
       </c>
       <c r="L49" s="2">
         <v>15</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>81</v>
       </c>
@@ -3839,135 +3839,135 @@
       <c r="L61" s="2">
         <v>15</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>105732</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>66153</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I62" s="2">
         <v>41</v>
       </c>
       <c r="J62" s="2">
         <v>36</v>
       </c>
       <c r="K62" s="2">
         <v>66</v>
       </c>
       <c r="L62" s="2">
         <v>15</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>105733</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
         <v>66123</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>200</v>
       </c>
       <c r="I63" s="2">
         <v>42</v>
       </c>
       <c r="J63" s="2">
         <v>37</v>
       </c>
       <c r="K63" s="2">
         <v>66</v>
       </c>
       <c r="L63" s="2">
         <v>15</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>105734</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>66007</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>203</v>
       </c>
       <c r="I64" s="2">
         <v>43</v>
       </c>
       <c r="J64" s="2">
         <v>6</v>
       </c>
       <c r="K64" s="2">
         <v>66</v>
       </c>
       <c r="L64" s="2">
         <v>70</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>136</v>
       </c>
@@ -4007,93 +4007,93 @@
       <c r="L65" s="2">
         <v>15</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>105736</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>66157</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I66" s="2">
         <v>45</v>
       </c>
       <c r="J66" s="2">
         <v>7</v>
       </c>
       <c r="K66" s="2">
         <v>66</v>
       </c>
       <c r="L66" s="2">
         <v>65</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>104482</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>66158</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I67" s="2">
         <v>46</v>
       </c>
       <c r="J67" s="2">
         <v>8</v>
       </c>
       <c r="K67" s="2">
         <v>66</v>
       </c>
       <c r="L67" s="2">
         <v>60</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>126</v>
       </c>
@@ -4343,51 +4343,51 @@
       <c r="L73" s="2">
         <v>15</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>105742</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>66167</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>232</v>
       </c>
       <c r="I74" s="2">
         <v>53</v>
       </c>
       <c r="J74" s="2">
         <v>9</v>
       </c>
       <c r="K74" s="2">
         <v>66</v>
       </c>
       <c r="L74" s="2">
         <v>55</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>121</v>
       </c>
@@ -4679,51 +4679,51 @@
       <c r="L81" s="2">
         <v>15</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>105750</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>66150</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I82" s="2">
         <v>61</v>
       </c>
       <c r="J82" s="2">
         <v>10</v>
       </c>
       <c r="K82" s="2">
         <v>66</v>
       </c>
       <c r="L82" s="2">
         <v>50</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>116</v>
       </c>