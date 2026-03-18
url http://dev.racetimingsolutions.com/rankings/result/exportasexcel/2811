--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -56,443 +56,443 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Jonathan Exentos</t>
+  </si>
+  <si>
+    <t>Pido</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>07:01:55</t>
+  </si>
+  <si>
     <t>John Ray</t>
   </si>
   <si>
     <t>Onifa</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...4 lines deleted...]
-  <si>
     <t>07:02:32</t>
   </si>
   <si>
-    <t>Jonathan Exentos</t>
-[...5 lines deleted...]
-    <t>07:01:55</t>
+    <t>Manolito Lupig</t>
+  </si>
+  <si>
+    <t>Divina</t>
+  </si>
+  <si>
+    <t>07:18:26</t>
   </si>
   <si>
     <t>Richgie P.</t>
   </si>
   <si>
     <t>Dala</t>
   </si>
   <si>
     <t>07:30:41</t>
   </si>
   <si>
-    <t>Manolito Lupig</t>
-[...7 lines deleted...]
-  <si>
     <t>Kristian</t>
   </si>
   <si>
     <t>Joergensen</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>07:18:29</t>
   </si>
   <si>
     <t>Leo Sarabosing</t>
   </si>
   <si>
     <t>Colonia</t>
   </si>
   <si>
     <t>07:42:05</t>
   </si>
   <si>
+    <t>07:56:58</t>
+  </si>
+  <si>
     <t>Wilnar</t>
   </si>
   <si>
     <t>Iglesia</t>
   </si>
   <si>
     <t>07:39:21</t>
   </si>
   <si>
-    <t>07:56:58</t>
-[...1 lines deleted...]
-  <si>
     <t>Thumbie Ocampo</t>
   </si>
   <si>
     <t>Remigio</t>
   </si>
   <si>
     <t>08:18:16</t>
   </si>
   <si>
     <t>Aldean Philip</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>08:19:17</t>
   </si>
   <si>
+    <t>08:32:01</t>
+  </si>
+  <si>
     <t>08:54:44</t>
   </si>
   <si>
-    <t>08:32:01</t>
+    <t>Majo</t>
+  </si>
+  <si>
+    <t>Liao</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>09:19:08</t>
   </si>
   <si>
     <t>Sandi Menchi</t>
   </si>
   <si>
     <t>Catlona Abahan</t>
   </si>
   <si>
-    <t>Female</t>
-[...1 lines deleted...]
-  <si>
     <t>09:09:02</t>
   </si>
   <si>
-    <t>Majo</t>
-[...5 lines deleted...]
-    <t>09:19:08</t>
+    <t>09:09:23</t>
   </si>
   <si>
     <t>Alvin  E.</t>
   </si>
   <si>
     <t>Alvisor</t>
   </si>
   <si>
     <t>09:46:29</t>
   </si>
   <si>
-    <t>09:09:23</t>
-[...1 lines deleted...]
-  <si>
     <t>Benedick</t>
   </si>
   <si>
     <t>Gulapa</t>
   </si>
   <si>
     <t>09:10:12</t>
   </si>
   <si>
     <t>Paul James  </t>
   </si>
   <si>
     <t>Zafico</t>
   </si>
   <si>
     <t>09:53:48</t>
   </si>
   <si>
+    <t>Maria Luisa Macahilo </t>
+  </si>
+  <si>
+    <t>Prado</t>
+  </si>
+  <si>
+    <t>10:14:13</t>
+  </si>
+  <si>
     <t>Ryan</t>
   </si>
   <si>
     <t>Baldovino</t>
   </si>
   <si>
     <t>09:18:57</t>
   </si>
   <si>
-    <t>Maria Luisa Macahilo </t>
-[...5 lines deleted...]
-    <t>10:14:13</t>
+    <t>Japhet</t>
+  </si>
+  <si>
+    <t>Fernandez</t>
+  </si>
+  <si>
+    <t>09:23:48</t>
   </si>
   <si>
     <t>Al Ray Tudtud</t>
   </si>
   <si>
     <t>Lazado</t>
   </si>
   <si>
     <t>10:14:19</t>
   </si>
   <si>
-    <t>Japhet</t>
-[...7 lines deleted...]
-  <si>
     <t>Roi Jason</t>
   </si>
   <si>
     <t>Bonifacio</t>
   </si>
   <si>
     <t>09:29:07</t>
   </si>
   <si>
     <t>Jake</t>
   </si>
   <si>
     <t>Soriano</t>
   </si>
   <si>
     <t>10:23:41</t>
   </si>
   <si>
+    <t>Hanz</t>
+  </si>
+  <si>
+    <t>Pacana</t>
+  </si>
+  <si>
+    <t>10:34:02</t>
+  </si>
+  <si>
     <t>Marton</t>
   </si>
   <si>
     <t>Pelagio</t>
   </si>
   <si>
     <t>09:29:25</t>
   </si>
   <si>
-    <t>Hanz</t>
-[...5 lines deleted...]
-    <t>10:34:02</t>
+    <t>John Eruel</t>
+  </si>
+  <si>
+    <t>Oquino</t>
+  </si>
+  <si>
+    <t>09:35:19</t>
   </si>
   <si>
     <t>Hanover </t>
   </si>
   <si>
     <t>Amigo</t>
   </si>
   <si>
     <t>10:38:47</t>
   </si>
   <si>
-    <t>John Eruel</t>
-[...7 lines deleted...]
-  <si>
     <t>Kyle</t>
   </si>
   <si>
     <t>Antolin</t>
   </si>
   <si>
     <t>09:43:34</t>
   </si>
   <si>
     <t>Retchelle A .  </t>
   </si>
   <si>
     <t>Nave</t>
   </si>
   <si>
     <t>10:42:12</t>
   </si>
   <si>
+    <t>Christian Dave Paje </t>
+  </si>
+  <si>
+    <t>Quilang</t>
+  </si>
+  <si>
+    <t>10:49:52</t>
+  </si>
+  <si>
     <t>10:01:07</t>
   </si>
   <si>
-    <t>Christian Dave Paje </t>
-[...5 lines deleted...]
-    <t>10:49:52</t>
+    <t>Carlo</t>
+  </si>
+  <si>
+    <t>Chiong</t>
+  </si>
+  <si>
+    <t>10:04:04</t>
   </si>
   <si>
     <t>Richard Bernante</t>
   </si>
   <si>
     <t>Anania</t>
   </si>
   <si>
     <t>10:54:42</t>
   </si>
   <si>
-    <t>Carlo</t>
-[...7 lines deleted...]
-  <si>
     <t>Jessie</t>
   </si>
   <si>
     <t>Rey Prieto</t>
   </si>
   <si>
     <t>10:24:51</t>
   </si>
   <si>
     <t>Romualdo Bacle  </t>
   </si>
   <si>
     <t>Calbes</t>
   </si>
   <si>
     <t>10:58:42</t>
   </si>
   <si>
+    <t>Angelie Paculba</t>
+  </si>
+  <si>
+    <t>Sabanal</t>
+  </si>
+  <si>
+    <t>10:58:44</t>
+  </si>
+  <si>
     <t>Windell</t>
   </si>
   <si>
     <t>Patagoc</t>
   </si>
   <si>
     <t>10:25:36</t>
   </si>
   <si>
-    <t>Angelie Paculba</t>
-[...5 lines deleted...]
-    <t>10:58:44</t>
+    <t>Aggy</t>
+  </si>
+  <si>
+    <t>Sabanal-Marte</t>
+  </si>
+  <si>
+    <t>10:28:52</t>
   </si>
   <si>
     <t>Silverio</t>
   </si>
   <si>
     <t>Cueva</t>
   </si>
   <si>
     <t>10:58:47</t>
   </si>
   <si>
-    <t>Aggy</t>
-[...7 lines deleted...]
-  <si>
     <t>Orville</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
     <t>10:29:00</t>
   </si>
   <si>
     <t>Che Tejado</t>
   </si>
   <si>
     <t>Depamaylo</t>
   </si>
   <si>
     <t>11:05:36</t>
   </si>
   <si>
+    <t>Rene</t>
+  </si>
+  <si>
+    <t>Amigleo</t>
+  </si>
+  <si>
+    <t>11:06:29</t>
+  </si>
+  <si>
     <t>Che</t>
   </si>
   <si>
     <t>10:29:31</t>
   </si>
   <si>
-    <t>Rene</t>
-[...5 lines deleted...]
-    <t>11:06:29</t>
+    <t>Rainer Paul Rebultan</t>
+  </si>
+  <si>
+    <t>Formoso</t>
+  </si>
+  <si>
+    <t>10:47:13</t>
   </si>
   <si>
     <t>Daisy Abadinas</t>
   </si>
   <si>
     <t>Batac</t>
   </si>
   <si>
     <t>11:07:00</t>
   </si>
   <si>
-    <t>Rainer Paul Rebultan</t>
-[...7 lines deleted...]
-  <si>
     <t>Tantan</t>
   </si>
   <si>
     <t>11:02:03</t>
   </si>
   <si>
     <t>Hector Dan Javierto </t>
   </si>
   <si>
     <t>Jimenez</t>
   </si>
   <si>
     <t>11:15:05</t>
   </si>
   <si>
     <t>Yasuko  </t>
   </si>
   <si>
     <t>Nomura</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>11:21:29</t>
@@ -503,222 +503,222 @@
   <si>
     <t>Gerardo Racs</t>
   </si>
   <si>
     <t>Platon</t>
   </si>
   <si>
     <t>Jake Bencent </t>
   </si>
   <si>
     <t>Cronito</t>
   </si>
   <si>
     <t>11:21:34</t>
   </si>
   <si>
     <t>Ramie</t>
   </si>
   <si>
     <t>11:05:58</t>
   </si>
   <si>
     <t>11:40:57</t>
   </si>
   <si>
+    <t>Merson  </t>
+  </si>
+  <si>
+    <t>Gasang</t>
+  </si>
+  <si>
+    <t>11:41:05</t>
+  </si>
+  <si>
     <t>Trisha</t>
   </si>
   <si>
     <t>Reyes</t>
   </si>
   <si>
     <t>11:06:10</t>
   </si>
   <si>
-    <t>Merson  </t>
-[...5 lines deleted...]
-    <t>11:41:05</t>
+    <t>Daive</t>
+  </si>
+  <si>
+    <t>Emberga</t>
+  </si>
+  <si>
+    <t>11:14:38</t>
   </si>
   <si>
     <t>Carlo L .  </t>
   </si>
   <si>
     <t>Yap</t>
   </si>
   <si>
     <t>11:46:04</t>
   </si>
   <si>
-    <t>Daive</t>
-[...7 lines deleted...]
-  <si>
     <t>Rafael</t>
   </si>
   <si>
     <t>Barolo</t>
   </si>
   <si>
     <t>11:25:42</t>
   </si>
   <si>
     <t>Romeo Iii Rosalejos </t>
   </si>
   <si>
     <t>Cordova</t>
   </si>
   <si>
     <t>11:46:26</t>
   </si>
   <si>
+    <t>11:47:09</t>
+  </si>
+  <si>
     <t>11:27:28</t>
   </si>
   <si>
-    <t>11:47:09</t>
+    <t>11:27:33</t>
   </si>
   <si>
     <t>Manilyn Napone</t>
   </si>
   <si>
     <t>Mamugay</t>
   </si>
   <si>
     <t>11:53:07</t>
   </si>
   <si>
-    <t>11:27:33</t>
-[...1 lines deleted...]
-  <si>
     <t>John Richard</t>
   </si>
   <si>
     <t>Brillantes</t>
   </si>
   <si>
     <t>11:27:59</t>
   </si>
   <si>
     <t>Myrasol Chung</t>
   </si>
   <si>
     <t>Mabait</t>
   </si>
   <si>
     <t>11:53:09</t>
   </si>
   <si>
+    <t>Randie Gamalo</t>
+  </si>
+  <si>
+    <t>Briones</t>
+  </si>
+  <si>
+    <t>11:53:14</t>
+  </si>
+  <si>
     <t>Gilbert</t>
   </si>
   <si>
     <t>Lopez</t>
   </si>
   <si>
     <t>11:33:28</t>
   </si>
   <si>
-    <t>Randie Gamalo</t>
-[...5 lines deleted...]
-    <t>11:53:14</t>
+    <t>11:37:07</t>
   </si>
   <si>
     <t>Sharon Rose</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
   <si>
     <t>12:06:24</t>
   </si>
   <si>
-    <t>11:37:07</t>
-[...1 lines deleted...]
-  <si>
     <t>Nephil</t>
   </si>
   <si>
     <t>Parel</t>
   </si>
   <si>
     <t>11:44:36</t>
   </si>
   <si>
     <t>Ronald Rei Catoc</t>
   </si>
   <si>
     <t>Declarador</t>
   </si>
   <si>
     <t>12:06:28</t>
   </si>
   <si>
+    <t>Margal M.</t>
+  </si>
+  <si>
+    <t>Galendez</t>
+  </si>
+  <si>
+    <t>12:11:37</t>
+  </si>
+  <si>
     <t>Patricia Ann</t>
   </si>
   <si>
     <t>Morota</t>
   </si>
   <si>
     <t>11:44:48</t>
   </si>
   <si>
-    <t>Margal M.</t>
-[...5 lines deleted...]
-    <t>12:11:37</t>
+    <t>Jeshryl</t>
+  </si>
+  <si>
+    <t>Aranzaso</t>
+  </si>
+  <si>
+    <t>11:46:40</t>
   </si>
   <si>
     <t>Edwin De Vera.  </t>
   </si>
   <si>
     <t>Dalusong</t>
   </si>
   <si>
     <t>12:16:37</t>
-  </si>
-[...7 lines deleted...]
-    <t>11:46:40</t>
   </si>
   <si>
     <t>Deomark</t>
   </si>
   <si>
     <t>Herda</t>
   </si>
   <si>
     <t>12:25:09</t>
   </si>
   <si>
     <t>Daryl Miral.  </t>
   </si>
   <si>
     <t>Verula</t>
   </si>
   <si>
     <t>12:23:32</t>
   </si>
   <si>
     <t>Hilbert</t>
   </si>
   <si>
     <t>Orpiada</t>
   </si>
@@ -1657,187 +1657,187 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>105827</v>
+        <v>102077</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>50016</v>
+        <v>50145</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>102077</v>
+        <v>105827</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>50145</v>
+        <v>50016</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>102078</v>
+        <v>100218</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>50121</v>
+        <v>50091</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
         <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>100218</v>
+        <v>102078</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>50091</v>
+        <v>50121</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
@@ -1909,130 +1909,130 @@
       </c>
       <c r="H7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>104467</v>
+        <v>100218</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>50092</v>
+        <v>50026</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
         <v>4</v>
       </c>
       <c r="K8" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L8" s="2">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>100218</v>
+        <v>104467</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>50026</v>
+        <v>50092</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L9" s="2">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
         <v>102080</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
         <v>50085</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>41</v>
       </c>
@@ -2077,271 +2077,271 @@
       </c>
       <c r="H11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
         <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>101111</v>
+        <v>102077</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>50011</v>
+        <v>50128</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
         <v>6</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
         <v>250</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>102077</v>
+        <v>101111</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>50128</v>
+        <v>50011</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>102478</v>
+        <v>101134</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>50093</v>
+        <v>50008</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>1</v>
       </c>
       <c r="K14" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L14" s="2">
         <v>400</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>101134</v>
+        <v>102478</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>50008</v>
+        <v>50093</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>1</v>
       </c>
       <c r="K15" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>400</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>102081</v>
+        <v>102080</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>50102</v>
+        <v>50077</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>7</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>240</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102080</v>
+        <v>102081</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>50077</v>
+        <v>50102</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>7</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
@@ -2413,214 +2413,214 @@
       </c>
       <c r="H19" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>8</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>230</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>104396</v>
+        <v>102083</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>50063</v>
+        <v>50012</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>102083</v>
+        <v>104396</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>50012</v>
+        <v>50063</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
-        <v>350</v>
+        <v>220</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>102084</v>
+        <v>105829</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>50009</v>
+        <v>50084</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>105829</v>
+        <v>102084</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>50084</v>
+        <v>50009</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>101125</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>50025</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>78</v>
       </c>
@@ -2665,214 +2665,214 @@
       </c>
       <c r="H25" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>10</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>210</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>105831</v>
+        <v>102086</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>50126</v>
+        <v>50129</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>102086</v>
+        <v>105831</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>50129</v>
+        <v>50126</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>87</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>102087</v>
+        <v>103398</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>50036</v>
+        <v>50004</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>103398</v>
+        <v>102087</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>50004</v>
+        <v>50036</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>101114</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>50008</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>96</v>
       </c>
@@ -2917,214 +2917,214 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>3</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
         <v>325</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>102083</v>
+        <v>102089</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>67</v>
+        <v>100</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>50009</v>
+        <v>50053</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
-        <v>350</v>
+        <v>180</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>102089</v>
+        <v>102083</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>101</v>
+        <v>64</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>50053</v>
+        <v>50009</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>103</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>180</v>
+        <v>350</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>102090</v>
+        <v>105833</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>50018</v>
+        <v>50087</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>106</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
-        <v>105833</v>
+        <v>102090</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
-        <v>50087</v>
+        <v>50018</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>105834</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>50029</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>112</v>
       </c>
@@ -3169,214 +3169,214 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>115</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>101126</v>
+        <v>102092</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>50134</v>
+        <v>50021</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
-        <v>140</v>
+        <v>300</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>102092</v>
+        <v>101126</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>50021</v>
+        <v>50134</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>121</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>300</v>
+        <v>140</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>102093</v>
+        <v>105836</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>50002</v>
+        <v>50020</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>150</v>
+        <v>325</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>105836</v>
+        <v>102093</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>50020</v>
+        <v>50002</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>325</v>
+        <v>150</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>105837</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>50022</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>130</v>
       </c>
@@ -3421,225 +3421,225 @@
       </c>
       <c r="H43" s="2" t="s">
         <v>133</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>17</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>140</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>105838</v>
+        <v>102095</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>50024</v>
+        <v>50037</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>102095</v>
+        <v>105838</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>50037</v>
+        <v>50024</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>138</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>102096</v>
+        <v>102104</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>50023</v>
+        <v>50068</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
-        <v>275</v>
+        <v>110</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>102104</v>
+        <v>102096</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>50068</v>
+        <v>50023</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>110</v>
+        <v>275</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>105840</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>50108</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>146</v>
       </c>
       <c r="I48" s="2">
         <v>24</v>
       </c>
       <c r="J48" s="2">
         <v>21</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
         <v>100</v>
@@ -3718,54 +3718,54 @@
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
         <v>6</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
         <v>250</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
         <v>102095</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
         <v>50074</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>22</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
         <v>99</v>
@@ -3847,51 +3847,51 @@
       </c>
       <c r="J53" s="2">
         <v>20</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
         <v>110</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>102113</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>50067</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>161</v>
       </c>
       <c r="I54" s="2">
         <v>27</v>
       </c>
       <c r="J54" s="2">
         <v>24</v>
       </c>
       <c r="K54" s="2">
         <v>100</v>
       </c>
       <c r="L54" s="2">
         <v>97</v>
@@ -3925,214 +3925,214 @@
       </c>
       <c r="H55" s="2" t="s">
         <v>162</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
         <v>21</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
         <v>100</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>105841</v>
+        <v>102101</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>50120</v>
+        <v>50022</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
-        <v>300</v>
+        <v>99</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>400</v>
+        <v>199</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>102101</v>
+        <v>105841</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>50022</v>
+        <v>50120</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>168</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
-        <v>99</v>
+        <v>300</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>199</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>102102</v>
+        <v>105842</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>169</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>50131</v>
+        <v>50013</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>171</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="K58" s="2">
         <v>100</v>
       </c>
       <c r="L58" s="2">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>105842</v>
+        <v>102102</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>50013</v>
+        <v>50131</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="K59" s="2">
         <v>100</v>
       </c>
       <c r="L59" s="2">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>105843</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>50094</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>177</v>
       </c>
@@ -4177,214 +4177,214 @@
       </c>
       <c r="H61" s="2" t="s">
         <v>180</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>24</v>
       </c>
       <c r="K61" s="2">
         <v>100</v>
       </c>
       <c r="L61" s="2">
         <v>97</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>102103</v>
+        <v>102104</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>179</v>
+        <v>140</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>50026</v>
+        <v>50050</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>181</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K62" s="2">
         <v>100</v>
       </c>
       <c r="L62" s="2">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
-        <v>102104</v>
+        <v>102103</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>142</v>
+        <v>178</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>143</v>
+        <v>179</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
-        <v>50050</v>
+        <v>50026</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
-        <v>196</v>
+        <v>194</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
-        <v>102105</v>
+        <v>102085</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>183</v>
+        <v>79</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>184</v>
+        <v>80</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
-        <v>50114</v>
+        <v>50113</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="I64" s="2">
         <v>32</v>
       </c>
       <c r="J64" s="2">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
-        <v>240</v>
+        <v>93</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
-        <v>340</v>
+        <v>193</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>102085</v>
+        <v>102105</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>79</v>
+        <v>184</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>80</v>
+        <v>185</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>50113</v>
+        <v>50114</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>186</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
-        <v>93</v>
+        <v>240</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>193</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>105846</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>50015</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>189</v>
       </c>
@@ -4429,214 +4429,214 @@
       </c>
       <c r="H67" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I67" s="2">
         <v>33</v>
       </c>
       <c r="J67" s="2">
         <v>8</v>
       </c>
       <c r="K67" s="2">
         <v>100</v>
       </c>
       <c r="L67" s="2">
         <v>230</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
-        <v>105847</v>
+        <v>102107</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
-        <v>50003</v>
+        <v>50124</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I68" s="2">
         <v>34</v>
       </c>
       <c r="J68" s="2">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
-        <v>191</v>
+        <v>195</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>102107</v>
+        <v>105847</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>50124</v>
+        <v>50003</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I69" s="2">
         <v>34</v>
       </c>
       <c r="J69" s="2">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
-        <v>195</v>
+        <v>191</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
-        <v>102108</v>
+        <v>102091</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>199</v>
+        <v>113</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>200</v>
+        <v>114</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
-        <v>50135</v>
+        <v>50131</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="I70" s="2">
         <v>35</v>
       </c>
       <c r="J70" s="2">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="K70" s="2">
         <v>100</v>
       </c>
       <c r="L70" s="2">
-        <v>220</v>
+        <v>90</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>102091</v>
+        <v>102108</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>113</v>
+        <v>200</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>114</v>
+        <v>201</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>50131</v>
+        <v>50135</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>202</v>
       </c>
       <c r="I71" s="2">
         <v>35</v>
       </c>
       <c r="J71" s="2">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="K71" s="2">
         <v>100</v>
       </c>
       <c r="L71" s="2">
-        <v>90</v>
+        <v>220</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>103411</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>204</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>50028</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>205</v>
       </c>
@@ -4681,214 +4681,214 @@
       </c>
       <c r="H73" s="2" t="s">
         <v>208</v>
       </c>
       <c r="I73" s="2">
         <v>36</v>
       </c>
       <c r="J73" s="2">
         <v>27</v>
       </c>
       <c r="K73" s="2">
         <v>100</v>
       </c>
       <c r="L73" s="2">
         <v>94</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
-        <v>102991</v>
+        <v>102110</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>210</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
-        <v>50001</v>
+        <v>50057</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>211</v>
       </c>
       <c r="I74" s="2">
         <v>37</v>
       </c>
       <c r="J74" s="2">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="K74" s="2">
         <v>100</v>
       </c>
       <c r="L74" s="2">
-        <v>275</v>
+        <v>93</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
-        <v>375</v>
+        <v>193</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
-        <v>102110</v>
+        <v>102991</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
-        <v>50057</v>
+        <v>50001</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>214</v>
       </c>
       <c r="I75" s="2">
         <v>37</v>
       </c>
       <c r="J75" s="2">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
-        <v>93</v>
+        <v>275</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
-        <v>193</v>
+        <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
-        <v>102111</v>
+        <v>102502</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
-        <v>50001</v>
+        <v>50036</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>217</v>
       </c>
       <c r="I76" s="2">
         <v>38</v>
       </c>
       <c r="J76" s="2">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="K76" s="2">
         <v>100</v>
       </c>
       <c r="L76" s="2">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
-        <v>192</v>
+        <v>188</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
-        <v>102502</v>
+        <v>102111</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
-        <v>50036</v>
+        <v>50001</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>220</v>
       </c>
       <c r="I77" s="2">
         <v>38</v>
       </c>
       <c r="J77" s="2">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
         <v>102616</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
         <v>50096</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>223</v>
       </c>
@@ -4981,51 +4981,51 @@
       </c>
       <c r="J80" s="2">
         <v>35</v>
       </c>
       <c r="K80" s="2">
         <v>100</v>
       </c>
       <c r="L80" s="2">
         <v>86</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>102113</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>50035</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>230</v>
       </c>
       <c r="I81" s="2">
         <v>40</v>
       </c>
       <c r="J81" s="2">
         <v>31</v>
       </c>
       <c r="K81" s="2">
         <v>100</v>
       </c>
       <c r="L81" s="2">
         <v>90</v>
@@ -5776,54 +5776,54 @@
       </c>
       <c r="I99" s="2">
         <v>49</v>
       </c>
       <c r="J99" s="2">
         <v>38</v>
       </c>
       <c r="K99" s="2">
         <v>100</v>
       </c>
       <c r="L99" s="2">
         <v>83</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
         <v>102084</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
         <v>50127</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>284</v>
       </c>
       <c r="I100" s="2">
         <v>50</v>
       </c>
       <c r="J100" s="2">
         <v>45</v>
       </c>
       <c r="K100" s="2">
         <v>100</v>
       </c>
       <c r="L100" s="2">
         <v>76</v>