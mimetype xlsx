--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -212,63 +212,63 @@
   <si>
     <t>Kenji</t>
   </si>
   <si>
     <t>Takahashi</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>16:37:27</t>
   </si>
   <si>
     <t>Matthias</t>
   </si>
   <si>
     <t>Real</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>16:38:02</t>
   </si>
   <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Jansen</t>
+  </si>
+  <si>
+    <t>16:38:09</t>
+  </si>
+  <si>
     <t>Markus</t>
   </si>
   <si>
     <t>Haeny</t>
-  </si>
-[...7 lines deleted...]
-    <t>Jansen</t>
   </si>
   <si>
     <t xml:space="preserve">Husnan </t>
   </si>
   <si>
     <t>Husin</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>16:42:10</t>
   </si>
   <si>
     <t>Abimanyu</t>
   </si>
   <si>
     <t>Shunmugan</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>16:56:49</t>
   </si>
@@ -1573,103 +1573,103 @@
       </c>
       <c r="H16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I16" s="2">
         <v>15</v>
       </c>
       <c r="J16" s="2">
         <v>15</v>
       </c>
       <c r="K16" s="2">
         <v>115</v>
       </c>
       <c r="L16" s="2">
         <v>25</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>100551</v>
+        <v>101994</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>6019</v>
+        <v>6018</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I17" s="2">
         <v>16</v>
       </c>
       <c r="J17" s="2">
         <v>16</v>
       </c>
       <c r="K17" s="2">
         <v>115</v>
       </c>
       <c r="L17" s="2">
         <v>24</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>101994</v>
+        <v>100551</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>6018</v>
+        <v>6019</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I18" s="2">
         <v>16</v>
       </c>
       <c r="J18" s="2">
         <v>16</v>
       </c>
       <c r="K18" s="2">
         <v>115</v>
       </c>
       <c r="L18" s="2">
         <v>24</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>