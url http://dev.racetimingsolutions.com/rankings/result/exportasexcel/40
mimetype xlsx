--- v0 (2025-10-24)
+++ v1 (2026-03-20)
@@ -134,782 +134,782 @@
   <si>
     <t>Mads</t>
   </si>
   <si>
     <t>Louring</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>08:42:34</t>
   </si>
   <si>
     <t>Trung</t>
   </si>
   <si>
     <t>Nguyen</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>09:21:19</t>
   </si>
   <si>
+    <t>Dung</t>
+  </si>
+  <si>
+    <t>Vũ Tiến Việt</t>
+  </si>
+  <si>
+    <t>09:36:21</t>
+  </si>
+  <si>
     <t>Cory</t>
   </si>
   <si>
     <t>Lewandowski</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>09:29:22</t>
   </si>
   <si>
     <t>The</t>
   </si>
   <si>
     <t>Anh Trần</t>
   </si>
   <si>
     <t>10:21:51</t>
   </si>
   <si>
+    <t xml:space="preserve">Xuan Suong </t>
+  </si>
+  <si>
+    <t>Le</t>
+  </si>
+  <si>
+    <t>13:28:15.000000000007</t>
+  </si>
+  <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Fournel</t>
   </si>
   <si>
     <t>10:33:14</t>
   </si>
   <si>
-    <t>Dung</t>
-[...16 lines deleted...]
-  <si>
     <t>Michal</t>
   </si>
   <si>
     <t>Lesniak</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>10:11:47.999999999993</t>
   </si>
   <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Hargrave</t>
   </si>
   <si>
     <t>10:36:40</t>
   </si>
   <si>
+    <t>Duc Tuan</t>
+  </si>
+  <si>
+    <t>Anh Nguyễn</t>
+  </si>
+  <si>
+    <t>10:24:14</t>
+  </si>
+  <si>
     <t>Chung Yee Joannie</t>
   </si>
   <si>
     <t>Ho</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>10:37:48</t>
   </si>
   <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>Revelant</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>09:46:17</t>
   </si>
   <si>
-    <t>Duc Tuan</t>
-[...7 lines deleted...]
-  <si>
     <t>Hanh</t>
   </si>
   <si>
     <t>Hoàng Hữu</t>
   </si>
   <si>
     <t>10:24:59</t>
   </si>
   <si>
     <t>Sutinee</t>
   </si>
   <si>
     <t>Rasp</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>13:59:03</t>
   </si>
   <si>
     <t>Nhon</t>
   </si>
   <si>
     <t>Đỗ Trọng</t>
   </si>
   <si>
     <t>09:17:55</t>
   </si>
   <si>
+    <t>11:28:46</t>
+  </si>
+  <si>
+    <t>Giles</t>
+  </si>
+  <si>
+    <t>Lever</t>
+  </si>
+  <si>
+    <t>10:38:39</t>
+  </si>
+  <si>
+    <t>Tien</t>
+  </si>
+  <si>
+    <t>Việt Dũng Vũ</t>
+  </si>
+  <si>
+    <t>10:59:46</t>
+  </si>
+  <si>
+    <t>09:52:14</t>
+  </si>
+  <si>
     <t>Nguyễn Thị Ngọt</t>
   </si>
   <si>
     <t>14:08:21.000000000007</t>
   </si>
   <si>
-    <t>11:28:46</t>
-[...22 lines deleted...]
-  <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Thomas West</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>10:29:24</t>
   </si>
   <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>van Zandwijk</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>11:07:44</t>
+  </si>
+  <si>
+    <t>Kona</t>
+  </si>
+  <si>
+    <t>Liau</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>14:33:1.0000000000073</t>
+  </si>
+  <si>
+    <t>Minh Tuan</t>
+  </si>
+  <si>
+    <t>Nguyễn</t>
+  </si>
+  <si>
+    <t>Sayaka</t>
+  </si>
+  <si>
+    <t>Matsumoto</t>
+  </si>
+  <si>
+    <t>10:51:35</t>
+  </si>
+  <si>
     <t>09:53:10</t>
   </si>
   <si>
-    <t>Martin</t>
-[...37 lines deleted...]
-  <si>
     <t>Peter</t>
   </si>
   <si>
     <t>Schwenkel</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
+    <t>11:33:13.000000000007</t>
+  </si>
+  <si>
     <t>Marc</t>
   </si>
   <si>
     <t>Bittner</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>10:22:15</t>
   </si>
   <si>
-    <t>11:33:13.000000000007</t>
-[...1 lines deleted...]
-  <si>
     <t>Sue Phin</t>
   </si>
   <si>
     <t>Yeam</t>
   </si>
   <si>
     <t>14:36:54.000000000007</t>
   </si>
   <si>
     <t>Trung Kien</t>
   </si>
   <si>
     <t>11:03:06</t>
   </si>
   <si>
     <t>Thanh Lam</t>
   </si>
   <si>
     <t>11:30:02</t>
   </si>
   <si>
     <t>Margono</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>11:12:12</t>
   </si>
   <si>
     <t>Chu Yến</t>
   </si>
   <si>
     <t>15:03:41</t>
   </si>
   <si>
+    <t>Manh Lan</t>
+  </si>
+  <si>
+    <t>11:34:53.999999999993</t>
+  </si>
+  <si>
     <t>Joachim</t>
   </si>
   <si>
     <t>Poirier</t>
   </si>
   <si>
     <t>10:59:17</t>
   </si>
   <si>
-    <t>Manh Lan</t>
-[...4 lines deleted...]
-  <si>
     <t>Barkey</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>11:57:20</t>
   </si>
   <si>
+    <t>Nguyen Thuy</t>
+  </si>
+  <si>
+    <t>11:03:28</t>
+  </si>
+  <si>
     <t>Andre</t>
   </si>
   <si>
     <t>Zimmermann</t>
   </si>
   <si>
     <t>11:32:30</t>
   </si>
   <si>
-    <t>Nguyen Thuy</t>
-[...2 lines deleted...]
-    <t>11:03:28</t>
+    <t>Trần Thanh Bình</t>
+  </si>
+  <si>
+    <t>15:13:02</t>
   </si>
   <si>
     <t>Tung</t>
   </si>
   <si>
     <t>Trần Việt</t>
   </si>
   <si>
     <t>11:13:52</t>
   </si>
   <si>
-    <t>Trần Thanh Bình</t>
-[...4 lines deleted...]
-  <si>
     <t>Cesar</t>
   </si>
   <si>
     <t>Quezada</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>11:18:31</t>
   </si>
   <si>
     <t>Soren</t>
   </si>
   <si>
     <t>Assing</t>
   </si>
   <si>
     <t>12:04:04</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Bartram</t>
   </si>
   <si>
     <t>11:14:00</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>Preiss</t>
   </si>
   <si>
     <t>11:38:07</t>
   </si>
   <si>
     <t>Xiaoyun Vincere</t>
   </si>
   <si>
     <t>Zeng</t>
   </si>
   <si>
     <t>15:17:28</t>
   </si>
   <si>
+    <t>Ann Jillian</t>
+  </si>
+  <si>
+    <t>Pulanco</t>
+  </si>
+  <si>
+    <t>15:35:1.9999999999927</t>
+  </si>
+  <si>
+    <t>Thi Duong</t>
+  </si>
+  <si>
+    <t>11:14:20</t>
+  </si>
+  <si>
     <t>Tuan</t>
   </si>
   <si>
     <t>Lê</t>
   </si>
   <si>
     <t>12:31:04</t>
   </si>
   <si>
-    <t>Ann Jillian</t>
-[...13 lines deleted...]
-  <si>
     <t>Yohan</t>
   </si>
   <si>
     <t>Duflos</t>
   </si>
   <si>
     <t>11:41:07</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Loncke</t>
   </si>
   <si>
     <t>11:42:16</t>
   </si>
   <si>
+    <t>Hong Quang</t>
+  </si>
+  <si>
+    <t>Tống</t>
+  </si>
+  <si>
+    <t>12:49:44</t>
+  </si>
+  <si>
     <t>Choo Siong Alex</t>
   </si>
   <si>
     <t>Ang</t>
   </si>
   <si>
     <t>11:41:10</t>
   </si>
   <si>
+    <t>Hong</t>
+  </si>
+  <si>
+    <t>Quang Tống</t>
+  </si>
+  <si>
+    <t>11:47:40</t>
+  </si>
+  <si>
+    <t>Sjoerd</t>
+  </si>
+  <si>
+    <t>Bakker</t>
+  </si>
+  <si>
+    <t>11:16:24</t>
+  </si>
+  <si>
     <t>Phạm Thị Thu Thủy</t>
   </si>
   <si>
     <t>15:41:28.999999999993</t>
   </si>
   <si>
-    <t>Hong Quang</t>
-[...25 lines deleted...]
-  <si>
     <t>Anna</t>
   </si>
   <si>
     <t>Tipping</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>15:58:46</t>
   </si>
   <si>
     <t>Xavier</t>
   </si>
   <si>
     <t>Omilanowski</t>
   </si>
   <si>
     <t>11:41:50</t>
   </si>
   <si>
     <t>Constance</t>
   </si>
   <si>
     <t>Louasse</t>
   </si>
   <si>
     <t>11:50:52</t>
   </si>
   <si>
     <t>Van Hung</t>
   </si>
   <si>
     <t>Phạm</t>
   </si>
   <si>
     <t>12:55:8.9999999999927</t>
   </si>
   <si>
     <t>Colin</t>
   </si>
   <si>
     <t>Hickey</t>
   </si>
   <si>
     <t>11:17:41</t>
   </si>
   <si>
+    <t>Lan</t>
+  </si>
+  <si>
+    <t>Hương Vũ</t>
+  </si>
+  <si>
+    <t>11:55:01</t>
+  </si>
+  <si>
+    <t>Đỗ Thị Huyền Trân</t>
+  </si>
+  <si>
+    <t>16:22:15</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Graham</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>11:20:52</t>
+  </si>
+  <si>
+    <t>Viet Hoa</t>
+  </si>
+  <si>
+    <t>11:54:43</t>
+  </si>
+  <si>
     <t>Duc Vinh</t>
   </si>
   <si>
     <t>Tạ</t>
   </si>
   <si>
     <t>12:56:08</t>
   </si>
   <si>
-    <t>Lan</t>
-[...31 lines deleted...]
-  <si>
     <t>Duc Huan</t>
   </si>
   <si>
     <t>Vũ</t>
   </si>
   <si>
     <t>12:59:10</t>
   </si>
   <si>
     <t>Chiến Nguyễn</t>
   </si>
   <si>
     <t>Cat</t>
   </si>
   <si>
     <t>11:28:33</t>
   </si>
   <si>
+    <t>Bùi Yến</t>
+  </si>
+  <si>
+    <t>16:33:39.999999999993</t>
+  </si>
+  <si>
     <t>Thibaut</t>
   </si>
   <si>
     <t>Vitre</t>
   </si>
   <si>
     <t>12:04:52</t>
   </si>
   <si>
     <t>Tran</t>
   </si>
   <si>
     <t>Van Nhan</t>
   </si>
   <si>
     <t>11:57:37</t>
   </si>
   <si>
-    <t>Bùi Yến</t>
-[...4 lines deleted...]
-  <si>
     <t>Jackson</t>
   </si>
   <si>
     <t>Blackburn</t>
   </si>
   <si>
     <t>11:30:41</t>
   </si>
   <si>
     <t>Hai</t>
   </si>
   <si>
     <t>Yến Nguyễn</t>
   </si>
   <si>
     <t>12:55:15</t>
   </si>
   <si>
+    <t>Van Quang</t>
+  </si>
+  <si>
+    <t>13:06:11</t>
+  </si>
+  <si>
     <t>Pruttipong</t>
   </si>
   <si>
     <t>Jiamvirojwong</t>
   </si>
   <si>
     <t>12:14:04</t>
   </si>
   <si>
-    <t>Van Quang</t>
-[...4 lines deleted...]
-  <si>
     <t>Yin Kwan</t>
   </si>
   <si>
     <t>Cheng</t>
   </si>
   <si>
     <t>16:34:14.000000000007</t>
   </si>
   <si>
     <t>Tejo</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>12:15:17</t>
   </si>
   <si>
+    <t xml:space="preserve">Kim Hong </t>
+  </si>
+  <si>
+    <t>Yeo</t>
+  </si>
+  <si>
+    <t>11:50:39</t>
+  </si>
+  <si>
+    <t>Phuong</t>
+  </si>
+  <si>
+    <t>13:07:29</t>
+  </si>
+  <si>
     <t>Trương Võ Bích Phương</t>
   </si>
   <si>
     <t>16:37:37</t>
   </si>
   <si>
-    <t xml:space="preserve">Kim Hong </t>
-[...13 lines deleted...]
-  <si>
     <t>Anthony</t>
   </si>
   <si>
     <t>Fouchard</t>
   </si>
   <si>
     <t>13:08:14</t>
   </si>
   <si>
+    <t>Tamae</t>
+  </si>
+  <si>
+    <t>Harada</t>
+  </si>
+  <si>
+    <t>16:58:09</t>
+  </si>
+  <si>
+    <t>Rachelle</t>
+  </si>
+  <si>
+    <t>Komarnisky</t>
+  </si>
+  <si>
+    <t>13:56:48</t>
+  </si>
+  <si>
+    <t>Amber</t>
+  </si>
+  <si>
+    <t>Lane</t>
+  </si>
+  <si>
+    <t>12:20:18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lâm </t>
+  </si>
+  <si>
+    <t>11:52:26</t>
+  </si>
+  <si>
     <t>Cuong</t>
   </si>
   <si>
     <t>Đào Quang</t>
   </si>
   <si>
     <t>13:08:36.000000000007</t>
   </si>
   <si>
-    <t>Tamae</t>
-[...29 lines deleted...]
-    <t>11:52:26</t>
+    <t>Huong</t>
+  </si>
+  <si>
+    <t>14:29:00</t>
   </si>
   <si>
     <t>Vu</t>
   </si>
   <si>
     <t>Van Vuong</t>
   </si>
   <si>
     <t>12:26:48</t>
   </si>
   <si>
-    <t>Huong</t>
-[...4 lines deleted...]
-  <si>
     <t>Muoi</t>
   </si>
   <si>
     <t>Đỗ</t>
   </si>
   <si>
     <t>13:12:42</t>
   </si>
   <si>
     <t>Võ Thanh Thuỷ</t>
   </si>
   <si>
     <t>17:20:36</t>
   </si>
   <si>
     <t>Choisy</t>
   </si>
   <si>
     <t>12:05:10</t>
   </si>
   <si>
     <t>Thanh Trung</t>
   </si>
   <si>
     <t>Truong</t>
@@ -920,146 +920,146 @@
   <si>
     <t>Cherrie</t>
   </si>
   <si>
     <t>Chung</t>
   </si>
   <si>
     <t>12:29:09</t>
   </si>
   <si>
     <t>Cao</t>
   </si>
   <si>
     <t>Wei</t>
   </si>
   <si>
     <t>13:27:48</t>
   </si>
   <si>
     <t>Nguyễn Ngọc Tú Trinh</t>
   </si>
   <si>
     <t>17:42:51</t>
   </si>
   <si>
+    <t>Sophia</t>
+  </si>
+  <si>
+    <t>Sophia Yee</t>
+  </si>
+  <si>
+    <t>17:47:57.000000000007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kiên </t>
+  </si>
+  <si>
+    <t>12:20:45</t>
+  </si>
+  <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Valentina</t>
+  </si>
+  <si>
+    <t>12:32:56</t>
+  </si>
+  <si>
     <t>13:57:3.0000000000073</t>
   </si>
   <si>
-    <t>Sophia</t>
-[...22 lines deleted...]
-  <si>
     <t>Phạm Thị Thanh Ngọc</t>
   </si>
   <si>
     <t>17:55:02</t>
   </si>
   <si>
     <t>Ngoc Dat</t>
   </si>
   <si>
     <t>14:04:50</t>
   </si>
   <si>
     <t>Văn Minh</t>
   </si>
   <si>
     <t>12:21:13</t>
   </si>
   <si>
     <t>Rabin</t>
   </si>
   <si>
     <t>Srisuttinun</t>
   </si>
   <si>
     <t>12:51:43</t>
   </si>
   <si>
     <t xml:space="preserve">Xuân Bình </t>
   </si>
   <si>
     <t>12:33:52</t>
   </si>
   <si>
     <t>Trần Thị Thu</t>
   </si>
   <si>
+    <t>Nguyen Khac Chien</t>
+  </si>
+  <si>
+    <t>14:08:1.9999999999927</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mohd Shukran </t>
   </si>
   <si>
     <t>Md Farid</t>
   </si>
   <si>
     <t>12:57:50</t>
   </si>
   <si>
-    <t>Nguyen Khac Chien</t>
-[...2 lines deleted...]
-    <t>14:08:1.9999999999927</t>
+    <t>Trần Thanh Tân</t>
+  </si>
+  <si>
+    <t>14:19:40.999999999993</t>
   </si>
   <si>
     <t>12:34:21</t>
   </si>
   <si>
     <t>Steve</t>
   </si>
   <si>
     <t>Falgate</t>
   </si>
   <si>
     <t>13:07:43</t>
   </si>
   <si>
-    <t>Trần Thanh Tân</t>
-[...4 lines deleted...]
-  <si>
     <t>Nguyen Hai Yen</t>
   </si>
   <si>
     <t>18:03:15.999999999993</t>
   </si>
   <si>
     <t>Dương Thị Hạnh</t>
   </si>
   <si>
     <t>18:18:56</t>
   </si>
   <si>
     <t>Masmichi</t>
   </si>
   <si>
     <t>Shoji</t>
   </si>
   <si>
     <t>12:36:31</t>
   </si>
   <si>
     <t>Knut</t>
   </si>
   <si>
     <t>Fournier</t>
@@ -1361,179 +1361,179 @@
   <si>
     <t>14:24:09</t>
   </si>
   <si>
     <t>Sisakorn</t>
   </si>
   <si>
     <t>Srisamran</t>
   </si>
   <si>
     <t>14:27:27</t>
   </si>
   <si>
     <t>Vooi Oon Valerie</t>
   </si>
   <si>
     <t>Teh</t>
   </si>
   <si>
     <t>郑玮恩</t>
   </si>
   <si>
     <t>13:43:33</t>
   </si>
   <si>
+    <t>Canh</t>
+  </si>
+  <si>
+    <t>Nguyen Thanh</t>
+  </si>
+  <si>
+    <t>Nguyễn Thanh Cảnh</t>
+  </si>
+  <si>
+    <t>13:46:41</t>
+  </si>
+  <si>
     <t>Hung</t>
   </si>
   <si>
     <t>Ngo</t>
   </si>
   <si>
     <t>Amir Hamzah</t>
   </si>
   <si>
     <t>Bin Abdul Razak</t>
   </si>
   <si>
     <t>14:28:23</t>
   </si>
   <si>
-    <t>Canh</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Van Chung </t>
   </si>
   <si>
     <t>13:52:24</t>
   </si>
   <si>
     <t>Michael</t>
   </si>
   <si>
     <t>Whalen</t>
   </si>
   <si>
     <t>Masahiro</t>
   </si>
   <si>
     <t>Kikkawa</t>
   </si>
   <si>
     <t>14:29:09</t>
   </si>
   <si>
     <t xml:space="preserve">Thuc Truong Luong </t>
   </si>
   <si>
     <t>13:56:16</t>
   </si>
   <si>
+    <t xml:space="preserve">Quang Hưng </t>
+  </si>
+  <si>
+    <t>13:57:27</t>
+  </si>
+  <si>
     <t>Yoshie</t>
   </si>
   <si>
     <t>Yonezawa</t>
   </si>
   <si>
-    <t xml:space="preserve">Quang Hưng </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Khoa Nguyễn </t>
   </si>
   <si>
     <t>13:58:36</t>
   </si>
   <si>
     <t>Hoanh Tien</t>
   </si>
   <si>
     <t>14:33:02</t>
   </si>
   <si>
     <t>Hoang</t>
   </si>
   <si>
     <t>Viet</t>
   </si>
   <si>
     <t>14:35:32</t>
   </si>
   <si>
     <t xml:space="preserve">Chiến Nguyễn </t>
   </si>
   <si>
     <t>Quang</t>
   </si>
   <si>
     <t>14:05:50</t>
   </si>
   <si>
+    <t xml:space="preserve">Quang Tùng </t>
+  </si>
+  <si>
+    <t>Tô</t>
+  </si>
+  <si>
+    <t>14:08:01</t>
+  </si>
+  <si>
     <t>Xuan Cam Tu</t>
   </si>
   <si>
     <t>14:42:05</t>
   </si>
   <si>
-    <t xml:space="preserve">Quang Tùng </t>
-[...5 lines deleted...]
-    <t>14:08:01</t>
+    <t>Thienchai</t>
+  </si>
+  <si>
+    <t>Chantrakul</t>
+  </si>
+  <si>
+    <t>14:49:34</t>
   </si>
   <si>
     <t xml:space="preserve">Nguyễn Ngọc </t>
   </si>
   <si>
     <t>Tưởng</t>
   </si>
   <si>
     <t>14:09:24</t>
   </si>
   <si>
-    <t>Thienchai</t>
-[...7 lines deleted...]
-  <si>
     <t>Stephane</t>
   </si>
   <si>
     <t>Herve</t>
   </si>
   <si>
     <t>16:20:05</t>
   </si>
   <si>
     <t>Gerhard</t>
   </si>
   <si>
     <t>Mutz</t>
   </si>
   <si>
     <t>14:09:37</t>
   </si>
   <si>
     <t>Trinh</t>
   </si>
   <si>
     <t>Quoc Hung</t>
   </si>
   <si>
     <t>14:50:06</t>
@@ -1556,137 +1556,137 @@
   <si>
     <t>Carla</t>
   </si>
   <si>
     <t>Felany</t>
   </si>
   <si>
     <t>14:09:46</t>
   </si>
   <si>
     <t>Edith</t>
   </si>
   <si>
     <t>Fung</t>
   </si>
   <si>
     <t>15:10:58</t>
   </si>
   <si>
     <t>Vũ Hoàng</t>
   </si>
   <si>
     <t>14:11:59</t>
   </si>
   <si>
+    <t xml:space="preserve">Ha Giang </t>
+  </si>
+  <si>
+    <t>14:23:22</t>
+  </si>
+  <si>
     <t>Tracy</t>
   </si>
   <si>
     <t>Sim</t>
   </si>
   <si>
     <t>15:12:04</t>
   </si>
   <si>
-    <t xml:space="preserve">Ha Giang </t>
-[...4 lines deleted...]
-  <si>
     <t>Kwan Hooi</t>
   </si>
   <si>
     <t>Ng</t>
   </si>
   <si>
     <t xml:space="preserve">ĐƯỜNG ĐỨC </t>
   </si>
   <si>
     <t>ĐỊNH</t>
   </si>
   <si>
     <t>14:26:09</t>
   </si>
   <si>
     <t>Anh Tai</t>
   </si>
   <si>
     <t>15:12:36</t>
   </si>
   <si>
     <t>Hideto</t>
   </si>
   <si>
     <t>Kumasaka</t>
   </si>
   <si>
     <t>14:26:40</t>
   </si>
   <si>
     <t>Reza Zaldy</t>
   </si>
   <si>
     <t>Abdullah</t>
   </si>
   <si>
     <t>15:15:40</t>
   </si>
   <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Hall Jr</t>
+  </si>
+  <si>
+    <t>16:53:32.999999999993</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Tuan Nguyen</t>
   </si>
   <si>
     <t>Anh</t>
   </si>
   <si>
     <t>14:28:10</t>
   </si>
   <si>
-    <t>Richard</t>
-[...5 lines deleted...]
-    <t>16:53:32.999999999993</t>
+    <t xml:space="preserve">Thanh Sơn </t>
+  </si>
+  <si>
+    <t>14:34:22</t>
   </si>
   <si>
     <t>Karn</t>
   </si>
   <si>
     <t>Sakulsak</t>
   </si>
   <si>
     <t>15:19:51</t>
   </si>
   <si>
-    <t xml:space="preserve">Thanh Sơn </t>
-[...4 lines deleted...]
-  <si>
     <t>Suda</t>
   </si>
   <si>
     <t>Tantiveerasut</t>
   </si>
   <si>
     <t xml:space="preserve">Huy Nguyen </t>
   </si>
   <si>
     <t>Van</t>
   </si>
   <si>
     <t>14:37:27</t>
   </si>
   <si>
     <t>Jutharath</t>
   </si>
   <si>
     <t>Phansrikhum</t>
   </si>
   <si>
     <t>15:21:05</t>
   </si>
   <si>
     <t xml:space="preserve">Thuy </t>
@@ -1868,65 +1868,65 @@
   <si>
     <t>Suryapranata</t>
   </si>
   <si>
     <t>16:03:51</t>
   </si>
   <si>
     <t xml:space="preserve">Yasuyoshi </t>
   </si>
   <si>
     <t>Marushima</t>
   </si>
   <si>
     <t>15:10:41</t>
   </si>
   <si>
     <t>Teerapatt</t>
   </si>
   <si>
     <t>Chaisrithong</t>
   </si>
   <si>
     <t>16:06:40</t>
   </si>
   <si>
+    <t>Hoang Yen</t>
+  </si>
+  <si>
+    <t>16:06:49</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lye Yang </t>
   </si>
   <si>
     <t>Suah</t>
   </si>
   <si>
     <t>15:17:05</t>
   </si>
   <si>
-    <t>Hoang Yen</t>
-[...4 lines deleted...]
-  <si>
     <t>Tanh</t>
   </si>
   <si>
     <t>16:06:50</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>Larmande</t>
   </si>
   <si>
     <t>15:17:19</t>
   </si>
   <si>
     <t xml:space="preserve">Tam </t>
   </si>
   <si>
     <t>15:18:45</t>
   </si>
   <si>
     <t>Huynh</t>
   </si>
   <si>
     <t>Van Thuan</t>
@@ -2051,125 +2051,125 @@
   <si>
     <t>Pavarisa</t>
   </si>
   <si>
     <t>Pramual</t>
   </si>
   <si>
     <t>16:23:42</t>
   </si>
   <si>
     <t xml:space="preserve">Khương </t>
   </si>
   <si>
     <t>15:40:36</t>
   </si>
   <si>
     <t>Sasikarn</t>
   </si>
   <si>
     <t>Konghakote</t>
   </si>
   <si>
     <t>16:27:05</t>
   </si>
   <si>
+    <t xml:space="preserve">Văn Hiển </t>
+  </si>
+  <si>
+    <t>Lâm</t>
+  </si>
+  <si>
+    <t>15:44:41</t>
+  </si>
+  <si>
     <t>Bee Leng</t>
   </si>
   <si>
     <t>16:28:17</t>
   </si>
   <si>
-    <t xml:space="preserve">Văn Hiển </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Thi Tuyet Mai </t>
   </si>
   <si>
     <t>15:45:57</t>
   </si>
   <si>
     <t xml:space="preserve"> Wee Teck Eddie</t>
   </si>
   <si>
     <t>Goh</t>
   </si>
   <si>
     <t>16:28:26</t>
   </si>
   <si>
     <t xml:space="preserve">Quốc Đạt </t>
   </si>
   <si>
     <t>15:46:45</t>
   </si>
   <si>
     <t>Quang Truong</t>
   </si>
   <si>
     <t>16:35:24</t>
   </si>
   <si>
     <t>Trung Linh</t>
   </si>
   <si>
     <t>16:36:13</t>
   </si>
   <si>
     <t xml:space="preserve">Wonbum </t>
   </si>
   <si>
     <t>Choi</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>15:55:30</t>
   </si>
   <si>
+    <t>Tuan Tran</t>
+  </si>
+  <si>
+    <t>15:57:35</t>
+  </si>
+  <si>
     <t>Tang</t>
   </si>
   <si>
     <t>Khanh Quang</t>
   </si>
   <si>
     <t>16:36:14</t>
   </si>
   <si>
-    <t>Tuan Tran</t>
-[...4 lines deleted...]
-  <si>
     <t>Chorthip</t>
   </si>
   <si>
     <t>Utoktham</t>
   </si>
   <si>
     <t>16:36:58</t>
   </si>
   <si>
     <t xml:space="preserve">Hồng Phong </t>
   </si>
   <si>
     <t>15:57:47</t>
   </si>
   <si>
     <t>Xuan Hung</t>
   </si>
   <si>
     <t>16:40:23</t>
   </si>
   <si>
     <t>Viet Cong</t>
   </si>
   <si>
     <t>15:59:15</t>
@@ -2195,218 +2195,218 @@
   <si>
     <t xml:space="preserve">Poo Lai </t>
   </si>
   <si>
     <t>Kuen</t>
   </si>
   <si>
     <t>16:04:38</t>
   </si>
   <si>
     <t>Hong Yeong Low</t>
   </si>
   <si>
     <t>18:20:17.999999999985</t>
   </si>
   <si>
     <t>Cindy</t>
   </si>
   <si>
     <t>Poon</t>
   </si>
   <si>
     <t>16:44:51</t>
   </si>
   <si>
+    <t xml:space="preserve">Van Anh </t>
+  </si>
+  <si>
+    <t>16:05:12</t>
+  </si>
+  <si>
     <t>Mang Yew</t>
   </si>
   <si>
     <t>Leong</t>
   </si>
   <si>
     <t>16:44:52</t>
   </si>
   <si>
-    <t xml:space="preserve">Van Anh </t>
-[...2 lines deleted...]
-    <t>16:05:12</t>
+    <t>Minh Thao</t>
+  </si>
+  <si>
+    <t>16:49:55</t>
   </si>
   <si>
     <t xml:space="preserve">Dinh </t>
   </si>
   <si>
     <t>16:05:39</t>
   </si>
   <si>
-    <t>Minh Thao</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Thế Năng </t>
   </si>
   <si>
     <t>16:08:52</t>
   </si>
   <si>
     <t>Thaweesak</t>
   </si>
   <si>
     <t>Chieochansin</t>
   </si>
   <si>
     <t>16:50:22</t>
   </si>
   <si>
+    <t xml:space="preserve">Tùng Đinh </t>
+  </si>
+  <si>
+    <t>Thanh</t>
+  </si>
+  <si>
+    <t>16:13:41</t>
+  </si>
+  <si>
     <t>Thanakorn</t>
   </si>
   <si>
     <t>Thajan</t>
   </si>
   <si>
     <t>16:50:25</t>
   </si>
   <si>
-    <t xml:space="preserve">Tùng Đinh </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Lê Hoài </t>
   </si>
   <si>
     <t>Nam</t>
   </si>
   <si>
     <t>16:17:44</t>
   </si>
   <si>
     <t>Thi Thuyet</t>
   </si>
   <si>
     <t>16:50:30</t>
   </si>
   <si>
     <t>Bin Alwee</t>
   </si>
   <si>
     <t>17:02:52</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Koenen</t>
   </si>
   <si>
     <t>16:18:28</t>
   </si>
   <si>
     <t>Muhammad</t>
   </si>
   <si>
     <t>Ridhwan Bin Muhammad Noor</t>
   </si>
   <si>
     <t>17:02:53</t>
   </si>
   <si>
     <t xml:space="preserve">Thuật Hoàng </t>
   </si>
   <si>
     <t>Trọng</t>
   </si>
   <si>
     <t>16:19:33</t>
   </si>
   <si>
+    <t xml:space="preserve">Vũ Anh </t>
+  </si>
+  <si>
+    <t>Quân</t>
+  </si>
+  <si>
+    <t>16:19:52</t>
+  </si>
+  <si>
     <t>Sukontha</t>
   </si>
   <si>
     <t>Jantawong</t>
   </si>
   <si>
     <t>17:10:43</t>
   </si>
   <si>
-    <t xml:space="preserve">Vũ Anh </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Quoc Toan </t>
   </si>
   <si>
     <t>16:19:56</t>
   </si>
   <si>
     <t>Suwit</t>
   </si>
   <si>
     <t>17:10:46</t>
   </si>
   <si>
     <t>Weeravut</t>
   </si>
   <si>
     <t>Sunlieng</t>
   </si>
   <si>
     <t>17:10:57</t>
   </si>
   <si>
     <t xml:space="preserve">Hùng Cường </t>
   </si>
   <si>
     <t>16:20:57</t>
   </si>
   <si>
+    <t>Nguyên Giáp</t>
+  </si>
+  <si>
+    <t>16:22:45</t>
+  </si>
+  <si>
     <t>Nakhon</t>
   </si>
   <si>
     <t>Khaechaysaeng</t>
   </si>
   <si>
     <t>17:12:04</t>
   </si>
   <si>
-    <t>Nguyên Giáp</t>
-[...4 lines deleted...]
-  <si>
     <t>Tin</t>
   </si>
   <si>
     <t>17:12:34</t>
   </si>
   <si>
     <t>Vĩnh Lê</t>
   </si>
   <si>
     <t>Đình</t>
   </si>
   <si>
     <t>16:31:35</t>
   </si>
   <si>
     <t xml:space="preserve">Kỷ </t>
   </si>
   <si>
     <t>Quách</t>
   </si>
   <si>
     <t>16:32:53</t>
   </si>
   <si>
     <t>Jiradet</t>
@@ -2753,62 +2753,62 @@
   <si>
     <t>17:23:41</t>
   </si>
   <si>
     <t xml:space="preserve">Lê Thinh </t>
   </si>
   <si>
     <t>17:24:18</t>
   </si>
   <si>
     <t xml:space="preserve">Trung </t>
   </si>
   <si>
     <t xml:space="preserve">Ngoc Minh </t>
   </si>
   <si>
     <t>17:25:56</t>
   </si>
   <si>
     <t xml:space="preserve">Minh </t>
   </si>
   <si>
     <t>17:27:50</t>
   </si>
   <si>
+    <t>Nick Pilapil</t>
+  </si>
+  <si>
+    <t>19:49:17</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ninh </t>
   </si>
   <si>
     <t>17:29:52</t>
   </si>
   <si>
-    <t>Nick Pilapil</t>
-[...4 lines deleted...]
-  <si>
     <t>Min Jie Alvin Tan</t>
   </si>
   <si>
     <t>19:51:05</t>
   </si>
   <si>
     <t xml:space="preserve">Thái Đạt </t>
   </si>
   <si>
     <t>17:31:32</t>
   </si>
   <si>
     <t xml:space="preserve">Hữu Hậu </t>
   </si>
   <si>
     <t xml:space="preserve">Hung Dao </t>
   </si>
   <si>
     <t>17:31:52</t>
   </si>
   <si>
     <t xml:space="preserve">Tuấn Vũ </t>
   </si>
   <si>
     <t>17:34:25</t>
@@ -3101,57 +3101,57 @@
   <si>
     <t>18:21:33</t>
   </si>
   <si>
     <t xml:space="preserve">Quang Rĩnh </t>
   </si>
   <si>
     <t>Hà</t>
   </si>
   <si>
     <t>18:22:27</t>
   </si>
   <si>
     <t xml:space="preserve">Phan </t>
   </si>
   <si>
     <t>18:24:16</t>
   </si>
   <si>
     <t xml:space="preserve">Tiến Dũng </t>
   </si>
   <si>
     <t>18:26:51</t>
   </si>
   <si>
+    <t>Edward Wee Yang Lim</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nguyễn Khánh </t>
   </si>
   <si>
     <t>18:27:51</t>
-  </si>
-[...1 lines deleted...]
-    <t>Edward Wee Yang Lim</t>
   </si>
   <si>
     <t xml:space="preserve">Manh Quyet </t>
   </si>
   <si>
     <t>18:27:56</t>
   </si>
   <si>
     <t>Công</t>
   </si>
   <si>
     <t>18:28:10</t>
   </si>
   <si>
     <t xml:space="preserve">Duy Lâm </t>
   </si>
   <si>
     <t>18:29:28</t>
   </si>
   <si>
     <t>Ta</t>
   </si>
   <si>
     <t>Bang</t>
   </si>
@@ -4120,256 +4120,256 @@
       </c>
       <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="2">
         <v>1</v>
       </c>
       <c r="J7" s="2">
         <v>1</v>
       </c>
       <c r="K7" s="2">
         <v>120</v>
       </c>
       <c r="L7" s="2">
         <v>300</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>420</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>101720</v>
+        <v>118483</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>7017</v>
+        <v>7024</v>
       </c>
       <c r="F8" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8" s="2" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="I8" s="2">
         <v>2</v>
       </c>
       <c r="J8" s="2">
         <v>2</v>
       </c>
       <c r="K8" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L8" s="2">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>115608</v>
+        <v>101720</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>7113</v>
+        <v>7017</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I9" s="2">
         <v>2</v>
       </c>
       <c r="J9" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K9" s="2">
         <v>70</v>
       </c>
       <c r="L9" s="2">
-        <v>225</v>
+        <v>150</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>115611</v>
+        <v>115608</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>7231</v>
+        <v>7113</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I10" s="2">
         <v>2</v>
       </c>
       <c r="J10" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="K10" s="2">
         <v>70</v>
       </c>
       <c r="L10" s="2">
-        <v>145</v>
+        <v>225</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
-        <v>215</v>
+        <v>295</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>118483</v>
+        <v>111874</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>7024</v>
+        <v>7355</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I11" s="2">
         <v>2</v>
       </c>
       <c r="J11" s="2">
         <v>2</v>
       </c>
       <c r="K11" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>111874</v>
+        <v>115611</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>7355</v>
+        <v>7231</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I12" s="2">
         <v>2</v>
       </c>
       <c r="J12" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K12" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L12" s="2">
-        <v>350</v>
+        <v>145</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>450</v>
+        <v>215</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
         <v>122616</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
         <v>7021</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>59</v>
       </c>
@@ -4414,172 +4414,172 @@
       </c>
       <c r="H14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I14" s="2">
         <v>3</v>
       </c>
       <c r="J14" s="2">
         <v>3</v>
       </c>
       <c r="K14" s="2">
         <v>70</v>
       </c>
       <c r="L14" s="2">
         <v>125</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>103765</v>
+        <v>118485</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>7320</v>
+        <v>7469</v>
       </c>
       <c r="F15" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15" s="2" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="I15" s="2">
         <v>3</v>
       </c>
       <c r="J15" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K15" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L15" s="2">
-        <v>300</v>
+        <v>325</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>370</v>
+        <v>425</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>118484</v>
+        <v>103765</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>7154</v>
+        <v>7320</v>
       </c>
       <c r="F16" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="I16" s="2">
         <v>3</v>
       </c>
       <c r="J16" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K16" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L16" s="2">
-        <v>225</v>
+        <v>300</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>345</v>
+        <v>370</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>118485</v>
+        <v>118484</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>7469</v>
+        <v>7154</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I17" s="2">
         <v>3</v>
       </c>
       <c r="J17" s="2">
         <v>3</v>
       </c>
       <c r="K17" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L17" s="2">
-        <v>325</v>
+        <v>225</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>115609</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>7221</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>76</v>
       </c>
@@ -4666,632 +4666,632 @@
       </c>
       <c r="H20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I20" s="2">
         <v>4</v>
       </c>
       <c r="J20" s="2">
         <v>2</v>
       </c>
       <c r="K20" s="2">
         <v>70</v>
       </c>
       <c r="L20" s="2">
         <v>250</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>122632</v>
-[...1 lines deleted...]
-      <c r="B21" s="2"/>
+        <v>108722</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="C21" s="2" t="s">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>7411</v>
+        <v>7478</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I21" s="2">
         <v>4</v>
       </c>
       <c r="J21" s="2">
         <v>4</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
         <v>300</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>108722</v>
+        <v>101722</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>7478</v>
+        <v>7001</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I22" s="2">
         <v>4</v>
       </c>
       <c r="J22" s="2">
         <v>4</v>
       </c>
       <c r="K22" s="2">
+        <v>70</v>
+      </c>
+      <c r="L22" s="2">
         <v>100</v>
       </c>
-      <c r="L22" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>101722</v>
+        <v>115612</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
-        <v>7001</v>
+        <v>7173</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I23" s="2">
         <v>4</v>
       </c>
       <c r="J23" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K23" s="2">
         <v>70</v>
       </c>
       <c r="L23" s="2">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>115612</v>
+        <v>111782</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>91</v>
+        <v>19</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
-        <v>7173</v>
+        <v>7209</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I24" s="2">
         <v>4</v>
       </c>
       <c r="J24" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K24" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L24" s="2">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>210</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>111782</v>
-[...3 lines deleted...]
-      </c>
+        <v>122632</v>
+      </c>
+      <c r="B25" s="2"/>
       <c r="C25" s="2" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
-        <v>7209</v>
+        <v>7411</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I25" s="2">
         <v>4</v>
       </c>
       <c r="J25" s="2">
         <v>4</v>
       </c>
       <c r="K25" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L25" s="2">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>113893</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>7316</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>97</v>
       </c>
       <c r="I26" s="2">
         <v>5</v>
       </c>
       <c r="J26" s="2">
         <v>5</v>
       </c>
       <c r="K26" s="2">
         <v>70</v>
       </c>
       <c r="L26" s="2">
         <v>175</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>118485</v>
+        <v>115613</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>72</v>
+        <v>99</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>7029</v>
+        <v>7227</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="I27" s="2">
         <v>5</v>
       </c>
       <c r="J27" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K27" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L27" s="2">
-        <v>175</v>
+        <v>135</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>295</v>
+        <v>205</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>115613</v>
+        <v>121316</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>7227</v>
+        <v>7006</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I28" s="2">
         <v>5</v>
       </c>
       <c r="J28" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="K28" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>135</v>
+        <v>275</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>205</v>
+        <v>375</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>121316</v>
+        <v>122617</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>7006</v>
+        <v>7462</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="I29" s="2">
         <v>5</v>
       </c>
       <c r="J29" s="2">
         <v>5</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
         <v>275</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>101723</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>7098</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I30" s="2">
         <v>5</v>
       </c>
       <c r="J30" s="2">
         <v>1</v>
       </c>
       <c r="K30" s="2">
         <v>70</v>
       </c>
       <c r="L30" s="2">
         <v>200</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>122617</v>
+        <v>118485</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>110</v>
+        <v>63</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>111</v>
+        <v>64</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>7462</v>
+        <v>7029</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="I31" s="2">
         <v>5</v>
       </c>
       <c r="J31" s="2">
         <v>5</v>
       </c>
       <c r="K31" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L31" s="2">
-        <v>275</v>
+        <v>175</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>115614</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>7228</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="I32" s="2">
         <v>6</v>
       </c>
       <c r="J32" s="2">
         <v>10</v>
       </c>
       <c r="K32" s="2">
         <v>70</v>
       </c>
       <c r="L32" s="2">
         <v>130</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>118422</v>
+        <v>111782</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>115</v>
+        <v>37</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>116</v>
+        <v>19</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>7181</v>
+        <v>7368</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="I33" s="2">
         <v>6</v>
       </c>
       <c r="J33" s="2">
         <v>6</v>
       </c>
       <c r="K33" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>0</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
-        <v>111782</v>
+        <v>118422</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>37</v>
+        <v>116</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>19</v>
+        <v>117</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>7368</v>
+        <v>7181</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>119</v>
       </c>
       <c r="I34" s="2">
         <v>6</v>
       </c>
       <c r="J34" s="2">
         <v>6</v>
       </c>
       <c r="K34" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L34" s="2">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
-        <v>350</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>109936</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
         <v>7109</v>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>122</v>
       </c>
       <c r="I35" s="2">
         <v>6</v>
@@ -5458,338 +5458,338 @@
       </c>
       <c r="H39" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I39" s="2">
         <v>7</v>
       </c>
       <c r="J39" s="2">
         <v>7</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
         <v>240</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>118486</v>
+        <v>122618</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>133</v>
+        <v>37</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
-        <v>7039</v>
+        <v>7091</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="I40" s="2">
         <v>7</v>
       </c>
       <c r="J40" s="2">
         <v>7</v>
       </c>
       <c r="K40" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>145</v>
+        <v>240</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>122618</v>
+        <v>118486</v>
       </c>
       <c r="B41" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C41" s="2" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>7091</v>
+        <v>7039</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I41" s="2">
         <v>7</v>
       </c>
       <c r="J41" s="2">
         <v>7</v>
       </c>
       <c r="K41" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L41" s="2">
-        <v>240</v>
+        <v>145</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>340</v>
+        <v>265</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>122619</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>7452</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="I42" s="2">
         <v>8</v>
       </c>
       <c r="J42" s="2">
         <v>8</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>230</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>101726</v>
+        <v>118421</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>141</v>
+        <v>40</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>7006</v>
+        <v>7177</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>114</v>
+        <v>21</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="I43" s="2">
         <v>8</v>
       </c>
       <c r="J43" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K43" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L43" s="2">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>135</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>118421</v>
+        <v>101726</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C44" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
-        <v>7177</v>
+        <v>7006</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>21</v>
+        <v>114</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I44" s="2">
         <v>8</v>
       </c>
       <c r="J44" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K44" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L44" s="2">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
-        <v>0</v>
+        <v>135</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>115615</v>
-[...1 lines deleted...]
-      <c r="B45" s="2" t="s">
+        <v>121997</v>
+      </c>
+      <c r="B45" s="2"/>
+      <c r="C45" s="2" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>7319</v>
+        <v>7333</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="I45" s="2">
         <v>8</v>
       </c>
       <c r="J45" s="2">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="K45" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>120</v>
+        <v>230</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>121997</v>
-[...1 lines deleted...]
-      <c r="B46" s="2"/>
+        <v>115615</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>147</v>
+      </c>
       <c r="C46" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>7333</v>
+        <v>7319</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I46" s="2">
         <v>8</v>
       </c>
       <c r="J46" s="2">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K46" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L46" s="2">
-        <v>230</v>
+        <v>120</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
         <v>115629</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
         <v>7174</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>153</v>
       </c>
@@ -5960,172 +5960,172 @@
       </c>
       <c r="H51" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I51" s="2">
         <v>9</v>
       </c>
       <c r="J51" s="2">
         <v>9</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
         <v>220</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>122621</v>
+        <v>108298</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
-        <v>7082</v>
+        <v>7480</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>168</v>
       </c>
       <c r="I52" s="2">
         <v>10</v>
       </c>
       <c r="J52" s="2">
         <v>10</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
         <v>210</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>108298</v>
+        <v>105154</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>169</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>170</v>
+        <v>37</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
-        <v>7480</v>
+        <v>7327</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="I53" s="2">
         <v>10</v>
       </c>
       <c r="J53" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K53" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L53" s="2">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>105154</v>
+        <v>122621</v>
       </c>
       <c r="B54" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C54" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>7327</v>
+        <v>7082</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>173</v>
       </c>
       <c r="I54" s="2">
         <v>10</v>
       </c>
       <c r="J54" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="K54" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L54" s="2">
-        <v>250</v>
+        <v>210</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
         <v>101728</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
         <v>7133</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>176</v>
       </c>
@@ -6170,254 +6170,254 @@
       </c>
       <c r="H56" s="2" t="s">
         <v>179</v>
       </c>
       <c r="I56" s="2">
         <v>10</v>
       </c>
       <c r="J56" s="2">
         <v>9</v>
       </c>
       <c r="K56" s="2">
         <v>120</v>
       </c>
       <c r="L56" s="2">
         <v>135</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>255</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>101729</v>
+        <v>122622</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>7008</v>
+        <v>7326</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I57" s="2">
         <v>11</v>
       </c>
       <c r="J57" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K57" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L57" s="2">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>122000</v>
-[...1 lines deleted...]
-      <c r="B58" s="2"/>
+        <v>101729</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="C58" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>7322</v>
+        <v>7008</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I58" s="2">
         <v>11</v>
       </c>
       <c r="J58" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K58" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L58" s="2">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>122622</v>
+        <v>118488</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>7326</v>
+        <v>7025</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H59" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I59" s="2">
         <v>11</v>
       </c>
       <c r="J59" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K59" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L59" s="2">
-        <v>200</v>
+        <v>130</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>105586</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>7285</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="I60" s="2">
         <v>11</v>
       </c>
       <c r="J60" s="2">
         <v>14</v>
       </c>
       <c r="K60" s="2">
         <v>70</v>
       </c>
       <c r="L60" s="2">
         <v>110</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
-        <v>118488</v>
-[...3 lines deleted...]
-      </c>
+        <v>122000</v>
+      </c>
+      <c r="B61" s="2"/>
       <c r="C61" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
-        <v>7025</v>
+        <v>7322</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I61" s="2">
         <v>11</v>
       </c>
       <c r="J61" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K61" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L61" s="2">
-        <v>130</v>
+        <v>200</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
         <v>122639</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
         <v>7010</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>197</v>
       </c>
@@ -6588,233 +6588,233 @@
       </c>
       <c r="H66" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I66" s="2">
         <v>12</v>
       </c>
       <c r="J66" s="2">
         <v>15</v>
       </c>
       <c r="K66" s="2">
         <v>70</v>
       </c>
       <c r="L66" s="2">
         <v>105</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
-        <v>122624</v>
+        <v>118489</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>7461</v>
+        <v>7026</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I67" s="2">
         <v>13</v>
       </c>
       <c r="J67" s="2">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="K67" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L67" s="2">
-        <v>180</v>
+        <v>225</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
-        <v>280</v>
+        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
-        <v>118489</v>
-[...1 lines deleted...]
-      <c r="B68" s="2" t="s">
+        <v>122641</v>
+      </c>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2">
-        <v>7026</v>
+        <v>7484</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="I68" s="2">
         <v>13</v>
       </c>
       <c r="J68" s="2">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="K68" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L68" s="2">
-        <v>225</v>
+        <v>180</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
         <v>115618</v>
       </c>
       <c r="B69" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C69" s="2" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2">
         <v>7215</v>
       </c>
       <c r="F69" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69" s="2" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="I69" s="2">
         <v>13</v>
       </c>
       <c r="J69" s="2">
         <v>16</v>
       </c>
       <c r="K69" s="2">
         <v>70</v>
       </c>
       <c r="L69" s="2">
         <v>100</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>101731</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
         <v>7077</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="I70" s="2">
         <v>13</v>
       </c>
       <c r="J70" s="2">
         <v>12</v>
       </c>
       <c r="K70" s="2">
         <v>70</v>
       </c>
       <c r="L70" s="2">
         <v>40</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>110</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>122641</v>
-[...1 lines deleted...]
-      <c r="B71" s="2"/>
+        <v>122624</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>221</v>
+      </c>
       <c r="C71" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>7484</v>
+        <v>7461</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>223</v>
       </c>
       <c r="I71" s="2">
         <v>13</v>
       </c>
       <c r="J71" s="2">
         <v>13</v>
       </c>
       <c r="K71" s="2">
         <v>100</v>
       </c>
       <c r="L71" s="2">
         <v>180</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
@@ -6880,188 +6880,188 @@
       </c>
       <c r="H73" s="2" t="s">
         <v>229</v>
       </c>
       <c r="I73" s="2">
         <v>14</v>
       </c>
       <c r="J73" s="2">
         <v>17</v>
       </c>
       <c r="K73" s="2">
         <v>70</v>
       </c>
       <c r="L73" s="2">
         <v>99</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>169</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
-        <v>118490</v>
-[...1 lines deleted...]
-      <c r="B74" s="2" t="s">
+        <v>122642</v>
+      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
-        <v>7155</v>
+        <v>7276</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="I74" s="2">
         <v>14</v>
       </c>
       <c r="J74" s="2">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="K74" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L74" s="2">
-        <v>125</v>
+        <v>170</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
-        <v>101732</v>
+        <v>118490</v>
       </c>
       <c r="B75" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="C75" s="2" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
-        <v>7121</v>
+        <v>7155</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H75" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I75" s="2">
         <v>14</v>
       </c>
       <c r="J75" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K75" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L75" s="2">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
-        <v>105</v>
+        <v>245</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
-        <v>122642</v>
-[...1 lines deleted...]
-      <c r="B76" s="2"/>
+        <v>101732</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>235</v>
+      </c>
       <c r="C76" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2">
-        <v>7276</v>
+        <v>7121</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>237</v>
       </c>
       <c r="I76" s="2">
         <v>14</v>
       </c>
       <c r="J76" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K76" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L76" s="2">
-        <v>170</v>
+        <v>35</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
-        <v>270</v>
+        <v>105</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
         <v>108756</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>239</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>7076</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>240</v>
       </c>
       <c r="I77" s="2">
         <v>15</v>
       </c>
       <c r="J77" s="2">
         <v>18</v>
       </c>
       <c r="K77" s="2">
         <v>70</v>
       </c>
       <c r="L77" s="2">
         <v>98</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>168</v>
       </c>
@@ -7088,674 +7088,674 @@
       </c>
       <c r="H78" s="2" t="s">
         <v>243</v>
       </c>
       <c r="I78" s="2">
         <v>15</v>
       </c>
       <c r="J78" s="2">
         <v>4</v>
       </c>
       <c r="K78" s="2">
         <v>120</v>
       </c>
       <c r="L78" s="2">
         <v>200</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>101733</v>
+        <v>122626</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>245</v>
+        <v>107</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>7090</v>
+        <v>7303</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="I79" s="2">
         <v>15</v>
       </c>
       <c r="J79" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K79" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L79" s="2">
-        <v>30</v>
+        <v>160</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>122626</v>
+        <v>101733</v>
       </c>
       <c r="B80" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="C80" s="2" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>7303</v>
+        <v>7090</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I80" s="2">
         <v>15</v>
       </c>
       <c r="J80" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K80" s="2">
+        <v>70</v>
+      </c>
+      <c r="L80" s="2">
+        <v>30</v>
+      </c>
+      <c r="M80" s="2">
+        <v>0</v>
+      </c>
+      <c r="N80" s="2">
         <v>100</v>
-      </c>
-[...7 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>102160</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>7471</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>251</v>
       </c>
       <c r="I81" s="2">
         <v>15</v>
       </c>
       <c r="J81" s="2">
         <v>15</v>
       </c>
       <c r="K81" s="2">
         <v>100</v>
       </c>
       <c r="L81" s="2">
         <v>160</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>101734</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>7113</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>253</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>254</v>
       </c>
       <c r="I82" s="2">
         <v>16</v>
       </c>
       <c r="J82" s="2">
         <v>15</v>
       </c>
       <c r="K82" s="2">
         <v>70</v>
       </c>
       <c r="L82" s="2">
         <v>25</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>95</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
-        <v>122643</v>
-[...1 lines deleted...]
-      <c r="B83" s="2"/>
+        <v>105349</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>255</v>
+      </c>
       <c r="C83" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
-        <v>7204</v>
+        <v>7287</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I83" s="2">
         <v>16</v>
       </c>
       <c r="J83" s="2">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="K83" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L83" s="2">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
-        <v>250</v>
+        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>105349</v>
+        <v>118492</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>258</v>
+        <v>37</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>7287</v>
+        <v>7023</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I84" s="2">
         <v>16</v>
       </c>
       <c r="J84" s="2">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="K84" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L84" s="2">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
-        <v>167</v>
+        <v>295</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
-        <v>118492</v>
-[...1 lines deleted...]
-      <c r="B85" s="2" t="s">
+        <v>122643</v>
+      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
-        <v>7023</v>
+        <v>7204</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>261</v>
       </c>
       <c r="I85" s="2">
         <v>16</v>
       </c>
       <c r="J85" s="2">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="K85" s="2">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L85" s="2">
-        <v>175</v>
+        <v>150</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>122627</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>7378</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>264</v>
       </c>
       <c r="I86" s="2">
         <v>16</v>
       </c>
       <c r="J86" s="2">
         <v>16</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
         <v>150</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
-        <v>121978</v>
+        <v>119118</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>266</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
-        <v>7192</v>
+        <v>7161</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>267</v>
       </c>
       <c r="I87" s="2">
         <v>17</v>
       </c>
       <c r="J87" s="2">
         <v>17</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
         <v>140</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>119118</v>
+        <v>118493</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>268</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>269</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>7161</v>
+        <v>7168</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>16</v>
+        <v>118</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>270</v>
       </c>
       <c r="I88" s="2">
         <v>17</v>
       </c>
       <c r="J88" s="2">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="K88" s="2">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L88" s="2">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>118493</v>
+        <v>101735</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>272</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>7168</v>
+        <v>7004</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>273</v>
       </c>
       <c r="I89" s="2">
         <v>17</v>
       </c>
       <c r="J89" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K89" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L89" s="2">
         <v>150</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
-        <v>101735</v>
+        <v>115621</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>274</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>275</v>
+        <v>205</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
-        <v>7004</v>
+        <v>7209</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="I90" s="2">
         <v>17</v>
       </c>
       <c r="J90" s="2">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="K90" s="2">
         <v>70</v>
       </c>
       <c r="L90" s="2">
-        <v>150</v>
+        <v>96</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
-        <v>220</v>
+        <v>166</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
-        <v>115621</v>
+        <v>121978</v>
       </c>
       <c r="B91" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="C91" s="2" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
-        <v>7209</v>
+        <v>7192</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>278</v>
       </c>
       <c r="I91" s="2">
         <v>17</v>
       </c>
       <c r="J91" s="2">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="K91" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L91" s="2">
-        <v>96</v>
+        <v>140</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
-        <v>166</v>
+        <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
-        <v>101736</v>
+        <v>118494</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>279</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>280</v>
+        <v>37</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
-        <v>7125</v>
+        <v>7059</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="I92" s="2">
         <v>18</v>
       </c>
       <c r="J92" s="2">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="K92" s="2">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="L92" s="2">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
-        <v>94</v>
+        <v>265</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>118494</v>
+        <v>101736</v>
       </c>
       <c r="B93" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="C93" s="2" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>7059</v>
+        <v>7125</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>283</v>
       </c>
       <c r="I93" s="2">
         <v>18</v>
       </c>
       <c r="J93" s="2">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="K93" s="2">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="L93" s="2">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
-        <v>265</v>
+        <v>94</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
         <v>122628</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
         <v>7175</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>286</v>
       </c>
@@ -7801,51 +7801,51 @@
       </c>
       <c r="I95" s="2">
         <v>18</v>
       </c>
       <c r="J95" s="2">
         <v>18</v>
       </c>
       <c r="K95" s="2">
         <v>100</v>
       </c>
       <c r="L95" s="2">
         <v>130</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>115622</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>289</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>7226</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>290</v>
       </c>
       <c r="I96" s="2">
         <v>18</v>
       </c>
       <c r="J96" s="2">
         <v>21</v>
       </c>
       <c r="K96" s="2">
         <v>70</v>
@@ -7895,51 +7895,51 @@
       <c r="L97" s="2">
         <v>89</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>159</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>101737</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>294</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>295</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>7013</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>296</v>
       </c>
       <c r="I98" s="2">
         <v>19</v>
       </c>
       <c r="J98" s="2">
         <v>3</v>
       </c>
       <c r="K98" s="2">
         <v>70</v>
       </c>
       <c r="L98" s="2">
         <v>125</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
         <v>195</v>
       </c>
@@ -8006,214 +8006,214 @@
       </c>
       <c r="H100" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I100" s="2">
         <v>19</v>
       </c>
       <c r="J100" s="2">
         <v>19</v>
       </c>
       <c r="K100" s="2">
         <v>100</v>
       </c>
       <c r="L100" s="2">
         <v>120</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>122629</v>
+        <v>122647</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>123</v>
+        <v>302</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>285</v>
+        <v>303</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>7240</v>
+        <v>7224</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I101" s="2">
         <v>20</v>
       </c>
       <c r="J101" s="2">
         <v>20</v>
       </c>
       <c r="K101" s="2">
         <v>100</v>
       </c>
       <c r="L101" s="2">
         <v>110</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
-        <v>122647</v>
+        <v>115624</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>304</v>
+        <v>107</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
-        <v>7224</v>
+        <v>7011</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="I102" s="2">
         <v>20</v>
       </c>
       <c r="J102" s="2">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="K102" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L102" s="2">
-        <v>110</v>
+        <v>88</v>
       </c>
       <c r="M102" s="2">
         <v>0</v>
       </c>
       <c r="N102" s="2">
-        <v>210</v>
+        <v>158</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="2">
-        <v>115624</v>
+        <v>101738</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>111</v>
+        <v>308</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
-        <v>7011</v>
+        <v>7095</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>21</v>
+        <v>128</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="I103" s="2">
         <v>20</v>
       </c>
       <c r="J103" s="2">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="K103" s="2">
         <v>70</v>
       </c>
       <c r="L103" s="2">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
-        <v>158</v>
+        <v>170</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>101738</v>
+        <v>122629</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>308</v>
+        <v>123</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>309</v>
+        <v>285</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>7095</v>
+        <v>7240</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>310</v>
       </c>
       <c r="I104" s="2">
         <v>20</v>
       </c>
       <c r="J104" s="2">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="K104" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L104" s="2">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
         <v>122648</v>
       </c>
       <c r="B105" s="2"/>
       <c r="C105" s="2" t="s">
         <v>311</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
         <v>7317</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>312</v>
       </c>
       <c r="I105" s="2">
         <v>21</v>
@@ -8422,252 +8422,252 @@
       </c>
       <c r="H110" s="2" t="s">
         <v>312</v>
       </c>
       <c r="I110" s="2">
         <v>22</v>
       </c>
       <c r="J110" s="2">
         <v>22</v>
       </c>
       <c r="K110" s="2">
         <v>100</v>
       </c>
       <c r="L110" s="2">
         <v>90</v>
       </c>
       <c r="M110" s="2">
         <v>0</v>
       </c>
       <c r="N110" s="2">
         <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="2">
-        <v>101740</v>
-[...1 lines deleted...]
-      <c r="B111" s="2" t="s">
+        <v>122631</v>
+      </c>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2">
-        <v>7057</v>
+        <v>7436</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H111" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="I111" s="2">
         <v>22</v>
       </c>
       <c r="J111" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K111" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L111" s="2">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="M111" s="2">
         <v>0</v>
       </c>
       <c r="N111" s="2">
-        <v>92</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="2">
-        <v>122631</v>
-[...1 lines deleted...]
-      <c r="B112" s="2"/>
+        <v>101740</v>
+      </c>
+      <c r="B112" s="2" t="s">
+        <v>325</v>
+      </c>
       <c r="C112" s="2" t="s">
         <v>326</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
-        <v>7436</v>
+        <v>7057</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>327</v>
       </c>
       <c r="I112" s="2">
         <v>22</v>
       </c>
       <c r="J112" s="2">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K112" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L112" s="2">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
-        <v>190</v>
+        <v>92</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
-        <v>115627</v>
-[...3 lines deleted...]
-      </c>
+        <v>122633</v>
+      </c>
+      <c r="B113" s="2"/>
       <c r="C113" s="2" t="s">
-        <v>202</v>
+        <v>328</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>7297</v>
+        <v>7187</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="I113" s="2">
         <v>23</v>
       </c>
       <c r="J113" s="2">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="K113" s="2">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L113" s="2">
-        <v>225</v>
+        <v>80</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
-        <v>101741</v>
+        <v>115627</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>329</v>
+        <v>201</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>330</v>
+        <v>202</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
-        <v>7104</v>
+        <v>7297</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="I114" s="2">
         <v>23</v>
       </c>
       <c r="J114" s="2">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="K114" s="2">
         <v>70</v>
       </c>
       <c r="L114" s="2">
-        <v>21</v>
+        <v>225</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
-        <v>91</v>
+        <v>295</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>122633</v>
-[...1 lines deleted...]
-      <c r="B115" s="2"/>
+        <v>101741</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>331</v>
+      </c>
       <c r="C115" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>7187</v>
+        <v>7104</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>333</v>
       </c>
       <c r="I115" s="2">
         <v>23</v>
       </c>
       <c r="J115" s="2">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K115" s="2">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="L115" s="2">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
-        <v>180</v>
+        <v>91</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>122650</v>
       </c>
       <c r="B116" s="2"/>
       <c r="C116" s="2" t="s">
         <v>334</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
         <v>7308</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>335</v>
       </c>
       <c r="I116" s="2">
         <v>23</v>
@@ -8845,51 +8845,51 @@
       <c r="L120" s="2">
         <v>70</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
         <v>101743</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
         <v>7007</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I121" s="2">
         <v>25</v>
       </c>
       <c r="J121" s="2">
         <v>21</v>
       </c>
       <c r="K121" s="2">
         <v>70</v>
       </c>
       <c r="L121" s="2">
         <v>15</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
         <v>85</v>
       </c>
@@ -8971,51 +8971,51 @@
       <c r="L123" s="2">
         <v>84</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
         <v>154</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
         <v>118643</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>354</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
         <v>7482</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>355</v>
       </c>
       <c r="I124" s="2">
         <v>25</v>
       </c>
       <c r="J124" s="2">
         <v>25</v>
       </c>
       <c r="K124" s="2">
         <v>100</v>
       </c>
       <c r="L124" s="2">
         <v>60</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
         <v>160</v>
       </c>
@@ -9347,51 +9347,51 @@
       <c r="L132" s="2">
         <v>81</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
         <v>151</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
         <v>115632</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>379</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
         <v>7233</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>380</v>
       </c>
       <c r="I133" s="2">
         <v>29</v>
       </c>
       <c r="J133" s="2">
         <v>31</v>
       </c>
       <c r="K133" s="2">
         <v>70</v>
       </c>
       <c r="L133" s="2">
         <v>80</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
         <v>150</v>
       </c>
@@ -9851,51 +9851,51 @@
       <c r="L144" s="2">
         <v>15</v>
       </c>
       <c r="M144" s="2">
         <v>0</v>
       </c>
       <c r="N144" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="2">
         <v>103603</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>413</v>
       </c>
       <c r="D145" s="2" t="s">
         <v>414</v>
       </c>
       <c r="E145" s="2"/>
       <c r="F145" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>415</v>
       </c>
       <c r="I145" s="2">
         <v>34</v>
       </c>
       <c r="J145" s="2">
         <v>0</v>
       </c>
       <c r="K145" s="2">
         <v>70</v>
       </c>
       <c r="L145" s="2">
         <v>87</v>
       </c>
       <c r="M145" s="2">
         <v>0</v>
       </c>
       <c r="N145" s="2">
         <v>157</v>
       </c>
@@ -10145,51 +10145,51 @@
       <c r="L151" s="2">
         <v>73</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>143</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
         <v>101553</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>7039</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I152" s="2">
         <v>37</v>
       </c>
       <c r="J152" s="2">
         <v>7</v>
       </c>
       <c r="K152" s="2">
         <v>70</v>
       </c>
       <c r="L152" s="2">
         <v>65</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
         <v>135</v>
       </c>
@@ -10315,199 +10315,199 @@
       </c>
       <c r="M155" s="2">
         <v>0</v>
       </c>
       <c r="N155" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="2">
         <v>115641</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>445</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>446</v>
       </c>
       <c r="D156" s="2" t="s">
         <v>447</v>
       </c>
       <c r="E156" s="2">
         <v>7008</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>448</v>
       </c>
       <c r="I156" s="2">
         <v>39</v>
       </c>
       <c r="J156" s="2">
         <v>5</v>
       </c>
       <c r="K156" s="2">
         <v>70</v>
       </c>
       <c r="L156" s="2">
         <v>175</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>245</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
-        <v>104845</v>
+        <v>115642</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="D157" s="2"/>
-      <c r="E157" s="2"/>
+      <c r="D157" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="E157" s="2">
+        <v>7280</v>
+      </c>
       <c r="F157" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="H157" s="2"/>
+      <c r="H157" s="2" t="s">
+        <v>452</v>
+      </c>
       <c r="I157" s="2">
         <v>40</v>
       </c>
       <c r="J157" s="2">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="K157" s="2">
         <v>70</v>
       </c>
       <c r="L157" s="2">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
-        <v>151</v>
+        <v>141</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
-        <v>101757</v>
+        <v>104845</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D158" s="2"/>
-      <c r="E158" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E158" s="2"/>
       <c r="F158" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="H158" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H158" s="2"/>
       <c r="I158" s="2">
         <v>40</v>
       </c>
       <c r="J158" s="2">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="K158" s="2">
         <v>70</v>
       </c>
       <c r="L158" s="2">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
-        <v>85</v>
+        <v>151</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
-        <v>115642</v>
+        <v>101757</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="D159" s="2" t="s">
         <v>456</v>
       </c>
+      <c r="D159" s="2"/>
       <c r="E159" s="2">
-        <v>7280</v>
+        <v>7005</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>457</v>
       </c>
       <c r="I159" s="2">
         <v>40</v>
       </c>
       <c r="J159" s="2">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="K159" s="2">
         <v>70</v>
       </c>
       <c r="L159" s="2">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
-        <v>141</v>
+        <v>85</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>116678</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>458</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>7272</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>459</v>
       </c>
@@ -10523,57 +10523,57 @@
       <c r="L160" s="2">
         <v>70</v>
       </c>
       <c r="M160" s="2">
         <v>0</v>
       </c>
       <c r="N160" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="2">
         <v>101758</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>461</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
         <v>7054</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="I161" s="2">
         <v>41</v>
       </c>
       <c r="J161" s="2">
         <v>34</v>
       </c>
       <c r="K161" s="2">
         <v>70</v>
       </c>
       <c r="L161" s="2">
         <v>15</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
         <v>101759</v>
       </c>
       <c r="B162" s="2" t="s">
@@ -10636,130 +10636,130 @@
       </c>
       <c r="H163" s="2" t="s">
         <v>466</v>
       </c>
       <c r="I163" s="2">
         <v>42</v>
       </c>
       <c r="J163" s="2">
         <v>42</v>
       </c>
       <c r="K163" s="2">
         <v>70</v>
       </c>
       <c r="L163" s="2">
         <v>69</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
-        <v>101760</v>
+        <v>115645</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>468</v>
+        <v>225</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
-        <v>7134</v>
+        <v>7010</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="I164" s="2">
         <v>43</v>
       </c>
       <c r="J164" s="2">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="K164" s="2">
         <v>70</v>
       </c>
       <c r="L164" s="2">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
-        <v>130</v>
+        <v>138</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
-        <v>115645</v>
+        <v>101760</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>225</v>
+        <v>470</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
-        <v>7010</v>
+        <v>7134</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="I165" s="2">
         <v>43</v>
       </c>
       <c r="J165" s="2">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="K165" s="2">
         <v>70</v>
       </c>
       <c r="L165" s="2">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
-        <v>138</v>
+        <v>130</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
         <v>115646</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>471</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>420</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
         <v>7135</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>472</v>
       </c>
@@ -10888,214 +10888,214 @@
       </c>
       <c r="H169" s="2" t="s">
         <v>480</v>
       </c>
       <c r="I169" s="2">
         <v>45</v>
       </c>
       <c r="J169" s="2">
         <v>45</v>
       </c>
       <c r="K169" s="2">
         <v>70</v>
       </c>
       <c r="L169" s="2">
         <v>66</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
-        <v>101763</v>
+        <v>115648</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>37</v>
+        <v>481</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
-        <v>7079</v>
+        <v>7062</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="I170" s="2">
         <v>46</v>
       </c>
       <c r="J170" s="2">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="K170" s="2">
         <v>70</v>
       </c>
       <c r="L170" s="2">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
-        <v>115648</v>
+        <v>101763</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>483</v>
+        <v>37</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>484</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
-        <v>7062</v>
+        <v>7079</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>485</v>
       </c>
       <c r="I171" s="2">
         <v>46</v>
       </c>
       <c r="J171" s="2">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="K171" s="2">
         <v>70</v>
       </c>
       <c r="L171" s="2">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
-        <v>115649</v>
+        <v>101764</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>487</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2">
-        <v>7312</v>
+        <v>7117</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>488</v>
       </c>
       <c r="I172" s="2">
         <v>47</v>
       </c>
       <c r="J172" s="2">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="K172" s="2">
         <v>70</v>
       </c>
       <c r="L172" s="2">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
-        <v>134</v>
+        <v>85</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
-        <v>101764</v>
+        <v>115649</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>490</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
-        <v>7117</v>
+        <v>7312</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>491</v>
       </c>
       <c r="I173" s="2">
         <v>47</v>
       </c>
       <c r="J173" s="2">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="K173" s="2">
         <v>70</v>
       </c>
       <c r="L173" s="2">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
-        <v>85</v>
+        <v>134</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
         <v>122640</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>493</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
         <v>7029</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>494</v>
       </c>
@@ -11237,51 +11237,51 @@
       <c r="L177" s="2">
         <v>50</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
         <v>122659</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>504</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2">
         <v>7107</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>505</v>
       </c>
       <c r="I178" s="2">
         <v>49</v>
       </c>
       <c r="J178" s="2">
         <v>49</v>
       </c>
       <c r="K178" s="2">
         <v>0</v>
       </c>
       <c r="L178" s="2">
         <v>0</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
         <v>0</v>
       </c>
@@ -11321,225 +11321,225 @@
       <c r="L179" s="2">
         <v>150</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
         <v>101767</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>510</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
         <v>7025</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>511</v>
       </c>
       <c r="I180" s="2">
         <v>50</v>
       </c>
       <c r="J180" s="2">
         <v>11</v>
       </c>
       <c r="K180" s="2">
         <v>70</v>
       </c>
       <c r="L180" s="2">
         <v>45</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
         <v>115</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
         <v>115652</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
         <v>7127</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>513</v>
       </c>
       <c r="I181" s="2">
         <v>50</v>
       </c>
       <c r="J181" s="2">
         <v>49</v>
       </c>
       <c r="K181" s="2">
         <v>70</v>
       </c>
       <c r="L181" s="2">
         <v>62</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
-        <v>101768</v>
+        <v>115653</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>515</v>
+        <v>37</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
-        <v>7118</v>
+        <v>7207</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H182" s="2" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="I182" s="2">
         <v>51</v>
       </c>
       <c r="J182" s="2">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="K182" s="2">
         <v>70</v>
       </c>
       <c r="L182" s="2">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
-        <v>110</v>
+        <v>131</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
-        <v>115653</v>
+        <v>101768</v>
       </c>
       <c r="B183" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="C183" s="2" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2">
-        <v>7207</v>
+        <v>7118</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I183" s="2">
         <v>51</v>
       </c>
       <c r="J183" s="2">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="K183" s="2">
         <v>70</v>
       </c>
       <c r="L183" s="2">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
-        <v>131</v>
+        <v>110</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
         <v>101445</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>519</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>520</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
         <v>7064</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="I184" s="2">
         <v>52</v>
       </c>
       <c r="J184" s="2">
         <v>13</v>
       </c>
       <c r="K184" s="2">
         <v>70</v>
       </c>
       <c r="L184" s="2">
         <v>35</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
         <v>105</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
         <v>115654</v>
       </c>
       <c r="B185" s="2" t="s">
@@ -11657,267 +11657,267 @@
       <c r="L187" s="2">
         <v>59</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
         <v>101771</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>529</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>530</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
         <v>7092</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>531</v>
       </c>
       <c r="I188" s="2">
         <v>54</v>
       </c>
       <c r="J188" s="2">
         <v>41</v>
       </c>
       <c r="K188" s="2">
         <v>70</v>
       </c>
       <c r="L188" s="2">
         <v>15</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
-        <v>115655</v>
+        <v>122644</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>532</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>533</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
-        <v>7162</v>
+        <v>7007</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>534</v>
       </c>
       <c r="I189" s="2">
         <v>54</v>
       </c>
       <c r="J189" s="2">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K189" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L189" s="2">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
-        <v>128</v>
+        <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
-        <v>122644</v>
+        <v>115655</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>535</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>536</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
-        <v>7007</v>
+        <v>7162</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>537</v>
       </c>
       <c r="I190" s="2">
         <v>54</v>
       </c>
       <c r="J190" s="2">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K190" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L190" s="2">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
-        <v>0</v>
+        <v>128</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
-        <v>101772</v>
+        <v>115656</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>539</v>
+        <v>107</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
-        <v>7041</v>
+        <v>7122</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H191" s="2" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="I191" s="2">
         <v>55</v>
       </c>
       <c r="J191" s="2">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="K191" s="2">
         <v>70</v>
       </c>
       <c r="L191" s="2">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="M191" s="2">
         <v>0</v>
       </c>
       <c r="N191" s="2">
-        <v>85</v>
+        <v>127</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="2">
-        <v>115656</v>
+        <v>101772</v>
       </c>
       <c r="B192" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="C192" s="2" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
-        <v>7122</v>
+        <v>7041</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>542</v>
       </c>
       <c r="I192" s="2">
         <v>55</v>
       </c>
       <c r="J192" s="2">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="K192" s="2">
         <v>70</v>
       </c>
       <c r="L192" s="2">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
-        <v>127</v>
+        <v>85</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>100142</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>543</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>544</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>7105</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="I193" s="2">
         <v>56</v>
       </c>
       <c r="J193" s="2">
         <v>14</v>
       </c>
       <c r="K193" s="2">
         <v>70</v>
       </c>
       <c r="L193" s="2">
         <v>30</v>
       </c>
       <c r="M193" s="2">
         <v>0</v>
       </c>
       <c r="N193" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="2">
         <v>115657</v>
       </c>
       <c r="B194" s="2" t="s">
@@ -12077,86 +12077,86 @@
       <c r="L197" s="2">
         <v>15</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
         <v>115659</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>556</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>557</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
         <v>7229</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>558</v>
       </c>
       <c r="I198" s="2">
         <v>58</v>
       </c>
       <c r="J198" s="2">
         <v>8</v>
       </c>
       <c r="K198" s="2">
         <v>70</v>
       </c>
       <c r="L198" s="2">
         <v>140</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
         <v>115660</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2">
         <v>7129</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G199" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>560</v>
       </c>
       <c r="I199" s="2">
         <v>59</v>
       </c>
       <c r="J199" s="2">
         <v>56</v>
       </c>
       <c r="K199" s="2">
         <v>70</v>
       </c>
       <c r="L199" s="2">
         <v>55</v>
@@ -13030,130 +13030,130 @@
       </c>
       <c r="H220" s="2" t="s">
         <v>617</v>
       </c>
       <c r="I220" s="2">
         <v>69</v>
       </c>
       <c r="J220" s="2">
         <v>55</v>
       </c>
       <c r="K220" s="2">
         <v>70</v>
       </c>
       <c r="L220" s="2">
         <v>10</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="2">
-        <v>113915</v>
+        <v>101787</v>
       </c>
       <c r="B221" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C221" s="2" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2">
-        <v>7078</v>
+        <v>7068</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H221" s="2" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="I221" s="2">
         <v>70</v>
       </c>
       <c r="J221" s="2">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="K221" s="2">
         <v>70</v>
       </c>
       <c r="L221" s="2">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
-        <v>114</v>
+        <v>94</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
-        <v>101787</v>
+        <v>113915</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>37</v>
+        <v>620</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>621</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
-        <v>7068</v>
+        <v>7078</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>622</v>
       </c>
       <c r="I222" s="2">
         <v>70</v>
       </c>
       <c r="J222" s="2">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="K222" s="2">
         <v>70</v>
       </c>
       <c r="L222" s="2">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
-        <v>94</v>
+        <v>114</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
         <v>101788</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>623</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2">
         <v>7072</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>624</v>
       </c>
@@ -13204,51 +13204,51 @@
       </c>
       <c r="J224" s="2">
         <v>68</v>
       </c>
       <c r="K224" s="2">
         <v>70</v>
       </c>
       <c r="L224" s="2">
         <v>43</v>
       </c>
       <c r="M224" s="2">
         <v>0</v>
       </c>
       <c r="N224" s="2">
         <v>113</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" s="2">
         <v>115673</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>628</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2">
         <v>7101</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>629</v>
       </c>
       <c r="I225" s="2">
         <v>72</v>
       </c>
       <c r="J225" s="2">
         <v>69</v>
       </c>
       <c r="K225" s="2">
         <v>70</v>
       </c>
       <c r="L225" s="2">
         <v>42</v>
@@ -13288,51 +13288,51 @@
       </c>
       <c r="J226" s="2">
         <v>57</v>
       </c>
       <c r="K226" s="2">
         <v>70</v>
       </c>
       <c r="L226" s="2">
         <v>10</v>
       </c>
       <c r="M226" s="2">
         <v>0</v>
       </c>
       <c r="N226" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" s="2">
         <v>115674</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>633</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2">
         <v>7116</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>634</v>
       </c>
       <c r="I227" s="2">
         <v>73</v>
       </c>
       <c r="J227" s="2">
         <v>70</v>
       </c>
       <c r="K227" s="2">
         <v>70</v>
       </c>
       <c r="L227" s="2">
         <v>41</v>
@@ -13631,51 +13631,51 @@
       <c r="L234" s="2">
         <v>39</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
         <v>109</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
         <v>115678</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>656</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>657</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
         <v>7282</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>658</v>
       </c>
       <c r="I235" s="2">
         <v>77</v>
       </c>
       <c r="J235" s="2">
         <v>10</v>
       </c>
       <c r="K235" s="2">
         <v>70</v>
       </c>
       <c r="L235" s="2">
         <v>130</v>
       </c>
       <c r="M235" s="2">
         <v>0</v>
       </c>
       <c r="N235" s="2">
         <v>200</v>
       </c>
@@ -13954,130 +13954,130 @@
       </c>
       <c r="H242" s="2" t="s">
         <v>678</v>
       </c>
       <c r="I242" s="2">
         <v>80</v>
       </c>
       <c r="J242" s="2">
         <v>19</v>
       </c>
       <c r="K242" s="2">
         <v>70</v>
       </c>
       <c r="L242" s="2">
         <v>21</v>
       </c>
       <c r="M242" s="2">
         <v>0</v>
       </c>
       <c r="N242" s="2">
         <v>91</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" s="2">
-        <v>101798</v>
+        <v>116717</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>679</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>413</v>
+        <v>680</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2">
-        <v>7048</v>
+        <v>7197</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G243" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H243" s="2" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="I243" s="2">
         <v>81</v>
       </c>
       <c r="J243" s="2">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="K243" s="2">
         <v>70</v>
       </c>
       <c r="L243" s="2">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="M243" s="2">
         <v>0</v>
       </c>
       <c r="N243" s="2">
-        <v>80</v>
+        <v>105</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" s="2">
-        <v>116717</v>
+        <v>101798</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>682</v>
+        <v>413</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2">
-        <v>7197</v>
+        <v>7048</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>683</v>
       </c>
       <c r="I244" s="2">
         <v>81</v>
       </c>
       <c r="J244" s="2">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="K244" s="2">
         <v>70</v>
       </c>
       <c r="L244" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="M244" s="2">
         <v>0</v>
       </c>
       <c r="N244" s="2">
-        <v>105</v>
+        <v>80</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" s="2">
         <v>115683</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>684</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2">
         <v>7086</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>685</v>
       </c>
@@ -14290,130 +14290,130 @@
       </c>
       <c r="H250" s="2" t="s">
         <v>698</v>
       </c>
       <c r="I250" s="2">
         <v>84</v>
       </c>
       <c r="J250" s="2">
         <v>78</v>
       </c>
       <c r="K250" s="2">
         <v>70</v>
       </c>
       <c r="L250" s="2">
         <v>33</v>
       </c>
       <c r="M250" s="2">
         <v>0</v>
       </c>
       <c r="N250" s="2">
         <v>103</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" s="2">
-        <v>101802</v>
+        <v>115686</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>699</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>700</v>
+        <v>536</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2">
-        <v>7110</v>
+        <v>7138</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H251" s="2" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="I251" s="2">
         <v>85</v>
       </c>
       <c r="J251" s="2">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="K251" s="2">
         <v>70</v>
       </c>
       <c r="L251" s="2">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="M251" s="2">
         <v>0</v>
       </c>
       <c r="N251" s="2">
-        <v>80</v>
+        <v>102</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" s="2">
-        <v>115686</v>
+        <v>101802</v>
       </c>
       <c r="B252" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="C252" s="2" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2">
-        <v>7138</v>
+        <v>7110</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>703</v>
       </c>
       <c r="I252" s="2">
         <v>85</v>
       </c>
       <c r="J252" s="2">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="K252" s="2">
         <v>70</v>
       </c>
       <c r="L252" s="2">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="M252" s="2">
         <v>0</v>
       </c>
       <c r="N252" s="2">
-        <v>102</v>
+        <v>80</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" s="2">
         <v>101803</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>704</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>705</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2">
         <v>7014</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>706</v>
       </c>
@@ -14422,135 +14422,135 @@
       </c>
       <c r="J253" s="2">
         <v>20</v>
       </c>
       <c r="K253" s="2">
         <v>70</v>
       </c>
       <c r="L253" s="2">
         <v>20</v>
       </c>
       <c r="M253" s="2">
         <v>0</v>
       </c>
       <c r="N253" s="2">
         <v>90</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" s="2">
         <v>115687</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>707</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2">
         <v>7243</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H254" s="2" t="s">
         <v>708</v>
       </c>
       <c r="I254" s="2">
         <v>86</v>
       </c>
       <c r="J254" s="2">
         <v>80</v>
       </c>
       <c r="K254" s="2">
         <v>70</v>
       </c>
       <c r="L254" s="2">
         <v>31</v>
       </c>
       <c r="M254" s="2">
         <v>0</v>
       </c>
       <c r="N254" s="2">
         <v>101</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" s="2">
         <v>101804</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>709</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2">
         <v>7126</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>710</v>
       </c>
       <c r="I255" s="2">
         <v>87</v>
       </c>
       <c r="J255" s="2">
         <v>68</v>
       </c>
       <c r="K255" s="2">
         <v>70</v>
       </c>
       <c r="L255" s="2">
         <v>10</v>
       </c>
       <c r="M255" s="2">
         <v>0</v>
       </c>
       <c r="N255" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" s="2">
         <v>115688</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>711</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2">
         <v>7004</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H256" s="2" t="s">
         <v>712</v>
       </c>
       <c r="I256" s="2">
         <v>87</v>
       </c>
       <c r="J256" s="2">
         <v>81</v>
       </c>
       <c r="K256" s="2">
         <v>70</v>
       </c>
       <c r="L256" s="2">
         <v>30</v>
@@ -14639,51 +14639,51 @@
       <c r="L258" s="2">
         <v>10</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" s="2">
         <v>115690</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>719</v>
       </c>
       <c r="C259" s="2" t="s">
         <v>720</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
         <v>7070</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H259" s="2" t="s">
         <v>721</v>
       </c>
       <c r="I259" s="2">
         <v>89</v>
       </c>
       <c r="J259" s="2">
         <v>13</v>
       </c>
       <c r="K259" s="2">
         <v>70</v>
       </c>
       <c r="L259" s="2">
         <v>115</v>
       </c>
       <c r="M259" s="2">
         <v>0</v>
       </c>
       <c r="N259" s="2">
         <v>185</v>
       </c>
@@ -14750,225 +14750,225 @@
       </c>
       <c r="H261" s="2" t="s">
         <v>726</v>
       </c>
       <c r="I261" s="2">
         <v>89</v>
       </c>
       <c r="J261" s="2">
         <v>21</v>
       </c>
       <c r="K261" s="2">
         <v>70</v>
       </c>
       <c r="L261" s="2">
         <v>15</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" s="2">
-        <v>101807</v>
+        <v>116726</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>727</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>728</v>
+        <v>395</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2">
-        <v>7047</v>
+        <v>7158</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H262" s="2" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="I262" s="2">
         <v>90</v>
       </c>
       <c r="J262" s="2">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="K262" s="2">
         <v>70</v>
       </c>
       <c r="L262" s="2">
-        <v>10</v>
+        <v>110</v>
       </c>
       <c r="M262" s="2">
         <v>0</v>
       </c>
       <c r="N262" s="2">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" s="2">
-        <v>116726</v>
+        <v>101807</v>
       </c>
       <c r="B263" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="C263" s="2" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2">
-        <v>7158</v>
+        <v>7047</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G263" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H263" s="2" t="s">
         <v>731</v>
       </c>
       <c r="I263" s="2">
         <v>90</v>
       </c>
       <c r="J263" s="2">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="K263" s="2">
         <v>70</v>
       </c>
       <c r="L263" s="2">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="M263" s="2">
         <v>0</v>
       </c>
       <c r="N263" s="2">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" s="2">
-        <v>115692</v>
+        <v>101808</v>
       </c>
       <c r="B264" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="C264" s="2" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2">
-        <v>7106</v>
+        <v>7033</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H264" s="2" t="s">
         <v>733</v>
       </c>
       <c r="I264" s="2">
         <v>91</v>
       </c>
       <c r="J264" s="2">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="K264" s="2">
         <v>70</v>
       </c>
       <c r="L264" s="2">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="M264" s="2">
         <v>0</v>
       </c>
       <c r="N264" s="2">
-        <v>99</v>
+        <v>80</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" s="2">
-        <v>101808</v>
+        <v>115692</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>475</v>
+        <v>734</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>734</v>
+        <v>37</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2">
-        <v>7033</v>
+        <v>7106</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H265" s="2" t="s">
         <v>735</v>
       </c>
       <c r="I265" s="2">
         <v>91</v>
       </c>
       <c r="J265" s="2">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="K265" s="2">
         <v>70</v>
       </c>
       <c r="L265" s="2">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="M265" s="2">
         <v>0</v>
       </c>
       <c r="N265" s="2">
-        <v>80</v>
+        <v>99</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" s="2">
         <v>115693</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>736</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2">
         <v>7139</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H266" s="2" t="s">
         <v>737</v>
       </c>
       <c r="I266" s="2">
         <v>92</v>
       </c>
       <c r="J266" s="2">
         <v>83</v>
       </c>
       <c r="K266" s="2">
         <v>70</v>
       </c>
       <c r="L266" s="2">
         <v>28</v>
@@ -15002,130 +15002,130 @@
       </c>
       <c r="H267" s="2" t="s">
         <v>740</v>
       </c>
       <c r="I267" s="2">
         <v>92</v>
       </c>
       <c r="J267" s="2">
         <v>72</v>
       </c>
       <c r="K267" s="2">
         <v>70</v>
       </c>
       <c r="L267" s="2">
         <v>10</v>
       </c>
       <c r="M267" s="2">
         <v>0</v>
       </c>
       <c r="N267" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" s="2">
-        <v>101810</v>
+        <v>116729</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>741</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>742</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2">
-        <v>7114</v>
+        <v>7131</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H268" s="2" t="s">
         <v>743</v>
       </c>
       <c r="I268" s="2">
         <v>93</v>
       </c>
       <c r="J268" s="2">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K268" s="2">
         <v>70</v>
       </c>
       <c r="L268" s="2">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="M268" s="2">
         <v>0</v>
       </c>
       <c r="N268" s="2">
-        <v>80</v>
+        <v>97</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" s="2">
-        <v>116729</v>
+        <v>101810</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>744</v>
       </c>
       <c r="C269" s="2" t="s">
         <v>745</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2">
-        <v>7131</v>
+        <v>7114</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H269" s="2" t="s">
         <v>746</v>
       </c>
       <c r="I269" s="2">
         <v>93</v>
       </c>
       <c r="J269" s="2">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="K269" s="2">
         <v>70</v>
       </c>
       <c r="L269" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="M269" s="2">
         <v>0</v>
       </c>
       <c r="N269" s="2">
-        <v>97</v>
+        <v>80</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" s="2">
         <v>115695</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>747</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>748</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2">
         <v>7178</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H270" s="2" t="s">
         <v>749</v>
       </c>
@@ -15338,130 +15338,130 @@
       </c>
       <c r="H275" s="2" t="s">
         <v>762</v>
       </c>
       <c r="I275" s="2">
         <v>96</v>
       </c>
       <c r="J275" s="2">
         <v>87</v>
       </c>
       <c r="K275" s="2">
         <v>70</v>
       </c>
       <c r="L275" s="2">
         <v>24</v>
       </c>
       <c r="M275" s="2">
         <v>0</v>
       </c>
       <c r="N275" s="2">
         <v>94</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" s="2">
-        <v>101814</v>
+        <v>115698</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>763</v>
       </c>
       <c r="C276" s="2" t="s">
         <v>764</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
-        <v>7106</v>
+        <v>7181</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="G276" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H276" s="2" t="s">
         <v>765</v>
       </c>
       <c r="I276" s="2">
         <v>97</v>
       </c>
       <c r="J276" s="2">
+        <v>88</v>
+      </c>
+      <c r="K276" s="2">
+        <v>70</v>
+      </c>
+      <c r="L276" s="2">
         <v>23</v>
       </c>
-      <c r="K276" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M276" s="2">
         <v>0</v>
       </c>
       <c r="N276" s="2">
-        <v>85</v>
+        <v>93</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" s="2">
-        <v>115698</v>
+        <v>101814</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>766</v>
       </c>
       <c r="C277" s="2" t="s">
         <v>767</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2">
-        <v>7181</v>
+        <v>7106</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H277" s="2" t="s">
         <v>768</v>
       </c>
       <c r="I277" s="2">
         <v>97</v>
       </c>
       <c r="J277" s="2">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="K277" s="2">
         <v>70</v>
       </c>
       <c r="L277" s="2">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="M277" s="2">
         <v>0</v>
       </c>
       <c r="N277" s="2">
-        <v>93</v>
+        <v>85</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" s="2">
         <v>115699</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>769</v>
       </c>
       <c r="C278" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2">
         <v>7033</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H278" s="2" t="s">
         <v>770</v>
       </c>
@@ -15470,51 +15470,51 @@
       </c>
       <c r="J278" s="2">
         <v>89</v>
       </c>
       <c r="K278" s="2">
         <v>70</v>
       </c>
       <c r="L278" s="2">
         <v>22</v>
       </c>
       <c r="M278" s="2">
         <v>0</v>
       </c>
       <c r="N278" s="2">
         <v>92</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" s="2">
         <v>101815</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>771</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2">
         <v>7108</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H279" s="2" t="s">
         <v>772</v>
       </c>
       <c r="I279" s="2">
         <v>98</v>
       </c>
       <c r="J279" s="2">
         <v>76</v>
       </c>
       <c r="K279" s="2">
         <v>70</v>
       </c>
       <c r="L279" s="2">
         <v>5</v>
@@ -15554,166 +15554,166 @@
       </c>
       <c r="J280" s="2">
         <v>77</v>
       </c>
       <c r="K280" s="2">
         <v>70</v>
       </c>
       <c r="L280" s="2">
         <v>5</v>
       </c>
       <c r="M280" s="2">
         <v>0</v>
       </c>
       <c r="N280" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" s="2">
         <v>115700</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>776</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2">
         <v>7293</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H281" s="2" t="s">
         <v>777</v>
       </c>
       <c r="I281" s="2">
         <v>99</v>
       </c>
       <c r="J281" s="2">
         <v>90</v>
       </c>
       <c r="K281" s="2">
         <v>70</v>
       </c>
       <c r="L281" s="2">
         <v>21</v>
       </c>
       <c r="M281" s="2">
         <v>0</v>
       </c>
       <c r="N281" s="2">
         <v>91</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" s="2">
-        <v>101817</v>
+        <v>115701</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>778</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>779</v>
+        <v>172</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2">
-        <v>7061</v>
+        <v>7130</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="G282" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H282" s="2" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="I282" s="2">
         <v>100</v>
       </c>
       <c r="J282" s="2">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="K282" s="2">
         <v>70</v>
       </c>
       <c r="L282" s="2">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="M282" s="2">
         <v>0</v>
       </c>
       <c r="N282" s="2">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" s="2">
-        <v>115701</v>
+        <v>101817</v>
       </c>
       <c r="B283" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="C283" s="2" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2">
-        <v>7130</v>
+        <v>7061</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H283" s="2" t="s">
         <v>782</v>
       </c>
       <c r="I283" s="2">
         <v>100</v>
       </c>
       <c r="J283" s="2">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="K283" s="2">
         <v>70</v>
       </c>
       <c r="L283" s="2">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="M283" s="2">
         <v>0</v>
       </c>
       <c r="N283" s="2">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="284" spans="1:14">
       <c r="A284" s="2">
         <v>101818</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>783</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2">
         <v>7011</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G284" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H284" s="2" t="s">
         <v>784</v>
       </c>
@@ -16058,51 +16058,51 @@
       </c>
       <c r="J292" s="2">
         <v>82</v>
       </c>
       <c r="K292" s="2">
         <v>70</v>
       </c>
       <c r="L292" s="2">
         <v>5</v>
       </c>
       <c r="M292" s="2">
         <v>0</v>
       </c>
       <c r="N292" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="293" spans="1:14">
       <c r="A293" s="2">
         <v>115706</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>807</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2">
         <v>7119</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H293" s="2" t="s">
         <v>808</v>
       </c>
       <c r="I293" s="2">
         <v>105</v>
       </c>
       <c r="J293" s="2">
         <v>96</v>
       </c>
       <c r="K293" s="2">
         <v>70</v>
       </c>
       <c r="L293" s="2">
         <v>15</v>
@@ -16310,98 +16310,98 @@
       </c>
       <c r="J298" s="2">
         <v>99</v>
       </c>
       <c r="K298" s="2">
         <v>70</v>
       </c>
       <c r="L298" s="2">
         <v>12</v>
       </c>
       <c r="M298" s="2">
         <v>0</v>
       </c>
       <c r="N298" s="2">
         <v>82</v>
       </c>
     </row>
     <row r="299" spans="1:14">
       <c r="A299" s="2">
         <v>115711</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>823</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2">
         <v>7156</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H299" s="2" t="s">
         <v>824</v>
       </c>
       <c r="I299" s="2">
         <v>110</v>
       </c>
       <c r="J299" s="2">
         <v>16</v>
       </c>
       <c r="K299" s="2">
         <v>70</v>
       </c>
       <c r="L299" s="2">
         <v>100</v>
       </c>
       <c r="M299" s="2">
         <v>0</v>
       </c>
       <c r="N299" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" s="2">
         <v>122653</v>
       </c>
       <c r="B300" s="2"/>
       <c r="C300" s="2" t="s">
         <v>825</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2">
         <v>7104</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H300" s="2" t="s">
         <v>826</v>
       </c>
       <c r="I300" s="2">
         <v>110</v>
       </c>
       <c r="J300" s="2">
         <v>110</v>
       </c>
       <c r="K300" s="2">
         <v>0</v>
       </c>
       <c r="L300" s="2">
         <v>0</v>
       </c>
       <c r="M300" s="2">
         <v>0</v>
       </c>
       <c r="N300" s="2">
         <v>0</v>
       </c>
@@ -16476,93 +16476,93 @@
       </c>
       <c r="J302" s="2">
         <v>18</v>
       </c>
       <c r="K302" s="2">
         <v>70</v>
       </c>
       <c r="L302" s="2">
         <v>98</v>
       </c>
       <c r="M302" s="2">
         <v>0</v>
       </c>
       <c r="N302" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="303" spans="1:14">
       <c r="A303" s="2">
         <v>115714</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>833</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2">
         <v>7021</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H303" s="2" t="s">
         <v>834</v>
       </c>
       <c r="I303" s="2">
         <v>113</v>
       </c>
       <c r="J303" s="2">
         <v>100</v>
       </c>
       <c r="K303" s="2">
         <v>70</v>
       </c>
       <c r="L303" s="2">
         <v>11</v>
       </c>
       <c r="M303" s="2">
         <v>0</v>
       </c>
       <c r="N303" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" s="2">
         <v>115715</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>835</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
         <v>7047</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H304" s="2" t="s">
         <v>836</v>
       </c>
       <c r="I304" s="2">
         <v>114</v>
       </c>
       <c r="J304" s="2">
         <v>101</v>
       </c>
       <c r="K304" s="2">
         <v>70</v>
       </c>
       <c r="L304" s="2">
         <v>10</v>
@@ -17148,93 +17148,93 @@
       </c>
       <c r="J318" s="2">
         <v>112</v>
       </c>
       <c r="K318" s="2">
         <v>70</v>
       </c>
       <c r="L318" s="2">
         <v>10</v>
       </c>
       <c r="M318" s="2">
         <v>0</v>
       </c>
       <c r="N318" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="2">
         <v>115730</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>874</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2">
         <v>7143</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>873</v>
       </c>
       <c r="I319" s="2">
         <v>129</v>
       </c>
       <c r="J319" s="2">
         <v>113</v>
       </c>
       <c r="K319" s="2">
         <v>70</v>
       </c>
       <c r="L319" s="2">
         <v>10</v>
       </c>
       <c r="M319" s="2">
         <v>0</v>
       </c>
       <c r="N319" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="320" spans="1:14">
       <c r="A320" s="2">
         <v>116766</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>875</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2">
         <v>7292</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H320" s="2" t="s">
         <v>876</v>
       </c>
       <c r="I320" s="2">
         <v>130</v>
       </c>
       <c r="J320" s="2">
         <v>114</v>
       </c>
       <c r="K320" s="2">
         <v>70</v>
       </c>
       <c r="L320" s="2">
         <v>10</v>
@@ -17323,51 +17323,51 @@
       <c r="L322" s="2">
         <v>10</v>
       </c>
       <c r="M322" s="2">
         <v>0</v>
       </c>
       <c r="N322" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="323" spans="1:14">
       <c r="A323" s="2">
         <v>115149</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>881</v>
       </c>
       <c r="C323" s="2" t="s">
         <v>882</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2">
         <v>7014</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H323" s="2" t="s">
         <v>288</v>
       </c>
       <c r="I323" s="2">
         <v>133</v>
       </c>
       <c r="J323" s="2">
         <v>117</v>
       </c>
       <c r="K323" s="2">
         <v>70</v>
       </c>
       <c r="L323" s="2">
         <v>10</v>
       </c>
       <c r="M323" s="2">
         <v>0</v>
       </c>
       <c r="N323" s="2">
         <v>80</v>
       </c>
@@ -17407,93 +17407,93 @@
       <c r="L324" s="2">
         <v>0</v>
       </c>
       <c r="M324" s="2">
         <v>0</v>
       </c>
       <c r="N324" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:14">
       <c r="A325" s="2">
         <v>115148</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>886</v>
       </c>
       <c r="C325" s="2" t="s">
         <v>887</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2">
         <v>7012</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G325" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H325" s="2" t="s">
         <v>288</v>
       </c>
       <c r="I325" s="2">
         <v>134</v>
       </c>
       <c r="J325" s="2">
         <v>22</v>
       </c>
       <c r="K325" s="2">
         <v>70</v>
       </c>
       <c r="L325" s="2">
         <v>89</v>
       </c>
       <c r="M325" s="2">
         <v>0</v>
       </c>
       <c r="N325" s="2">
         <v>159</v>
       </c>
     </row>
     <row r="326" spans="1:14">
       <c r="A326" s="2">
         <v>115736</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>888</v>
       </c>
       <c r="C326" s="2" t="s">
         <v>889</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2">
         <v>7020</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G326" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H326" s="2" t="s">
         <v>288</v>
       </c>
       <c r="I326" s="2">
         <v>135</v>
       </c>
       <c r="J326" s="2">
         <v>23</v>
       </c>
       <c r="K326" s="2">
         <v>70</v>
       </c>
       <c r="L326" s="2">
         <v>88</v>
       </c>
       <c r="M326" s="2">
         <v>0</v>
       </c>
       <c r="N326" s="2">
         <v>158</v>
       </c>
@@ -17531,51 +17531,51 @@
         <v>70</v>
       </c>
       <c r="L327" s="2">
         <v>10</v>
       </c>
       <c r="M327" s="2">
         <v>0</v>
       </c>
       <c r="N327" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="328" spans="1:14">
       <c r="A328" s="2">
         <v>122654</v>
       </c>
       <c r="B328" s="2"/>
       <c r="C328" s="2" t="s">
         <v>892</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2">
         <v>7149</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H328" s="2" t="s">
         <v>893</v>
       </c>
       <c r="I328" s="2">
         <v>136</v>
       </c>
       <c r="J328" s="2">
         <v>136</v>
       </c>
       <c r="K328" s="2">
         <v>0</v>
       </c>
       <c r="L328" s="2">
         <v>0</v>
       </c>
       <c r="M328" s="2">
         <v>0</v>
       </c>
       <c r="N328" s="2">
         <v>0</v>
       </c>
@@ -17613,51 +17613,51 @@
         <v>70</v>
       </c>
       <c r="L329" s="2">
         <v>87</v>
       </c>
       <c r="M329" s="2">
         <v>0</v>
       </c>
       <c r="N329" s="2">
         <v>157</v>
       </c>
     </row>
     <row r="330" spans="1:14">
       <c r="A330" s="2">
         <v>122655</v>
       </c>
       <c r="B330" s="2"/>
       <c r="C330" s="2" t="s">
         <v>897</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2">
         <v>7106</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H330" s="2" t="s">
         <v>898</v>
       </c>
       <c r="I330" s="2">
         <v>137</v>
       </c>
       <c r="J330" s="2">
         <v>137</v>
       </c>
       <c r="K330" s="2">
         <v>0</v>
       </c>
       <c r="L330" s="2">
         <v>0</v>
       </c>
       <c r="M330" s="2">
         <v>0</v>
       </c>
       <c r="N330" s="2">
         <v>0</v>
       </c>
@@ -17774,51 +17774,51 @@
       </c>
       <c r="J333" s="2">
         <v>121</v>
       </c>
       <c r="K333" s="2">
         <v>70</v>
       </c>
       <c r="L333" s="2">
         <v>10</v>
       </c>
       <c r="M333" s="2">
         <v>0</v>
       </c>
       <c r="N333" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="334" spans="1:14">
       <c r="A334" s="2">
         <v>115742</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>906</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2">
         <v>7198</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G334" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H334" s="2" t="s">
         <v>907</v>
       </c>
       <c r="I334" s="2">
         <v>141</v>
       </c>
       <c r="J334" s="2">
         <v>122</v>
       </c>
       <c r="K334" s="2">
         <v>70</v>
       </c>
       <c r="L334" s="2">
         <v>10</v>
@@ -17900,164 +17900,164 @@
       </c>
       <c r="J336" s="2">
         <v>124</v>
       </c>
       <c r="K336" s="2">
         <v>70</v>
       </c>
       <c r="L336" s="2">
         <v>10</v>
       </c>
       <c r="M336" s="2">
         <v>0</v>
       </c>
       <c r="N336" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="337" spans="1:14">
       <c r="A337" s="2">
         <v>115745</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>911</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2">
         <v>7251</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H337" s="2" t="s">
         <v>912</v>
       </c>
       <c r="I337" s="2">
         <v>144</v>
       </c>
       <c r="J337" s="2">
         <v>125</v>
       </c>
       <c r="K337" s="2">
         <v>70</v>
       </c>
       <c r="L337" s="2">
         <v>10</v>
       </c>
       <c r="M337" s="2">
         <v>0</v>
       </c>
       <c r="N337" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="338" spans="1:14">
       <c r="A338" s="2">
-        <v>115746</v>
-[...1 lines deleted...]
-      <c r="B338" s="2" t="s">
+        <v>122656</v>
+      </c>
+      <c r="B338" s="2"/>
+      <c r="C338" s="2" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2">
-        <v>7194</v>
+        <v>7165</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="G338" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H338" s="2" t="s">
         <v>914</v>
       </c>
       <c r="I338" s="2">
         <v>145</v>
       </c>
       <c r="J338" s="2">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="K338" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L338" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="M338" s="2">
         <v>0</v>
       </c>
       <c r="N338" s="2">
-        <v>80</v>
+        <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:14">
       <c r="A339" s="2">
-        <v>122656</v>
-[...1 lines deleted...]
-      <c r="B339" s="2"/>
+        <v>115746</v>
+      </c>
+      <c r="B339" s="2" t="s">
+        <v>915</v>
+      </c>
       <c r="C339" s="2" t="s">
-        <v>915</v>
+        <v>107</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2">
-        <v>7165</v>
+        <v>7194</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G339" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H339" s="2" t="s">
         <v>916</v>
       </c>
       <c r="I339" s="2">
         <v>145</v>
       </c>
       <c r="J339" s="2">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="K339" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L339" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="M339" s="2">
         <v>0</v>
       </c>
       <c r="N339" s="2">
-        <v>0</v>
+        <v>80</v>
       </c>
     </row>
     <row r="340" spans="1:14">
       <c r="A340" s="2">
         <v>115747</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>724</v>
       </c>
       <c r="C340" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2">
         <v>7060</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G340" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H340" s="2" t="s">
         <v>813</v>
       </c>
@@ -18148,51 +18148,51 @@
       </c>
       <c r="J342" s="2">
         <v>127</v>
       </c>
       <c r="K342" s="2">
         <v>70</v>
       </c>
       <c r="L342" s="2">
         <v>10</v>
       </c>
       <c r="M342" s="2">
         <v>0</v>
       </c>
       <c r="N342" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="343" spans="1:14">
       <c r="A343" s="2">
         <v>115749</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>921</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2">
         <v>7141</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H343" s="2" t="s">
         <v>920</v>
       </c>
       <c r="I343" s="2">
         <v>148</v>
       </c>
       <c r="J343" s="2">
         <v>128</v>
       </c>
       <c r="K343" s="2">
         <v>70</v>
       </c>
       <c r="L343" s="2">
         <v>10</v>
@@ -18232,51 +18232,51 @@
       </c>
       <c r="J344" s="2">
         <v>129</v>
       </c>
       <c r="K344" s="2">
         <v>70</v>
       </c>
       <c r="L344" s="2">
         <v>10</v>
       </c>
       <c r="M344" s="2">
         <v>0</v>
       </c>
       <c r="N344" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="345" spans="1:14">
       <c r="A345" s="2">
         <v>116786</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>924</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2">
         <v>7118</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G345" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H345" s="2" t="s">
         <v>925</v>
       </c>
       <c r="I345" s="2">
         <v>150</v>
       </c>
       <c r="J345" s="2">
         <v>130</v>
       </c>
       <c r="K345" s="2">
         <v>70</v>
       </c>
       <c r="L345" s="2">
         <v>10</v>
@@ -18692,51 +18692,51 @@
       </c>
       <c r="J355" s="2">
         <v>138</v>
       </c>
       <c r="K355" s="2">
         <v>70</v>
       </c>
       <c r="L355" s="2">
         <v>10</v>
       </c>
       <c r="M355" s="2">
         <v>0</v>
       </c>
       <c r="N355" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="356" spans="1:14">
       <c r="A356" s="2">
         <v>115761</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>949</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2">
         <v>7203</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H356" s="2" t="s">
         <v>950</v>
       </c>
       <c r="I356" s="2">
         <v>160</v>
       </c>
       <c r="J356" s="2">
         <v>27</v>
       </c>
       <c r="K356" s="2">
         <v>70</v>
       </c>
       <c r="L356" s="2">
         <v>84</v>
@@ -19245,51 +19245,51 @@
       <c r="L368" s="2">
         <v>10</v>
       </c>
       <c r="M368" s="2">
         <v>0</v>
       </c>
       <c r="N368" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="369" spans="1:14">
       <c r="A369" s="2">
         <v>115774</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>980</v>
       </c>
       <c r="C369" s="2" t="s">
         <v>981</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2">
         <v>7211</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G369" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H369" s="2" t="s">
         <v>982</v>
       </c>
       <c r="I369" s="2">
         <v>173</v>
       </c>
       <c r="J369" s="2">
         <v>28</v>
       </c>
       <c r="K369" s="2">
         <v>70</v>
       </c>
       <c r="L369" s="2">
         <v>83</v>
       </c>
       <c r="M369" s="2">
         <v>0</v>
       </c>
       <c r="N369" s="2">
         <v>153</v>
       </c>
@@ -19322,51 +19322,51 @@
       </c>
       <c r="J370" s="2">
         <v>160</v>
       </c>
       <c r="K370" s="2">
         <v>70</v>
       </c>
       <c r="L370" s="2">
         <v>10</v>
       </c>
       <c r="M370" s="2">
         <v>0</v>
       </c>
       <c r="N370" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="371" spans="1:14">
       <c r="A371" s="2">
         <v>111924</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>986</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2">
         <v>7155</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G371" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H371" s="2" t="s">
         <v>987</v>
       </c>
       <c r="I371" s="2">
         <v>175</v>
       </c>
       <c r="J371" s="2">
         <v>170</v>
       </c>
       <c r="K371" s="2">
         <v>70</v>
       </c>
       <c r="L371" s="2">
         <v>10</v>
@@ -19448,51 +19448,51 @@
       </c>
       <c r="J373" s="2">
         <v>171</v>
       </c>
       <c r="K373" s="2">
         <v>70</v>
       </c>
       <c r="L373" s="2">
         <v>10</v>
       </c>
       <c r="M373" s="2">
         <v>0</v>
       </c>
       <c r="N373" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="374" spans="1:14">
       <c r="A374" s="2">
         <v>115779</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>992</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2">
         <v>7032</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H374" s="2" t="s">
         <v>993</v>
       </c>
       <c r="I374" s="2">
         <v>178</v>
       </c>
       <c r="J374" s="2">
         <v>172</v>
       </c>
       <c r="K374" s="2">
         <v>70</v>
       </c>
       <c r="L374" s="2">
         <v>10</v>
@@ -19532,93 +19532,93 @@
       </c>
       <c r="J375" s="2">
         <v>173</v>
       </c>
       <c r="K375" s="2">
         <v>70</v>
       </c>
       <c r="L375" s="2">
         <v>10</v>
       </c>
       <c r="M375" s="2">
         <v>0</v>
       </c>
       <c r="N375" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="376" spans="1:14">
       <c r="A376" s="2">
         <v>115781</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>996</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2">
         <v>7265</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H376" s="2" t="s">
         <v>997</v>
       </c>
       <c r="I376" s="2">
         <v>180</v>
       </c>
       <c r="J376" s="2">
         <v>174</v>
       </c>
       <c r="K376" s="2">
         <v>70</v>
       </c>
       <c r="L376" s="2">
         <v>10</v>
       </c>
       <c r="M376" s="2">
         <v>0</v>
       </c>
       <c r="N376" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="377" spans="1:14">
       <c r="A377" s="2">
         <v>115782</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>998</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2">
         <v>7179</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G377" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H377" s="2" t="s">
         <v>999</v>
       </c>
       <c r="I377" s="2">
         <v>181</v>
       </c>
       <c r="J377" s="2">
         <v>175</v>
       </c>
       <c r="K377" s="2">
         <v>70</v>
       </c>
       <c r="L377" s="2">
         <v>10</v>
@@ -19784,51 +19784,51 @@
       </c>
       <c r="J381" s="2">
         <v>178</v>
       </c>
       <c r="K381" s="2">
         <v>70</v>
       </c>
       <c r="L381" s="2">
         <v>10</v>
       </c>
       <c r="M381" s="2">
         <v>0</v>
       </c>
       <c r="N381" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="382" spans="1:14">
       <c r="A382" s="2">
         <v>116822</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2">
         <v>7318</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G382" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H382" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="I382" s="2">
         <v>186</v>
       </c>
       <c r="J382" s="2">
         <v>179</v>
       </c>
       <c r="K382" s="2">
         <v>70</v>
       </c>
       <c r="L382" s="2">
         <v>10</v>
@@ -19910,51 +19910,51 @@
       </c>
       <c r="J384" s="2">
         <v>181</v>
       </c>
       <c r="K384" s="2">
         <v>70</v>
       </c>
       <c r="L384" s="2">
         <v>10</v>
       </c>
       <c r="M384" s="2">
         <v>0</v>
       </c>
       <c r="N384" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="385" spans="1:14">
       <c r="A385" s="2">
         <v>111905</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2">
         <v>7126</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G385" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H385" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="I385" s="2">
         <v>189</v>
       </c>
       <c r="J385" s="2">
         <v>182</v>
       </c>
       <c r="K385" s="2">
         <v>70</v>
       </c>
       <c r="L385" s="2">
         <v>10</v>
@@ -20036,51 +20036,51 @@
       </c>
       <c r="J387" s="2">
         <v>183</v>
       </c>
       <c r="K387" s="2">
         <v>70</v>
       </c>
       <c r="L387" s="2">
         <v>10</v>
       </c>
       <c r="M387" s="2">
         <v>0</v>
       </c>
       <c r="N387" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="388" spans="1:14">
       <c r="A388" s="2">
         <v>115793</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
         <v>7107</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G388" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H388" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="I388" s="2">
         <v>192</v>
       </c>
       <c r="J388" s="2">
         <v>32</v>
       </c>
       <c r="K388" s="2">
         <v>70</v>
       </c>
       <c r="L388" s="2">
         <v>79</v>
@@ -20114,128 +20114,128 @@
       </c>
       <c r="H389" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="I389" s="2">
         <v>193</v>
       </c>
       <c r="J389" s="2">
         <v>184</v>
       </c>
       <c r="K389" s="2">
         <v>70</v>
       </c>
       <c r="L389" s="2">
         <v>10</v>
       </c>
       <c r="M389" s="2">
         <v>0</v>
       </c>
       <c r="N389" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="390" spans="1:14">
       <c r="A390" s="2">
-        <v>115795</v>
-[...1 lines deleted...]
-      <c r="B390" s="2" t="s">
+        <v>122660</v>
+      </c>
+      <c r="B390" s="2"/>
+      <c r="C390" s="2" t="s">
         <v>1029</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2">
-        <v>7193</v>
+        <v>7105</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="G390" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H390" s="2" t="s">
-        <v>1030</v>
+        <v>505</v>
       </c>
       <c r="I390" s="2">
         <v>194</v>
       </c>
       <c r="J390" s="2">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="K390" s="2">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L390" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="M390" s="2">
         <v>0</v>
       </c>
       <c r="N390" s="2">
-        <v>80</v>
+        <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:14">
       <c r="A391" s="2">
-        <v>122660</v>
-[...1 lines deleted...]
-      <c r="B391" s="2"/>
+        <v>115795</v>
+      </c>
+      <c r="B391" s="2" t="s">
+        <v>1030</v>
+      </c>
       <c r="C391" s="2" t="s">
-        <v>1031</v>
+        <v>579</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2">
-        <v>7105</v>
+        <v>7193</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="G391" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H391" s="2" t="s">
-        <v>505</v>
+        <v>1031</v>
       </c>
       <c r="I391" s="2">
         <v>194</v>
       </c>
       <c r="J391" s="2">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="K391" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="L391" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="M391" s="2">
         <v>0</v>
       </c>
       <c r="N391" s="2">
-        <v>0</v>
+        <v>80</v>
       </c>
     </row>
     <row r="392" spans="1:14">
       <c r="A392" s="2">
         <v>115796</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="C392" s="2" t="s">
         <v>475</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2">
         <v>7303</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H392" s="2" t="s">
         <v>1033</v>
       </c>
@@ -20244,93 +20244,93 @@
       </c>
       <c r="J392" s="2">
         <v>186</v>
       </c>
       <c r="K392" s="2">
         <v>70</v>
       </c>
       <c r="L392" s="2">
         <v>10</v>
       </c>
       <c r="M392" s="2">
         <v>0</v>
       </c>
       <c r="N392" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="393" spans="1:14">
       <c r="A393" s="2">
         <v>115797</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2">
         <v>7077</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H393" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="I393" s="2">
         <v>196</v>
       </c>
       <c r="J393" s="2">
         <v>187</v>
       </c>
       <c r="K393" s="2">
         <v>70</v>
       </c>
       <c r="L393" s="2">
         <v>10</v>
       </c>
       <c r="M393" s="2">
         <v>0</v>
       </c>
       <c r="N393" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="394" spans="1:14">
       <c r="A394" s="2">
         <v>115798</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2">
         <v>7065</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H394" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="I394" s="2">
         <v>197</v>
       </c>
       <c r="J394" s="2">
         <v>188</v>
       </c>
       <c r="K394" s="2">
         <v>70</v>
       </c>
       <c r="L394" s="2">
         <v>10</v>
@@ -20370,51 +20370,51 @@
       </c>
       <c r="J395" s="2">
         <v>189</v>
       </c>
       <c r="K395" s="2">
         <v>70</v>
       </c>
       <c r="L395" s="2">
         <v>10</v>
       </c>
       <c r="M395" s="2">
         <v>0</v>
       </c>
       <c r="N395" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="396" spans="1:14">
       <c r="A396" s="2">
         <v>115800</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2">
         <v>7291</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H396" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="I396" s="2">
         <v>199</v>
       </c>
       <c r="J396" s="2">
         <v>190</v>
       </c>
       <c r="K396" s="2">
         <v>70</v>
       </c>
       <c r="L396" s="2">
         <v>10</v>
@@ -20538,93 +20538,93 @@
       </c>
       <c r="J399" s="2">
         <v>192</v>
       </c>
       <c r="K399" s="2">
         <v>70</v>
       </c>
       <c r="L399" s="2">
         <v>10</v>
       </c>
       <c r="M399" s="2">
         <v>0</v>
       </c>
       <c r="N399" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="400" spans="1:14">
       <c r="A400" s="2">
         <v>115804</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>1050</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2">
         <v>7036</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G400" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H400" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="I400" s="2">
         <v>203</v>
       </c>
       <c r="J400" s="2">
         <v>193</v>
       </c>
       <c r="K400" s="2">
         <v>70</v>
       </c>
       <c r="L400" s="2">
         <v>10</v>
       </c>
       <c r="M400" s="2">
         <v>0</v>
       </c>
       <c r="N400" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="401" spans="1:14">
       <c r="A401" s="2">
         <v>116840</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2">
         <v>7196</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G401" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H401" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="I401" s="2">
         <v>204</v>
       </c>
       <c r="J401" s="2">
         <v>194</v>
       </c>
       <c r="K401" s="2">
         <v>70</v>
       </c>
       <c r="L401" s="2">
         <v>10</v>
@@ -20790,100 +20790,100 @@
       </c>
       <c r="J405" s="2">
         <v>34</v>
       </c>
       <c r="K405" s="2">
         <v>70</v>
       </c>
       <c r="L405" s="2">
         <v>77</v>
       </c>
       <c r="M405" s="2">
         <v>0</v>
       </c>
       <c r="N405" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="406" spans="1:14">
       <c r="A406" s="2">
         <v>115810</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2">
         <v>7029</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G406" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H406" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="I406" s="2">
         <v>209</v>
       </c>
       <c r="J406" s="2">
         <v>35</v>
       </c>
       <c r="K406" s="2">
         <v>70</v>
       </c>
       <c r="L406" s="2">
         <v>76</v>
       </c>
       <c r="M406" s="2">
         <v>0</v>
       </c>
       <c r="N406" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="407" spans="1:14">
       <c r="A407" s="2">
         <v>115811</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="C407" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2">
         <v>7031</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G407" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H407" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="I407" s="2">
         <v>210</v>
       </c>
       <c r="J407" s="2">
         <v>198</v>
       </c>
       <c r="K407" s="2">
         <v>70</v>
       </c>
       <c r="L407" s="2">
         <v>10</v>
       </c>
       <c r="M407" s="2">
         <v>0</v>
       </c>
       <c r="N407" s="2">
         <v>80</v>
       </c>
@@ -21000,100 +21000,100 @@
       </c>
       <c r="J410" s="2">
         <v>200</v>
       </c>
       <c r="K410" s="2">
         <v>70</v>
       </c>
       <c r="L410" s="2">
         <v>10</v>
       </c>
       <c r="M410" s="2">
         <v>0</v>
       </c>
       <c r="N410" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="411" spans="1:14">
       <c r="A411" s="2">
         <v>116850</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2">
         <v>7005</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H411" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="I411" s="2">
         <v>214</v>
       </c>
       <c r="J411" s="2">
         <v>201</v>
       </c>
       <c r="K411" s="2">
         <v>70</v>
       </c>
       <c r="L411" s="2">
         <v>10</v>
       </c>
       <c r="M411" s="2">
         <v>0</v>
       </c>
       <c r="N411" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="412" spans="1:14">
       <c r="A412" s="2">
         <v>115816</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="C412" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2">
         <v>7009</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H412" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="I412" s="2">
         <v>215</v>
       </c>
       <c r="J412" s="2">
         <v>37</v>
       </c>
       <c r="K412" s="2">
         <v>70</v>
       </c>
       <c r="L412" s="2">
         <v>74</v>
       </c>
       <c r="M412" s="2">
         <v>0</v>
       </c>
       <c r="N412" s="2">
         <v>144</v>
       </c>
@@ -21131,51 +21131,51 @@
         <v>70</v>
       </c>
       <c r="L413" s="2">
         <v>10</v>
       </c>
       <c r="M413" s="2">
         <v>0</v>
       </c>
       <c r="N413" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="414" spans="1:14">
       <c r="A414" s="2">
         <v>122661</v>
       </c>
       <c r="B414" s="2"/>
       <c r="C414" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2">
         <v>7491</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G414" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H414" s="2" t="s">
         <v>1084</v>
       </c>
       <c r="I414" s="2">
         <v>217</v>
       </c>
       <c r="J414" s="2">
         <v>217</v>
       </c>
       <c r="K414" s="2">
         <v>0</v>
       </c>
       <c r="L414" s="2">
         <v>0</v>
       </c>
       <c r="M414" s="2">
         <v>0</v>
       </c>
       <c r="N414" s="2">
         <v>0</v>
       </c>
@@ -21208,51 +21208,51 @@
       </c>
       <c r="J415" s="2">
         <v>38</v>
       </c>
       <c r="K415" s="2">
         <v>70</v>
       </c>
       <c r="L415" s="2">
         <v>73</v>
       </c>
       <c r="M415" s="2">
         <v>0</v>
       </c>
       <c r="N415" s="2">
         <v>143</v>
       </c>
     </row>
     <row r="416" spans="1:14">
       <c r="A416" s="2">
         <v>115819</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2">
         <v>7190</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G416" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H416" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="I416" s="2">
         <v>218</v>
       </c>
       <c r="J416" s="2">
         <v>39</v>
       </c>
       <c r="K416" s="2">
         <v>70</v>
       </c>
       <c r="L416" s="2">
         <v>72</v>
@@ -21292,142 +21292,142 @@
       </c>
       <c r="J417" s="2">
         <v>203</v>
       </c>
       <c r="K417" s="2">
         <v>70</v>
       </c>
       <c r="L417" s="2">
         <v>10</v>
       </c>
       <c r="M417" s="2">
         <v>0</v>
       </c>
       <c r="N417" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="418" spans="1:14">
       <c r="A418" s="2">
         <v>116856</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2">
         <v>7114</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G418" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H418" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="I418" s="2">
         <v>220</v>
       </c>
       <c r="J418" s="2">
         <v>40</v>
       </c>
       <c r="K418" s="2">
         <v>70</v>
       </c>
       <c r="L418" s="2">
         <v>71</v>
       </c>
       <c r="M418" s="2">
         <v>0</v>
       </c>
       <c r="N418" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="419" spans="1:14">
       <c r="A419" s="2">
         <v>115822</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2">
         <v>7117</v>
       </c>
       <c r="F419" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G419" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H419" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="I419" s="2">
         <v>221</v>
       </c>
       <c r="J419" s="2">
         <v>204</v>
       </c>
       <c r="K419" s="2">
         <v>70</v>
       </c>
       <c r="L419" s="2">
         <v>10</v>
       </c>
       <c r="M419" s="2">
         <v>0</v>
       </c>
       <c r="N419" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="420" spans="1:14">
       <c r="A420" s="2">
         <v>109283</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="C420" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2">
         <v>7058</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G420" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H420" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="I420" s="2">
         <v>222</v>
       </c>
       <c r="J420" s="2">
         <v>205</v>
       </c>
       <c r="K420" s="2">
         <v>70</v>
       </c>
       <c r="L420" s="2">
         <v>10</v>
       </c>
       <c r="M420" s="2">
         <v>0</v>
       </c>
       <c r="N420" s="2">
         <v>80</v>
       </c>
@@ -21502,51 +21502,51 @@
       </c>
       <c r="J422" s="2">
         <v>207</v>
       </c>
       <c r="K422" s="2">
         <v>70</v>
       </c>
       <c r="L422" s="2">
         <v>10</v>
       </c>
       <c r="M422" s="2">
         <v>0</v>
       </c>
       <c r="N422" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="423" spans="1:14">
       <c r="A423" s="2">
         <v>115826</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>593</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2">
         <v>7176</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G423" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H423" s="2" t="s">
         <v>1105</v>
       </c>
       <c r="I423" s="2">
         <v>225</v>
       </c>
       <c r="J423" s="2">
         <v>208</v>
       </c>
       <c r="K423" s="2">
         <v>70</v>
       </c>
       <c r="L423" s="2">
         <v>10</v>
@@ -21591,51 +21591,51 @@
         <v>70</v>
       </c>
       <c r="L424" s="2">
         <v>70</v>
       </c>
       <c r="M424" s="2">
         <v>0</v>
       </c>
       <c r="N424" s="2">
         <v>140</v>
       </c>
     </row>
     <row r="425" spans="1:14">
       <c r="A425" s="2">
         <v>122662</v>
       </c>
       <c r="B425" s="2"/>
       <c r="C425" s="2" t="s">
         <v>1108</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2">
         <v>7110</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G425" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H425" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="I425" s="2">
         <v>227</v>
       </c>
       <c r="J425" s="2">
         <v>227</v>
       </c>
       <c r="K425" s="2">
         <v>0</v>
       </c>
       <c r="L425" s="2">
         <v>0</v>
       </c>
       <c r="M425" s="2">
         <v>0</v>
       </c>
       <c r="N425" s="2">
         <v>0</v>
       </c>
@@ -21675,51 +21675,51 @@
       <c r="L426" s="2">
         <v>69</v>
       </c>
       <c r="M426" s="2">
         <v>0</v>
       </c>
       <c r="N426" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="427" spans="1:14">
       <c r="A427" s="2">
         <v>115829</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="C427" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2">
         <v>7042</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G427" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H427" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="I427" s="2">
         <v>228</v>
       </c>
       <c r="J427" s="2">
         <v>209</v>
       </c>
       <c r="K427" s="2">
         <v>70</v>
       </c>
       <c r="L427" s="2">
         <v>10</v>
       </c>
       <c r="M427" s="2">
         <v>0</v>
       </c>
       <c r="N427" s="2">
         <v>80</v>
       </c>
@@ -21794,51 +21794,51 @@
       </c>
       <c r="J429" s="2">
         <v>43</v>
       </c>
       <c r="K429" s="2">
         <v>70</v>
       </c>
       <c r="L429" s="2">
         <v>68</v>
       </c>
       <c r="M429" s="2">
         <v>0</v>
       </c>
       <c r="N429" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="430" spans="1:14">
       <c r="A430" s="2">
         <v>115832</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2">
         <v>7201</v>
       </c>
       <c r="F430" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G430" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H430" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="I430" s="2">
         <v>231</v>
       </c>
       <c r="J430" s="2">
         <v>44</v>
       </c>
       <c r="K430" s="2">
         <v>70</v>
       </c>
       <c r="L430" s="2">
         <v>67</v>
@@ -21885,51 +21885,51 @@
       <c r="L431" s="2">
         <v>66</v>
       </c>
       <c r="M431" s="2">
         <v>0</v>
       </c>
       <c r="N431" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="432" spans="1:14">
       <c r="A432" s="2">
         <v>115834</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="C432" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2">
         <v>7321</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G432" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H432" s="2" t="s">
         <v>1125</v>
       </c>
       <c r="I432" s="2">
         <v>233</v>
       </c>
       <c r="J432" s="2">
         <v>211</v>
       </c>
       <c r="K432" s="2">
         <v>70</v>
       </c>
       <c r="L432" s="2">
         <v>10</v>
       </c>
       <c r="M432" s="2">
         <v>0</v>
       </c>
       <c r="N432" s="2">
         <v>80</v>
       </c>
@@ -21962,51 +21962,51 @@
       </c>
       <c r="J433" s="2">
         <v>212</v>
       </c>
       <c r="K433" s="2">
         <v>70</v>
       </c>
       <c r="L433" s="2">
         <v>10</v>
       </c>
       <c r="M433" s="2">
         <v>0</v>
       </c>
       <c r="N433" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="434" spans="1:14">
       <c r="A434" s="2">
         <v>115836</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2">
         <v>7264</v>
       </c>
       <c r="F434" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G434" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H434" s="2" t="s">
         <v>1128</v>
       </c>
       <c r="I434" s="2">
         <v>235</v>
       </c>
       <c r="J434" s="2">
         <v>213</v>
       </c>
       <c r="K434" s="2">
         <v>70</v>
       </c>
       <c r="L434" s="2">
         <v>10</v>
@@ -22088,51 +22088,51 @@
       </c>
       <c r="J436" s="2">
         <v>215</v>
       </c>
       <c r="K436" s="2">
         <v>70</v>
       </c>
       <c r="L436" s="2">
         <v>10</v>
       </c>
       <c r="M436" s="2">
         <v>0</v>
       </c>
       <c r="N436" s="2">
         <v>80</v>
       </c>
     </row>
     <row r="437" spans="1:14">
       <c r="A437" s="2">
         <v>115839</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2">
         <v>7080</v>
       </c>
       <c r="F437" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G437" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H437" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="I437" s="2">
         <v>238</v>
       </c>
       <c r="J437" s="2">
         <v>46</v>
       </c>
       <c r="K437" s="2">
         <v>70</v>
       </c>
       <c r="L437" s="2">
         <v>65</v>