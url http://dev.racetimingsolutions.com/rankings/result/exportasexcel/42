--- v0 (2025-10-25)
+++ v1 (2026-03-18)
@@ -203,71 +203,71 @@
   <si>
     <t>Onyschenko</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>32:15:02</t>
   </si>
   <si>
     <t>Wai Kin</t>
   </si>
   <si>
     <t>Ng</t>
   </si>
   <si>
     <t>36:00:25</t>
   </si>
   <si>
     <t>Yi Hua</t>
   </si>
   <si>
     <t>32:47:49</t>
   </si>
   <si>
+    <t>Danyu</t>
+  </si>
+  <si>
+    <t>Wen</t>
+  </si>
+  <si>
+    <t>36:33:55</t>
+  </si>
+  <si>
     <t>Yu Sheng</t>
   </si>
   <si>
     <t>Zhang</t>
   </si>
   <si>
     <t>张裕生</t>
   </si>
   <si>
     <t>33:17:44</t>
   </si>
   <si>
-    <t>Danyu</t>
-[...7 lines deleted...]
-  <si>
     <t>Fan</t>
   </si>
   <si>
     <t>Yang</t>
   </si>
   <si>
     <t>杨帆</t>
   </si>
   <si>
     <t>36:34:08</t>
   </si>
   <si>
     <t>黃俊文</t>
   </si>
   <si>
     <t>33:23:50</t>
   </si>
   <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Kuts</t>
   </si>
   <si>
     <t>Russia</t>
@@ -314,71 +314,71 @@
   <si>
     <t>38:32:12</t>
   </si>
   <si>
     <t>Wen Dong</t>
   </si>
   <si>
     <t>李文东</t>
   </si>
   <si>
     <t>36:17:47</t>
   </si>
   <si>
     <t>Alena</t>
   </si>
   <si>
     <t>Shevchuk</t>
   </si>
   <si>
     <t>ШЕВЧУК</t>
   </si>
   <si>
     <t>38:32:19</t>
   </si>
   <si>
+    <t>Zhengqiang</t>
+  </si>
+  <si>
+    <t>He</t>
+  </si>
+  <si>
+    <t>38:38:34</t>
+  </si>
+  <si>
     <t>Pengpeng</t>
   </si>
   <si>
     <t>Xiong</t>
   </si>
   <si>
     <t>熊鹏鹏</t>
   </si>
   <si>
     <t>36:28:31</t>
   </si>
   <si>
-    <t>Zhengqiang</t>
-[...7 lines deleted...]
-  <si>
     <t>Ming Fai</t>
   </si>
   <si>
     <t>38:44:09</t>
   </si>
   <si>
     <t>Jian Bing</t>
   </si>
   <si>
     <t>Yan</t>
   </si>
   <si>
     <t>鄢建兵</t>
   </si>
   <si>
     <t>36:31:22</t>
   </si>
   <si>
     <t>Hao Chang</t>
   </si>
   <si>
     <t>Deng</t>
   </si>
   <si>
     <t>邓浩昌</t>
@@ -395,219 +395,219 @@
   <si>
     <t>Xuchen</t>
   </si>
   <si>
     <t>Tao</t>
   </si>
   <si>
     <t>陶旭臣</t>
   </si>
   <si>
     <t>39:34:51</t>
   </si>
   <si>
     <t>Habiba</t>
   </si>
   <si>
     <t>Benahmed</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>36:36:22</t>
   </si>
   <si>
+    <t>Hongbin</t>
+  </si>
+  <si>
+    <t>Liu</t>
+  </si>
+  <si>
+    <t>39:46:02</t>
+  </si>
+  <si>
     <t>Jing</t>
   </si>
   <si>
     <t>36:42:01</t>
   </si>
   <si>
-    <t>Hongbin</t>
-[...5 lines deleted...]
-    <t>39:46:02</t>
+    <t>Aleksandr</t>
+  </si>
+  <si>
+    <t>Kudriavtsev</t>
+  </si>
+  <si>
+    <t>39:59:20</t>
   </si>
   <si>
     <t>Kit Shan</t>
   </si>
   <si>
     <t>36:59:40</t>
   </si>
   <si>
-    <t>Aleksandr</t>
-[...5 lines deleted...]
-    <t>39:59:20</t>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>Chen</t>
+  </si>
+  <si>
+    <t>陈磊</t>
+  </si>
+  <si>
+    <t>36:59:42</t>
   </si>
   <si>
     <t>Xinglang</t>
   </si>
   <si>
-    <t>Chen</t>
-[...1 lines deleted...]
-  <si>
     <t>40:17:23</t>
   </si>
   <si>
-    <t>Lei</t>
-[...5 lines deleted...]
-    <t>36:59:42</t>
+    <t>Yin Kwan</t>
+  </si>
+  <si>
+    <t>Cheng</t>
+  </si>
+  <si>
+    <t>40:19:58</t>
   </si>
   <si>
     <t>Xin Ni</t>
   </si>
   <si>
     <t>Mo</t>
   </si>
   <si>
     <t>莫欣妮</t>
   </si>
   <si>
     <t>37:03:30</t>
   </si>
   <si>
-    <t>Yin Kwan</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Pan </t>
   </si>
   <si>
     <t>Liang</t>
   </si>
   <si>
     <t>40:30:43</t>
   </si>
   <si>
     <t>Kin Sun</t>
   </si>
   <si>
     <t>Pang</t>
   </si>
   <si>
     <t>彭建新</t>
   </si>
   <si>
     <t>37:03:50</t>
   </si>
   <si>
+    <t>Ally</t>
+  </si>
+  <si>
+    <t>Zhu</t>
+  </si>
+  <si>
+    <t>40:40:52</t>
+  </si>
+  <si>
     <t>Yiu Kwan</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>李耀群</t>
   </si>
   <si>
     <t>37:13:20</t>
   </si>
   <si>
-    <t>Ally</t>
-[...7 lines deleted...]
-  <si>
     <t>Zaihui</t>
   </si>
   <si>
     <t>Duan</t>
   </si>
   <si>
     <t>40:40:55</t>
   </si>
   <si>
     <t>Jian Hui</t>
   </si>
   <si>
     <t>吴剑辉</t>
   </si>
   <si>
     <t>37:16:06</t>
   </si>
   <si>
     <t>Yuen Tung</t>
   </si>
   <si>
     <t>陳遠東</t>
   </si>
   <si>
     <t>37:19:24</t>
   </si>
   <si>
     <t>Fotao</t>
   </si>
   <si>
     <t>Wei</t>
   </si>
   <si>
     <t>40:46:25</t>
   </si>
   <si>
+    <t>Lu Cong</t>
+  </si>
+  <si>
+    <t>Geng</t>
+  </si>
+  <si>
+    <t>耿鲁聪</t>
+  </si>
+  <si>
+    <t>37:23:25</t>
+  </si>
+  <si>
     <t>Kwong Kit</t>
   </si>
   <si>
     <t>To</t>
   </si>
   <si>
     <t>杜廣傑</t>
   </si>
   <si>
     <t>40:51:41</t>
-  </si>
-[...10 lines deleted...]
-    <t>37:23:25</t>
   </si>
   <si>
     <t>Moon Ka</t>
   </si>
   <si>
     <t>Leung</t>
   </si>
   <si>
     <t>41:24:30</t>
   </si>
   <si>
     <t>Joe</t>
   </si>
   <si>
     <t>Chow</t>
   </si>
   <si>
     <t>37:27:24</t>
   </si>
   <si>
     <t>Jianhui</t>
   </si>
   <si>
     <t>Iwu</t>
   </si>
@@ -2137,132 +2137,132 @@
       </c>
       <c r="H15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>1</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>400</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>102133</v>
+        <v>112491</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>1016</v>
+        <v>8202</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="K16" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L16" s="2">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>112491</v>
+        <v>102133</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="D17" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>8202</v>
+        <v>1016</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K17" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L17" s="2">
-        <v>350</v>
+        <v>240</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>102135</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="E18" s="2">
         <v>8059</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
@@ -2533,51 +2533,51 @@
       </c>
       <c r="J24" s="2">
         <v>11</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
         <v>200</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>112495</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>8095</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>10</v>
       </c>
       <c r="K25" s="2">
         <v>150</v>
       </c>
       <c r="L25" s="2">
         <v>210</v>
@@ -2657,132 +2657,132 @@
       </c>
       <c r="H27" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>3</v>
       </c>
       <c r="K27" s="2">
         <v>150</v>
       </c>
       <c r="L27" s="2">
         <v>325</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>475</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>100469</v>
+        <v>112497</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>1036</v>
+        <v>8108</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K28" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L28" s="2">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>112497</v>
+        <v>100469</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="D29" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>8108</v>
+        <v>1036</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K29" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>100228</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>8138</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>108</v>
       </c>
@@ -3001,386 +3001,386 @@
       </c>
       <c r="H35" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>2</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
         <v>350</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>100225</v>
+        <v>112501</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>1039</v>
+        <v>8148</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="K36" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L36" s="2">
-        <v>325</v>
+        <v>160</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>425</v>
+        <v>310</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>112501</v>
+        <v>100225</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>130</v>
+        <v>85</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>8148</v>
+        <v>1039</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>131</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="K37" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L37" s="2">
-        <v>160</v>
+        <v>325</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>310</v>
+        <v>425</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>100221</v>
+        <v>106176</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>1119</v>
+        <v>8078</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="K38" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L38" s="2">
+        <v>150</v>
+      </c>
+      <c r="M38" s="2">
+        <v>0</v>
+      </c>
+      <c r="N38" s="2">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>106176</v>
+        <v>100221</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>8078</v>
+        <v>1119</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="K39" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>112503</v>
+        <v>102143</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>137</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D40" s="2"/>
+      <c r="D40" s="2" t="s">
+        <v>139</v>
+      </c>
       <c r="E40" s="2">
-        <v>8168</v>
+        <v>1043</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="K40" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>102143</v>
+        <v>112503</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>1043</v>
+        <v>8168</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>142</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="K41" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L41" s="2">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>102144</v>
+        <v>102160</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>1083</v>
+        <v>8073</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>5</v>
       </c>
       <c r="K42" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L42" s="2">
         <v>275</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>102160</v>
+        <v>102144</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="C43" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="C43" s="2" t="s">
+      <c r="D43" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="D43" s="2"/>
       <c r="E43" s="2">
-        <v>8073</v>
+        <v>1083</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
         <v>5</v>
       </c>
       <c r="K43" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>275</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
         <v>112504</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2">
         <v>8081</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>152</v>
       </c>
@@ -3427,132 +3427,132 @@
       </c>
       <c r="H45" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>17</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>140</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>102146</v>
+        <v>112505</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="D46" s="2" t="s">
+      <c r="D46" s="2"/>
+      <c r="E46" s="2">
+        <v>8112</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H46" s="2" t="s">
         <v>159</v>
-      </c>
-[...10 lines deleted...]
-        <v>160</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="K46" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L46" s="2">
-        <v>130</v>
+        <v>250</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
-        <v>112505</v>
+        <v>102146</v>
       </c>
       <c r="B47" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C47" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="C47" s="2" t="s">
+      <c r="D47" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>8112</v>
+        <v>1129</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I47" s="2">
         <v>23</v>
       </c>
       <c r="J47" s="2">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L47" s="2">
-        <v>250</v>
+        <v>130</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>112506</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>8156</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>166</v>
       </c>
@@ -3685,134 +3685,134 @@
       </c>
       <c r="H51" s="2" t="s">
         <v>175</v>
       </c>
       <c r="I51" s="2">
         <v>25</v>
       </c>
       <c r="J51" s="2">
         <v>19</v>
       </c>
       <c r="K51" s="2">
         <v>150</v>
       </c>
       <c r="L51" s="2">
         <v>120</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
-        <v>112508</v>
+        <v>102149</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>178</v>
       </c>
       <c r="E52" s="2">
-        <v>8010</v>
+        <v>1018</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>179</v>
       </c>
       <c r="I52" s="2">
         <v>26</v>
       </c>
       <c r="J52" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K52" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="L52" s="2">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>102149</v>
+        <v>112508</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>182</v>
       </c>
       <c r="E53" s="2">
-        <v>1018</v>
+        <v>8010</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>183</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K53" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="L53" s="2">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
         <v>100227</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
         <v>8014</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>186</v>
       </c>
@@ -4033,51 +4033,51 @@
       </c>
       <c r="J59" s="2">
         <v>25</v>
       </c>
       <c r="K59" s="2">
         <v>150</v>
       </c>
       <c r="L59" s="2">
         <v>96</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>246</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>112514</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>8046</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>201</v>
       </c>
       <c r="I60" s="2">
         <v>32</v>
       </c>
       <c r="J60" s="2">
         <v>26</v>
       </c>
       <c r="K60" s="2">
         <v>150</v>
       </c>
       <c r="L60" s="2">
         <v>95</v>
@@ -4333,51 +4333,51 @@
       </c>
       <c r="J66" s="2">
         <v>31</v>
       </c>
       <c r="K66" s="2">
         <v>150</v>
       </c>
       <c r="L66" s="2">
         <v>90</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>112521</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>8103</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>222</v>
       </c>
       <c r="I67" s="2">
         <v>39</v>
       </c>
       <c r="J67" s="2">
         <v>32</v>
       </c>
       <c r="K67" s="2">
         <v>150</v>
       </c>
       <c r="L67" s="2">
         <v>89</v>
@@ -4922,51 +4922,51 @@
       </c>
       <c r="I80" s="2">
         <v>52</v>
       </c>
       <c r="J80" s="2">
         <v>42</v>
       </c>
       <c r="K80" s="2">
         <v>150</v>
       </c>
       <c r="L80" s="2">
         <v>79</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>229</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
         <v>112535</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>8102</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I81" s="2">
         <v>53</v>
       </c>
       <c r="J81" s="2">
         <v>43</v>
       </c>
       <c r="K81" s="2">
         <v>150</v>
@@ -5051,51 +5051,51 @@
       </c>
       <c r="J83" s="2">
         <v>45</v>
       </c>
       <c r="K83" s="2">
         <v>150</v>
       </c>
       <c r="L83" s="2">
         <v>76</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>226</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
         <v>100257</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
         <v>8189</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>266</v>
       </c>
       <c r="I84" s="2">
         <v>56</v>
       </c>
       <c r="J84" s="2">
         <v>46</v>
       </c>
       <c r="K84" s="2">
         <v>150</v>
       </c>
       <c r="L84" s="2">
         <v>75</v>
@@ -5639,51 +5639,51 @@
       </c>
       <c r="J97" s="2">
         <v>56</v>
       </c>
       <c r="K97" s="2">
         <v>150</v>
       </c>
       <c r="L97" s="2">
         <v>65</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>215</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>112552</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>8083</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>303</v>
       </c>
       <c r="I98" s="2">
         <v>70</v>
       </c>
       <c r="J98" s="2">
         <v>57</v>
       </c>
       <c r="K98" s="2">
         <v>150</v>
       </c>
       <c r="L98" s="2">
         <v>64</v>
@@ -5977,51 +5977,51 @@
       </c>
       <c r="J105" s="2">
         <v>62</v>
       </c>
       <c r="K105" s="2">
         <v>150</v>
       </c>
       <c r="L105" s="2">
         <v>59</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>209</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
         <v>112559</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
         <v>8162</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>324</v>
       </c>
       <c r="I106" s="2">
         <v>78</v>
       </c>
       <c r="J106" s="2">
         <v>63</v>
       </c>
       <c r="K106" s="2">
         <v>150</v>
       </c>
       <c r="L106" s="2">
         <v>58</v>
@@ -6273,51 +6273,51 @@
       </c>
       <c r="J112" s="2">
         <v>69</v>
       </c>
       <c r="K112" s="2">
         <v>150</v>
       </c>
       <c r="L112" s="2">
         <v>52</v>
       </c>
       <c r="M112" s="2">
         <v>0</v>
       </c>
       <c r="N112" s="2">
         <v>202</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="2">
         <v>112566</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
         <v>8125</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>342</v>
       </c>
       <c r="I113" s="2">
         <v>85</v>
       </c>
       <c r="J113" s="2">
         <v>70</v>
       </c>
       <c r="K113" s="2">
         <v>150</v>
       </c>
       <c r="L113" s="2">
         <v>51</v>
@@ -6359,51 +6359,51 @@
       </c>
       <c r="J114" s="2">
         <v>16</v>
       </c>
       <c r="K114" s="2">
         <v>150</v>
       </c>
       <c r="L114" s="2">
         <v>150</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
         <v>112568</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>347</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
         <v>8107</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I115" s="2">
         <v>87</v>
       </c>
       <c r="J115" s="2">
         <v>71</v>
       </c>
       <c r="K115" s="2">
         <v>150</v>
       </c>
       <c r="L115" s="2">
         <v>50</v>
@@ -6527,95 +6527,95 @@
       </c>
       <c r="J118" s="2">
         <v>74</v>
       </c>
       <c r="K118" s="2">
         <v>150</v>
       </c>
       <c r="L118" s="2">
         <v>47</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
         <v>112572</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>358</v>
       </c>
       <c r="E119" s="2">
         <v>8133</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>359</v>
       </c>
       <c r="I119" s="2">
         <v>91</v>
       </c>
       <c r="J119" s="2">
         <v>75</v>
       </c>
       <c r="K119" s="2">
         <v>150</v>
       </c>
       <c r="L119" s="2">
         <v>46</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
         <v>102200</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
         <v>8185</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>361</v>
       </c>
       <c r="I120" s="2">
         <v>92</v>
       </c>
       <c r="J120" s="2">
         <v>17</v>
       </c>
       <c r="K120" s="2">
         <v>150</v>
       </c>
       <c r="L120" s="2">
         <v>140</v>