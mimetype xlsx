--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -56,179 +56,179 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Mohamad</t>
+  </si>
+  <si>
+    <t>Affindi Bin Nudin</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>04:27:40</t>
+  </si>
+  <si>
     <t>Jeff</t>
   </si>
   <si>
     <t>Campbell</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>04:05:49</t>
   </si>
   <si>
     <t>Abdoullah</t>
   </si>
   <si>
     <t>Mitiche</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>04:02:16</t>
   </si>
   <si>
-    <t>Mohamad</t>
-[...10 lines deleted...]
-  <si>
     <t>Margono</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>04:19:42</t>
   </si>
   <si>
+    <t>Pablo</t>
+  </si>
+  <si>
+    <t>Diago Gonzalez</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>04:29:30</t>
+  </si>
+  <si>
     <t>Ari</t>
   </si>
   <si>
     <t>Masrudi</t>
   </si>
   <si>
     <t>04:05:24</t>
   </si>
   <si>
-    <t>Pablo</t>
-[...8 lines deleted...]
-    <t>04:29:30</t>
+    <t>Alessandro</t>
+  </si>
+  <si>
+    <t>Sherpa</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>04:19:49</t>
+  </si>
+  <si>
+    <t>Tomohiro</t>
+  </si>
+  <si>
+    <t>Mizukoshi</t>
+  </si>
+  <si>
+    <t>水越　友洋</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>04:30:54</t>
   </si>
   <si>
     <t>Gaspard</t>
   </si>
   <si>
     <t>Dessy</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>04:07:03</t>
   </si>
   <si>
-    <t>Alessandro</t>
-[...23 lines deleted...]
-    <t>04:30:54</t>
+    <t>Arief</t>
+  </si>
+  <si>
+    <t>Wismoyono</t>
+  </si>
+  <si>
+    <t>04:09:16</t>
   </si>
   <si>
     <t>Muhammad Yusuf</t>
   </si>
   <si>
     <t>Aprian</t>
   </si>
   <si>
     <t>04:40:27</t>
   </si>
   <si>
-    <t>Arief</t>
-[...4 lines deleted...]
-  <si>
     <t>04:25:24</t>
   </si>
   <si>
-    <t>04:09:16</t>
-[...1 lines deleted...]
-  <si>
     <t>04:09:21</t>
   </si>
   <si>
     <t>Rudi</t>
   </si>
   <si>
     <t>Iskandar</t>
   </si>
   <si>
     <t>04:52:50</t>
   </si>
   <si>
     <t>04:30:00</t>
   </si>
   <si>
     <t>04:48:06</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>Miller</t>
   </si>
   <si>
     <t>04:25:09</t>
@@ -260,524 +260,524 @@
   <si>
     <t>04:32:49</t>
   </si>
   <si>
     <t xml:space="preserve">Tahira </t>
   </si>
   <si>
     <t>Najmunisaa Muhammad Zaid</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>04:36:11</t>
   </si>
   <si>
     <t>04:53:08</t>
   </si>
   <si>
     <t>Christovik Hamonangan</t>
   </si>
   <si>
     <t>Simatupang</t>
   </si>
   <si>
+    <t>Rizki Triadi</t>
+  </si>
+  <si>
+    <t>Dewata</t>
+  </si>
+  <si>
+    <t>04:47:22</t>
+  </si>
+  <si>
+    <t>04:53:17</t>
+  </si>
+  <si>
     <t>Kenichi</t>
   </si>
   <si>
     <t>Ito</t>
   </si>
   <si>
     <t>05:02:03</t>
   </si>
   <si>
-    <t>Rizki Triadi</t>
-[...8 lines deleted...]
-    <t>04:53:17</t>
+    <t>05:03:51</t>
+  </si>
+  <si>
+    <t>Shingo</t>
+  </si>
+  <si>
+    <t>Watanabe</t>
+  </si>
+  <si>
+    <t>04:53:22</t>
   </si>
   <si>
     <t>Alan</t>
   </si>
   <si>
     <t>Maulana</t>
   </si>
   <si>
     <t>04:49:54</t>
   </si>
   <si>
-    <t>05:03:51</t>
-[...10 lines deleted...]
-  <si>
     <t>Mahdy</t>
   </si>
   <si>
     <t>Zia Uzzaman</t>
   </si>
   <si>
     <t>05:14:51</t>
   </si>
   <si>
     <t>Jules</t>
   </si>
   <si>
     <t>Crawshaw</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>04:49:55</t>
   </si>
   <si>
     <t>Mikdarullah</t>
   </si>
   <si>
     <t>05:03:23</t>
   </si>
   <si>
     <t>Aris Sopiandi</t>
   </si>
   <si>
     <t>Muklis</t>
   </si>
   <si>
     <t>05:19:58</t>
   </si>
   <si>
+    <t>Soonseng</t>
+  </si>
+  <si>
+    <t>Ong</t>
+  </si>
+  <si>
+    <t>05:05:35</t>
+  </si>
+  <si>
     <t>04:50:09</t>
   </si>
   <si>
-    <t>Soonseng</t>
-[...7 lines deleted...]
-  <si>
     <t>Ady Akhmad</t>
   </si>
   <si>
     <t>Jukardi</t>
   </si>
   <si>
     <t>05:06:02</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Dalimarta</t>
   </si>
   <si>
     <t>04:52:09</t>
   </si>
   <si>
     <t>Stanislav</t>
   </si>
   <si>
     <t>Miroshnichenko</t>
   </si>
   <si>
     <t>05:29:05</t>
   </si>
   <si>
+    <t>Wahyu</t>
+  </si>
+  <si>
+    <t>05:09:09</t>
+  </si>
+  <si>
     <t>Yohanis</t>
   </si>
   <si>
     <t>Hiariej</t>
   </si>
   <si>
     <t>04:56:49</t>
   </si>
   <si>
-    <t>Wahyu</t>
-[...4 lines deleted...]
-  <si>
     <t>05:32:41</t>
   </si>
   <si>
     <t>05:09:14</t>
   </si>
   <si>
+    <t>Asmin</t>
+  </si>
+  <si>
+    <t>Pramudya</t>
+  </si>
+  <si>
+    <t>05:35:44</t>
+  </si>
+  <si>
     <t>Sansan</t>
   </si>
   <si>
     <t>Sanjaya</t>
   </si>
   <si>
     <t>05:03:28</t>
   </si>
   <si>
-    <t>Asmin</t>
-[...7 lines deleted...]
-  <si>
     <t>Shouta</t>
   </si>
   <si>
     <t>Maruyama</t>
   </si>
   <si>
     <t>05:41:19</t>
   </si>
   <si>
     <t>05:06:54</t>
   </si>
   <si>
     <t>Taofik</t>
   </si>
   <si>
     <t>Hidayat</t>
   </si>
   <si>
     <t>05:17:15</t>
   </si>
   <si>
     <t>Fuminori</t>
   </si>
   <si>
     <t>Kondo</t>
   </si>
   <si>
     <t>05:41:20</t>
   </si>
   <si>
     <t>Prawono</t>
   </si>
   <si>
     <t>05:10:35</t>
   </si>
   <si>
     <t>Sobari</t>
   </si>
   <si>
     <t>Herdiana</t>
   </si>
   <si>
     <t>05:17:18</t>
   </si>
   <si>
+    <t>05:18:03</t>
+  </si>
+  <si>
+    <t>Adimas</t>
+  </si>
+  <si>
+    <t>Soeryadjaya</t>
+  </si>
+  <si>
+    <t>05:41:39</t>
+  </si>
+  <si>
     <t>Hendra</t>
   </si>
   <si>
     <t>Siswanto</t>
   </si>
   <si>
     <t>05:16:18</t>
   </si>
   <si>
-    <t>05:18:03</t>
-[...8 lines deleted...]
-    <t>05:41:39</t>
+    <t>Jahja Tear</t>
+  </si>
+  <si>
+    <t>Tjahjana</t>
+  </si>
+  <si>
+    <t>05:25:38</t>
+  </si>
+  <si>
+    <t>Kim</t>
+  </si>
+  <si>
+    <t>Matthews</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>05:20:26</t>
   </si>
   <si>
     <t>Asuka</t>
   </si>
   <si>
     <t>Nakajima</t>
   </si>
   <si>
     <t>05:42:59</t>
   </si>
   <si>
-    <t>Jahja Tear</t>
-[...17 lines deleted...]
-    <t>05:20:26</t>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Jensen</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>05:31:43</t>
+  </si>
+  <si>
+    <t>05:26:30</t>
+  </si>
+  <si>
+    <t>Bayu Arum Raharja</t>
+  </si>
+  <si>
+    <t>Raharja</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Tailpied</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>05:43:21</t>
   </si>
   <si>
-    <t>Daniel</t>
-[...19 lines deleted...]
-  <si>
     <t>Agus</t>
   </si>
   <si>
     <t>Chandra</t>
   </si>
   <si>
     <t>05:43:57</t>
   </si>
   <si>
+    <t>Dhadhang</t>
+  </si>
+  <si>
+    <t>Suryanto</t>
+  </si>
+  <si>
+    <t>05:28:48</t>
+  </si>
+  <si>
     <t>Ninie</t>
   </si>
   <si>
     <t>Sugiwati Hauschild</t>
   </si>
   <si>
     <t>05:33:25</t>
   </si>
   <si>
-    <t>Dhadhang</t>
-[...7 lines deleted...]
-  <si>
     <t>H Rusmana</t>
   </si>
   <si>
     <t>Rusmana</t>
   </si>
   <si>
     <t>05:49:48</t>
   </si>
   <si>
     <t>Mahdi</t>
   </si>
   <si>
     <t>Manshuri</t>
   </si>
   <si>
     <t>05:40:00</t>
   </si>
   <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Dow</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>05:51:25</t>
   </si>
   <si>
     <t>Hendrikus</t>
   </si>
   <si>
     <t>Efendi</t>
   </si>
   <si>
     <t>05:32:14</t>
   </si>
   <si>
+    <t>Shindy</t>
+  </si>
+  <si>
+    <t>Patricia</t>
+  </si>
+  <si>
+    <t>05:40:01</t>
+  </si>
+  <si>
+    <t>Suhadi</t>
+  </si>
+  <si>
+    <t>05:55:29</t>
+  </si>
+  <si>
     <t>Dominic</t>
   </si>
   <si>
     <t>Hoffmann</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>05:32:37</t>
   </si>
   <si>
-    <t>Suhadi</t>
-[...13 lines deleted...]
-  <si>
     <t>Sri</t>
   </si>
   <si>
     <t>Wahyuni</t>
   </si>
   <si>
     <t>05:56:29</t>
   </si>
   <si>
     <t>Tirfan</t>
   </si>
   <si>
     <t>Putera</t>
   </si>
   <si>
     <t>05:44:19</t>
   </si>
   <si>
     <t>Andre</t>
   </si>
   <si>
     <t>Portilha</t>
   </si>
   <si>
     <t>05:36:41</t>
   </si>
   <si>
+    <t>Angga</t>
+  </si>
+  <si>
+    <t>Fauzi</t>
+  </si>
+  <si>
+    <t>05:44:20</t>
+  </si>
+  <si>
     <t>05:41:27</t>
   </si>
   <si>
     <t xml:space="preserve">Antonius Adi </t>
   </si>
   <si>
     <t>Winarko</t>
   </si>
   <si>
     <t>05:56:56</t>
   </si>
   <si>
-    <t>Angga</t>
-[...5 lines deleted...]
-    <t>05:44:20</t>
+    <t>Rangga</t>
+  </si>
+  <si>
+    <t>Supriatna</t>
+  </si>
+  <si>
+    <t>05:45:09</t>
   </si>
   <si>
     <t>05:42:46</t>
   </si>
   <si>
     <t>Bugi</t>
   </si>
   <si>
     <t>Permana</t>
   </si>
   <si>
     <t>05:57:44</t>
   </si>
   <si>
-    <t>Rangga</t>
-[...7 lines deleted...]
-  <si>
     <t>Asep</t>
   </si>
   <si>
     <t>Wigena</t>
   </si>
   <si>
     <t>05:43:35</t>
   </si>
   <si>
+    <t>Yohann</t>
+  </si>
+  <si>
+    <t>Mas Bul</t>
+  </si>
+  <si>
+    <t>05:58:51</t>
+  </si>
+  <si>
     <t>Frans</t>
   </si>
   <si>
     <t>Sibarani</t>
   </si>
   <si>
     <t>05:46:37</t>
   </si>
   <si>
-    <t>Yohann</t>
-[...7 lines deleted...]
-  <si>
     <t>Dian R</t>
   </si>
   <si>
     <t>Sukmara</t>
   </si>
   <si>
     <t>05:46:40</t>
   </si>
   <si>
     <t>Tomonori</t>
   </si>
   <si>
     <t>Kurokawa</t>
   </si>
   <si>
     <t>05:59:39</t>
   </si>
   <si>
     <t>Muhammad</t>
   </si>
   <si>
     <t>Shahrin Faiz Bin Roslan</t>
   </si>
   <si>
     <t>05:45:39</t>
@@ -785,68 +785,68 @@
   <si>
     <t xml:space="preserve">Ialu </t>
   </si>
   <si>
     <t>sukarta zulvikarsyah</t>
   </si>
   <si>
     <t>06:00:50</t>
   </si>
   <si>
     <t>05:46:27</t>
   </si>
   <si>
     <t>Kris</t>
   </si>
   <si>
     <t>Van De Velde</t>
   </si>
   <si>
     <t>05:50:36</t>
   </si>
   <si>
     <t>05:50:41</t>
   </si>
   <si>
+    <t>Alvian</t>
+  </si>
+  <si>
+    <t>Oscar</t>
+  </si>
+  <si>
+    <t>05:52:30</t>
+  </si>
+  <si>
     <t>Makruf</t>
   </si>
   <si>
     <t>Assidiq</t>
   </si>
   <si>
     <t>06:07:42</t>
   </si>
   <si>
-    <t>Alvian</t>
-[...7 lines deleted...]
-  <si>
     <t>Stephen Brian</t>
   </si>
   <si>
     <t>Dundon</t>
   </si>
   <si>
     <t>05:50:44</t>
   </si>
   <si>
     <t>Lily</t>
   </si>
   <si>
     <t>Suryani</t>
   </si>
   <si>
     <t>05:52:31</t>
   </si>
   <si>
     <t>Eddri</t>
   </si>
   <si>
     <t>Sumitra</t>
   </si>
   <si>
     <t>06:09:39</t>
@@ -872,326 +872,326 @@
   <si>
     <t>05:51:11</t>
   </si>
   <si>
     <t>06:14:14</t>
   </si>
   <si>
     <t>Elba P</t>
   </si>
   <si>
     <t>Ramadhan</t>
   </si>
   <si>
     <t>05:51:45</t>
   </si>
   <si>
     <t>Ahmad</t>
   </si>
   <si>
     <t>Shalahuddin Zulfa</t>
   </si>
   <si>
     <t>05:55:00</t>
   </si>
   <si>
+    <t>Fukuda</t>
+  </si>
+  <si>
+    <t>06:15:17</t>
+  </si>
+  <si>
+    <t>Dwi</t>
+  </si>
+  <si>
+    <t>Widiyanto</t>
+  </si>
+  <si>
+    <t>05:54:21</t>
+  </si>
+  <si>
     <t>Dadik Hendra</t>
   </si>
   <si>
     <t>Kusuma</t>
   </si>
   <si>
     <t>05:56:04</t>
   </si>
   <si>
-    <t>Fukuda</t>
-[...11 lines deleted...]
-    <t>05:54:21</t>
+    <t>Sudarso</t>
+  </si>
+  <si>
+    <t>05:59:17</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>06:15:59</t>
   </si>
   <si>
-    <t>Sudarso</t>
-[...4 lines deleted...]
-  <si>
     <t>Goki</t>
   </si>
   <si>
     <t>Sakamaki</t>
   </si>
   <si>
     <t>05:54:42</t>
   </si>
   <si>
     <t xml:space="preserve">Leo Kharismanta </t>
   </si>
   <si>
     <t>Sitepu</t>
   </si>
   <si>
     <t>06:03:21</t>
   </si>
   <si>
     <t>Mohammad Redzuan</t>
   </si>
   <si>
     <t>Ali</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>05:55:45</t>
   </si>
   <si>
     <t>Anang</t>
   </si>
   <si>
     <t>Dika</t>
   </si>
   <si>
     <t>06:17:45</t>
   </si>
   <si>
     <t>Matheos</t>
   </si>
   <si>
     <t>Berhitu</t>
   </si>
   <si>
     <t>06:00:56</t>
   </si>
   <si>
+    <t>Antoine</t>
+  </si>
+  <si>
+    <t>Dagorne</t>
+  </si>
+  <si>
+    <t>06:21:04</t>
+  </si>
+  <si>
     <t>Reza</t>
   </si>
   <si>
     <t>Djamaludin</t>
   </si>
   <si>
     <t>06:06:44</t>
   </si>
   <si>
-    <t>Antoine</t>
-[...7 lines deleted...]
-  <si>
     <t>Handy</t>
   </si>
   <si>
     <t>Lesmana</t>
   </si>
   <si>
     <t>06:01:04</t>
   </si>
   <si>
     <t>Az Zumar</t>
   </si>
   <si>
     <t>Nurwahid Zain</t>
   </si>
   <si>
     <t>06:21:37</t>
   </si>
   <si>
     <t>Agung</t>
   </si>
   <si>
     <t>Hendriyanto</t>
   </si>
   <si>
     <t>06:07:02</t>
   </si>
   <si>
+    <t>06:01:55</t>
+  </si>
+  <si>
+    <t>Sugoro</t>
+  </si>
+  <si>
+    <t>Finardo Putro</t>
+  </si>
+  <si>
+    <t>06:24:02</t>
+  </si>
+  <si>
     <t>06:07:26</t>
   </si>
   <si>
-    <t>06:01:55</t>
-[...8 lines deleted...]
-    <t>06:24:02</t>
+    <t>Wayne</t>
+  </si>
+  <si>
+    <t>Gray</t>
+  </si>
+  <si>
+    <t>06:02:15</t>
+  </si>
+  <si>
+    <t>Rachmat Budi</t>
+  </si>
+  <si>
+    <t>Nurwanto</t>
+  </si>
+  <si>
+    <t>06:25:58</t>
   </si>
   <si>
     <t>Budiman</t>
   </si>
   <si>
     <t>Setiono</t>
   </si>
   <si>
     <t>06:08:22</t>
   </si>
   <si>
-    <t>Wayne</t>
-[...14 lines deleted...]
-    <t>06:25:58</t>
+    <t>Alastair</t>
+  </si>
+  <si>
+    <t>MacDonald</t>
+  </si>
+  <si>
+    <t>06:08:25</t>
   </si>
   <si>
     <t>Yandi</t>
   </si>
   <si>
     <t>Sastra</t>
   </si>
   <si>
     <t>06:27:55</t>
   </si>
   <si>
-    <t>Alastair</t>
-[...7 lines deleted...]
-  <si>
     <t>06:07:12</t>
   </si>
   <si>
+    <t>Soehendro</t>
+  </si>
+  <si>
+    <t>Kosasih</t>
+  </si>
+  <si>
+    <t>06:08:57</t>
+  </si>
+  <si>
     <t>Hilmi</t>
   </si>
   <si>
     <t>Kurniawan Riskawa</t>
   </si>
   <si>
     <t>06:32:32</t>
   </si>
   <si>
-    <t>Soehendro</t>
-[...7 lines deleted...]
-  <si>
     <t>Fardhoni</t>
   </si>
   <si>
     <t>Donni</t>
   </si>
   <si>
     <t>06:07:59</t>
   </si>
   <si>
+    <t>Jejen</t>
+  </si>
+  <si>
+    <t>Mutakin</t>
+  </si>
+  <si>
+    <t>06:09:56</t>
+  </si>
+  <si>
+    <t>Suzeyman</t>
+  </si>
+  <si>
+    <t>Hj Bakar</t>
+  </si>
+  <si>
+    <t>06:33:28</t>
+  </si>
+  <si>
     <t>Saepul</t>
   </si>
   <si>
     <t>Ajhar</t>
   </si>
   <si>
     <t>06:09:37</t>
   </si>
   <si>
-    <t>Jejen</t>
-[...14 lines deleted...]
-    <t>06:33:28</t>
+    <t>Siti</t>
+  </si>
+  <si>
+    <t>Maemunah</t>
+  </si>
+  <si>
+    <t>06:09:58</t>
+  </si>
+  <si>
+    <t>Yusuke</t>
+  </si>
+  <si>
+    <t>Annaka</t>
+  </si>
+  <si>
+    <t>06:34:31</t>
   </si>
   <si>
     <t>Sakti</t>
   </si>
   <si>
     <t>Parantean</t>
   </si>
   <si>
     <t>06:09:40</t>
   </si>
   <si>
-    <t>Siti</t>
-[...16 lines deleted...]
-  <si>
     <t>Faid</t>
   </si>
   <si>
     <t>Faid aqdas</t>
   </si>
   <si>
     <t>06:10:11</t>
   </si>
   <si>
     <t>Komatsu</t>
   </si>
   <si>
     <t>Shinichi</t>
   </si>
   <si>
     <t>06:10:48</t>
   </si>
   <si>
     <t>Arie</t>
   </si>
   <si>
     <t>Sobandi</t>
   </si>
   <si>
     <t>06:35:22</t>
@@ -1262,68 +1262,68 @@
   <si>
     <t>Pratama</t>
   </si>
   <si>
     <t>06:11:39</t>
   </si>
   <si>
     <t>Adjie</t>
   </si>
   <si>
     <t>Yogayudanto</t>
   </si>
   <si>
     <t>06:36:19</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Law</t>
   </si>
   <si>
     <t>06:11:19</t>
   </si>
   <si>
+    <t>Antony</t>
+  </si>
+  <si>
+    <t>06:11:30</t>
+  </si>
+  <si>
     <t>06:16:04</t>
   </si>
   <si>
     <t>Adjat</t>
   </si>
   <si>
     <t>Basarah</t>
   </si>
   <si>
     <t>06:40:03</t>
   </si>
   <si>
-    <t>Antony</t>
-[...4 lines deleted...]
-  <si>
     <t>Yanuar</t>
   </si>
   <si>
     <t>06:12:39</t>
   </si>
   <si>
     <t>I Wayan</t>
   </si>
   <si>
     <t>Agus Budiastrawan</t>
   </si>
   <si>
     <t>06:43:10</t>
   </si>
   <si>
     <t>Keisuke</t>
   </si>
   <si>
     <t>Nishimura</t>
   </si>
   <si>
     <t>06:17:06</t>
   </si>
   <si>
     <t>Yukinori</t>
@@ -1352,1142 +1352,1142 @@
   <si>
     <t>Setiawan</t>
   </si>
   <si>
     <t>06:45:40</t>
   </si>
   <si>
     <t>Chito</t>
   </si>
   <si>
     <t>Aslia</t>
   </si>
   <si>
     <t>06:13:05</t>
   </si>
   <si>
     <t>Takeyuki</t>
   </si>
   <si>
     <t>Yamamoto</t>
   </si>
   <si>
     <t>06:19:00</t>
   </si>
   <si>
+    <t>06:16:00</t>
+  </si>
+  <si>
     <t>Faishol</t>
   </si>
   <si>
     <t>Nasrul</t>
   </si>
   <si>
     <t>06:48:05</t>
   </si>
   <si>
-    <t>06:16:00</t>
+    <t>Paulus</t>
+  </si>
+  <si>
+    <t>Halim</t>
+  </si>
+  <si>
+    <t>06:19:14</t>
   </si>
   <si>
     <t>Andi</t>
   </si>
   <si>
     <t>Rio</t>
   </si>
   <si>
     <t>06:17:52</t>
   </si>
   <si>
-    <t>Paulus</t>
-[...7 lines deleted...]
-  <si>
     <t>Yuta</t>
   </si>
   <si>
     <t>Funase</t>
   </si>
   <si>
     <t>06:49:10</t>
   </si>
   <si>
+    <t>Wira</t>
+  </si>
+  <si>
+    <t>06:18:55</t>
+  </si>
+  <si>
     <t>06:21:45</t>
   </si>
   <si>
     <t>Wisnu</t>
   </si>
   <si>
     <t>Nugraha</t>
   </si>
   <si>
     <t>06:49:22</t>
   </si>
   <si>
-    <t>Wira</t>
-[...2 lines deleted...]
-    <t>06:18:55</t>
+    <t>Bambang</t>
+  </si>
+  <si>
+    <t>Tejomurti</t>
+  </si>
+  <si>
+    <t>06:19:02</t>
   </si>
   <si>
     <t>06:22:27</t>
   </si>
   <si>
     <t>Abdullah</t>
   </si>
   <si>
     <t>Azzam</t>
   </si>
   <si>
     <t>06:50:03</t>
   </si>
   <si>
-    <t>Bambang</t>
-[...7 lines deleted...]
-  <si>
     <t>Rezki</t>
   </si>
   <si>
     <t>Rahmat</t>
   </si>
   <si>
     <t>06:51:01</t>
   </si>
   <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Machmud</t>
+  </si>
+  <si>
+    <t>06:23:46</t>
+  </si>
+  <si>
     <t>Ferry</t>
   </si>
   <si>
     <t>Suparman</t>
   </si>
   <si>
     <t>06:20:03</t>
   </si>
   <si>
-    <t>David</t>
-[...5 lines deleted...]
-    <t>06:23:46</t>
+    <t>Wiedho</t>
+  </si>
+  <si>
+    <t>Widiantoro</t>
+  </si>
+  <si>
+    <t>06:20:20</t>
   </si>
   <si>
     <t>Hendra Benyamin</t>
   </si>
   <si>
     <t>Singarimbun</t>
   </si>
   <si>
     <t>06:51:23</t>
   </si>
   <si>
     <t>Grace</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>06:23:58</t>
   </si>
   <si>
-    <t>Wiedho</t>
-[...7 lines deleted...]
-  <si>
     <t>Novita</t>
   </si>
   <si>
     <t>Wulandari</t>
   </si>
   <si>
     <t>06:51:28</t>
   </si>
   <si>
     <t xml:space="preserve">Nobuo </t>
   </si>
   <si>
     <t>Shimamura</t>
   </si>
   <si>
     <t>06:20:35</t>
   </si>
   <si>
     <t>Hiromi</t>
   </si>
   <si>
     <t>Kotegawa</t>
   </si>
   <si>
     <t>06:24:50</t>
   </si>
   <si>
+    <t>06:23:06</t>
+  </si>
+  <si>
     <t>06:51:36</t>
   </si>
   <si>
     <t>06:27:08</t>
   </si>
   <si>
-    <t>06:23:06</t>
+    <t>06:27:17</t>
+  </si>
+  <si>
+    <t>Tomi</t>
+  </si>
+  <si>
+    <t>Wahyudi</t>
+  </si>
+  <si>
+    <t>06:51:55</t>
   </si>
   <si>
     <t>Sandhra</t>
   </si>
   <si>
     <t>Utsman</t>
   </si>
   <si>
     <t>06:24:31</t>
   </si>
   <si>
-    <t>06:27:17</t>
-[...10 lines deleted...]
-  <si>
     <t>M. Zamrudin</t>
   </si>
   <si>
     <t>Solichin</t>
   </si>
   <si>
     <t>06:52:58</t>
   </si>
   <si>
     <t>Rohidi</t>
   </si>
   <si>
     <t>06:27:09</t>
   </si>
   <si>
     <t>Yohanes</t>
   </si>
   <si>
     <t>06:29:06</t>
   </si>
   <si>
     <t>Matias</t>
   </si>
   <si>
     <t>Ibo</t>
   </si>
   <si>
     <t>06:29:46</t>
   </si>
   <si>
+    <t>Ditok</t>
+  </si>
+  <si>
+    <t>Wicaksono</t>
+  </si>
+  <si>
+    <t>06:27:28</t>
+  </si>
+  <si>
     <t>Laura</t>
   </si>
   <si>
     <t>Walter</t>
   </si>
   <si>
     <t>06:56:37</t>
   </si>
   <si>
-    <t>Ditok</t>
-[...5 lines deleted...]
-    <t>06:27:28</t>
+    <t>Valery</t>
+  </si>
+  <si>
+    <t>Muyard</t>
+  </si>
+  <si>
+    <t>06:56:38</t>
   </si>
   <si>
     <t>06:27:30</t>
   </si>
   <si>
     <t>06:31:49</t>
   </si>
   <si>
-    <t>Valery</t>
-[...7 lines deleted...]
-  <si>
     <t>Gumilar</t>
   </si>
   <si>
     <t>06:57:30</t>
   </si>
   <si>
     <t>06:34:15</t>
   </si>
   <si>
     <t>Made</t>
   </si>
   <si>
     <t>Astika</t>
   </si>
   <si>
     <t>06:30:19</t>
   </si>
   <si>
+    <t>Jonas</t>
+  </si>
+  <si>
+    <t>Sebayang</t>
+  </si>
+  <si>
+    <t>06:31:30</t>
+  </si>
+  <si>
     <t>06:59:16</t>
   </si>
   <si>
     <t>06:34:55</t>
   </si>
   <si>
-    <t>Jonas</t>
-[...5 lines deleted...]
-    <t>06:31:30</t>
+    <t>Fitra Raditya</t>
+  </si>
+  <si>
+    <t>Saputra</t>
+  </si>
+  <si>
+    <t>06:34:12</t>
   </si>
   <si>
     <t>Eddy</t>
   </si>
   <si>
     <t>Paembonan</t>
   </si>
   <si>
     <t>6:59:40</t>
   </si>
   <si>
     <t>06:34:56</t>
   </si>
   <si>
-    <t>Fitra Raditya</t>
-[...7 lines deleted...]
-  <si>
     <t>Aji</t>
   </si>
   <si>
     <t>Rachman</t>
   </si>
   <si>
     <t>7:00:40</t>
   </si>
   <si>
+    <t>Ivan</t>
+  </si>
+  <si>
+    <t>Harahap</t>
+  </si>
+  <si>
+    <t>06:35:17</t>
+  </si>
+  <si>
     <t>Mohammad</t>
   </si>
   <si>
     <t>Ario Dimas</t>
   </si>
   <si>
-    <t>Ivan</t>
-[...5 lines deleted...]
-    <t>06:35:17</t>
+    <t>Diki Muhammad</t>
+  </si>
+  <si>
+    <t>Noor</t>
+  </si>
+  <si>
+    <t>06:35:09</t>
   </si>
   <si>
     <t>06:38:09</t>
   </si>
   <si>
     <t>7:02:34</t>
   </si>
   <si>
-    <t>Diki Muhammad</t>
-[...5 lines deleted...]
-    <t>06:35:09</t>
+    <t>Jaka</t>
+  </si>
+  <si>
+    <t>Sjafri</t>
+  </si>
+  <si>
+    <t>06:36:14</t>
   </si>
   <si>
     <t>Gria</t>
   </si>
   <si>
     <t>Garinati</t>
   </si>
   <si>
     <t>06:38:10</t>
   </si>
   <si>
     <t>Alfredo</t>
   </si>
   <si>
     <t>Zefanya</t>
   </si>
   <si>
     <t>7:02:47</t>
   </si>
   <si>
-    <t>Jaka</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Arief Maulana </t>
   </si>
   <si>
     <t>Hasan</t>
   </si>
   <si>
     <t>7:04:27</t>
   </si>
   <si>
     <t>Cipta</t>
   </si>
   <si>
     <t>Adi</t>
   </si>
   <si>
     <t>06:36:58</t>
   </si>
   <si>
     <t>06:40:50</t>
   </si>
   <si>
+    <t>Indra</t>
+  </si>
+  <si>
+    <t>06:37:09</t>
+  </si>
+  <si>
     <t>Nuraini</t>
   </si>
   <si>
     <t>7:06:00</t>
   </si>
   <si>
-    <t>Indra</t>
-[...4 lines deleted...]
-  <si>
     <t>Santoso</t>
   </si>
   <si>
     <t>06:41:24</t>
   </si>
   <si>
     <t>Masaya</t>
   </si>
   <si>
     <t>Uchida</t>
   </si>
   <si>
     <t>06:41:32</t>
   </si>
   <si>
     <t>Azizul</t>
   </si>
   <si>
     <t>Hakim</t>
   </si>
   <si>
     <t>7:06:05</t>
   </si>
   <si>
     <t>Junji</t>
   </si>
   <si>
     <t>Sano</t>
   </si>
   <si>
     <t>06:37:20</t>
   </si>
   <si>
+    <t>Kabul</t>
+  </si>
+  <si>
+    <t>Ginanjar</t>
+  </si>
+  <si>
+    <t>7:06:28</t>
+  </si>
+  <si>
+    <t>Menetrat</t>
+  </si>
+  <si>
+    <t>06:41:59</t>
+  </si>
+  <si>
     <t xml:space="preserve">Endang Suryani </t>
   </si>
   <si>
     <t>Borupayung</t>
   </si>
   <si>
-    <t>Kabul</t>
-[...13 lines deleted...]
-  <si>
     <t>Wilhelmus</t>
   </si>
   <si>
     <t>Gerardus Henricus van Vliet</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>7:06:38</t>
   </si>
   <si>
+    <t>06:42:14</t>
+  </si>
+  <si>
     <t>Yoko Bumi</t>
   </si>
   <si>
     <t>06:42:20</t>
   </si>
   <si>
-    <t>06:42:14</t>
-[...1 lines deleted...]
-  <si>
     <t>Lydia</t>
   </si>
   <si>
     <t>Sabarudin</t>
   </si>
   <si>
     <t>06:42:33</t>
   </si>
   <si>
     <t>Tomohisa</t>
   </si>
   <si>
     <t>Goto</t>
   </si>
   <si>
     <t>7:11:10</t>
   </si>
   <si>
     <t>06:44:33</t>
   </si>
   <si>
     <t>7:11:20</t>
   </si>
   <si>
     <t>06:43:03</t>
   </si>
   <si>
     <t>06:44:45</t>
   </si>
   <si>
     <t>06:45:18</t>
   </si>
   <si>
+    <t>Anshari</t>
+  </si>
+  <si>
+    <t>Nursida</t>
+  </si>
+  <si>
+    <t>7:13:28</t>
+  </si>
+  <si>
     <t>Dzaradin</t>
   </si>
   <si>
     <t>Falaq</t>
   </si>
   <si>
     <t>06:45:33</t>
   </si>
   <si>
-    <t>Anshari</t>
-[...7 lines deleted...]
-  <si>
     <t>06:45:30</t>
   </si>
   <si>
+    <t>Yoga</t>
+  </si>
+  <si>
+    <t>Friyadi</t>
+  </si>
+  <si>
+    <t>7:15:13</t>
+  </si>
+  <si>
     <t>06:45:36</t>
   </si>
   <si>
-    <t>Yoga</t>
-[...7 lines deleted...]
-  <si>
     <t>Radiyatul</t>
   </si>
   <si>
     <t>7:15:53</t>
   </si>
   <si>
+    <t>Muchamad Arief</t>
+  </si>
+  <si>
+    <t>Firdaus</t>
+  </si>
+  <si>
+    <t>06:46:11</t>
+  </si>
+  <si>
     <t>06:49:37</t>
   </si>
   <si>
-    <t>Muchamad Arief</t>
-[...7 lines deleted...]
-  <si>
     <t>7:16:15</t>
   </si>
   <si>
     <t>Jessica</t>
   </si>
   <si>
     <t>Dwi Ayu</t>
   </si>
   <si>
     <t>06:50:07</t>
   </si>
   <si>
     <t>Bobby Victorio</t>
   </si>
   <si>
     <t>Novarro</t>
   </si>
   <si>
     <t>06:46:36</t>
   </si>
   <si>
     <t>Guru</t>
   </si>
   <si>
     <t>Milang</t>
   </si>
   <si>
     <t>06:50:09</t>
   </si>
   <si>
     <t>Muhammad Izuan</t>
   </si>
   <si>
     <t>Idris</t>
   </si>
   <si>
     <t>06:46:48</t>
   </si>
   <si>
     <t>7:17:19</t>
   </si>
   <si>
+    <t>Ali Ajis</t>
+  </si>
+  <si>
+    <t>Rasil</t>
+  </si>
+  <si>
+    <t>06:51:16</t>
+  </si>
+  <si>
     <t>Sugito</t>
   </si>
   <si>
     <t>Wadi</t>
   </si>
   <si>
     <t>7:18:06</t>
   </si>
   <si>
-    <t>Ali Ajis</t>
-[...7 lines deleted...]
-  <si>
     <t>Nobunao</t>
   </si>
   <si>
     <t>Fujii</t>
   </si>
   <si>
     <t>06:47:28</t>
   </si>
   <si>
+    <t>Haryanto</t>
+  </si>
+  <si>
+    <t>Nehemia</t>
+  </si>
+  <si>
+    <t>7:18:47</t>
+  </si>
+  <si>
     <t>Rico</t>
   </si>
   <si>
     <t>Pribadi</t>
   </si>
   <si>
     <t>06:47:57</t>
   </si>
   <si>
-    <t>Haryanto</t>
-[...7 lines deleted...]
-  <si>
     <t>06:52:50</t>
   </si>
   <si>
     <t>Akihiro</t>
   </si>
   <si>
     <t>Sekiguchi</t>
   </si>
   <si>
     <t>06:54:26</t>
   </si>
   <si>
+    <t>Scorpio</t>
+  </si>
+  <si>
+    <t>7:19:18</t>
+  </si>
+  <si>
     <t>Muhammad Afif</t>
   </si>
   <si>
     <t>Gunung</t>
   </si>
   <si>
     <t>06:48:28</t>
   </si>
   <si>
-    <t>Scorpio</t>
-[...4 lines deleted...]
-  <si>
     <t>Wirawan Abdul Reza</t>
   </si>
   <si>
     <t>7:20:07</t>
   </si>
   <si>
+    <t>Didit Mei</t>
+  </si>
+  <si>
+    <t>Anggoro</t>
+  </si>
+  <si>
+    <t>06:48:45</t>
+  </si>
+  <si>
     <t>Umar A Kamaludin</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>06:54:39</t>
   </si>
   <si>
-    <t>Didit Mei</t>
-[...5 lines deleted...]
-    <t>06:48:45</t>
+    <t xml:space="preserve">Kok Fai </t>
+  </si>
+  <si>
+    <t>Man</t>
+  </si>
+  <si>
+    <t>06:56:50</t>
+  </si>
+  <si>
+    <t>Danone</t>
+  </si>
+  <si>
+    <t>7:21:03</t>
   </si>
   <si>
     <t>Wahab</t>
   </si>
   <si>
     <t>Adam</t>
   </si>
   <si>
     <t>06:48:46</t>
   </si>
   <si>
-    <t xml:space="preserve">Kok Fai </t>
-[...13 lines deleted...]
-  <si>
     <t>Alfan</t>
   </si>
   <si>
     <t>06:57:32</t>
   </si>
   <si>
+    <t xml:space="preserve">Mahardhika Farchan </t>
+  </si>
+  <si>
+    <t>Monoarfa</t>
+  </si>
+  <si>
+    <t>7:22:23</t>
+  </si>
+  <si>
     <t>Arif</t>
   </si>
   <si>
     <t>Husen</t>
   </si>
   <si>
     <t>06:50:19</t>
   </si>
   <si>
-    <t xml:space="preserve">Mahardhika Farchan </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Alnandra </t>
   </si>
   <si>
     <t>Suriyanto</t>
   </si>
   <si>
     <t>7:22:31</t>
   </si>
   <si>
     <t>Faza</t>
   </si>
   <si>
     <t>Aulia</t>
   </si>
   <si>
     <t>06:51:14</t>
   </si>
   <si>
+    <t>Danny Cahya</t>
+  </si>
+  <si>
+    <t>Mulyana</t>
+  </si>
+  <si>
+    <t>07:01:25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hasan </t>
+  </si>
+  <si>
+    <t>7:24:07</t>
+  </si>
+  <si>
     <t>Santosa</t>
   </si>
   <si>
     <t>06:53:30</t>
   </si>
   <si>
-    <t>Danny Cahya</t>
-[...13 lines deleted...]
-  <si>
     <t>Nazif</t>
   </si>
   <si>
     <t>Armidarya</t>
   </si>
   <si>
     <t>07:01:56</t>
   </si>
   <si>
+    <t>Muhammad Fajar</t>
+  </si>
+  <si>
+    <t>Febrian</t>
+  </si>
+  <si>
+    <t>7:24:17</t>
+  </si>
+  <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Koamas</t>
   </si>
   <si>
     <t>06:56:58</t>
   </si>
   <si>
-    <t>Muhammad Fajar</t>
-[...7 lines deleted...]
-  <si>
     <t>Taryono</t>
   </si>
   <si>
     <t>Darusman</t>
   </si>
   <si>
     <t>7:24:22</t>
   </si>
   <si>
+    <t>Muchsin</t>
+  </si>
+  <si>
+    <t>06:56:59</t>
+  </si>
+  <si>
     <t>07:04:41</t>
   </si>
   <si>
-    <t>Muchsin</t>
-[...2 lines deleted...]
-    <t>06:56:59</t>
+    <t xml:space="preserve">Jajang </t>
+  </si>
+  <si>
+    <t>Rachmat</t>
+  </si>
+  <si>
+    <t>7:24:35</t>
   </si>
   <si>
     <t>Dian</t>
   </si>
   <si>
     <t>Hs</t>
   </si>
   <si>
     <t>06:57:26</t>
   </si>
   <si>
-    <t xml:space="preserve">Jajang </t>
-[...7 lines deleted...]
-  <si>
     <t>07:04:43</t>
   </si>
   <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>Kuok</t>
+  </si>
+  <si>
+    <t>06:58:24</t>
+  </si>
+  <si>
     <t>07:04:58</t>
   </si>
   <si>
-    <t>Christian</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Adjie Bhakti </t>
   </si>
   <si>
     <t>T.M Indra</t>
   </si>
   <si>
     <t>7:26:19</t>
   </si>
   <si>
     <t xml:space="preserve">Abisatya </t>
   </si>
   <si>
     <t>Pambayun WS</t>
   </si>
   <si>
     <t>07:26:19</t>
   </si>
   <si>
+    <t>06:58:35</t>
+  </si>
+  <si>
     <t>07:05:16</t>
   </si>
   <si>
-    <t>06:58:35</t>
-[...1 lines deleted...]
-  <si>
     <t>Tetsuya</t>
   </si>
   <si>
     <t>Nishi</t>
   </si>
   <si>
     <t>07:05:25</t>
   </si>
   <si>
+    <t xml:space="preserve">Katherine </t>
+  </si>
+  <si>
+    <t>Mitchell</t>
+  </si>
+  <si>
+    <t>06:58:53</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nauval Abdan </t>
   </si>
   <si>
     <t>Fadilah</t>
   </si>
   <si>
     <t>07:26:38</t>
   </si>
   <si>
-    <t xml:space="preserve">Katherine </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Rachmad </t>
   </si>
   <si>
     <t>Kursano</t>
   </si>
   <si>
     <t>07:27:25</t>
   </si>
   <si>
+    <t>Dedy</t>
+  </si>
+  <si>
+    <t>Kurniawan</t>
+  </si>
+  <si>
+    <t>07:06:04</t>
+  </si>
+  <si>
     <t>Suta Negara</t>
   </si>
   <si>
     <t>I Made Gede</t>
   </si>
   <si>
     <t>07:00:42</t>
   </si>
   <si>
-    <t>Dedy</t>
-[...5 lines deleted...]
-    <t>07:06:04</t>
+    <t>Muchammad</t>
+  </si>
+  <si>
+    <t>Fahmi</t>
+  </si>
+  <si>
+    <t>07:00:54</t>
   </si>
   <si>
     <t>Handoko Aji</t>
   </si>
   <si>
     <t>Saputro</t>
   </si>
   <si>
     <t>07:27:50</t>
   </si>
   <si>
-    <t>Muchammad</t>
-[...7 lines deleted...]
-  <si>
     <t>Fikry</t>
   </si>
   <si>
     <t>Sakti Firmansyah</t>
   </si>
   <si>
+    <t>07:01:36</t>
+  </si>
+  <si>
     <t>Dwiananta</t>
   </si>
   <si>
     <t>07:28:58</t>
   </si>
   <si>
     <t>07:06:05</t>
   </si>
   <si>
-    <t>07:01:36</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Joeseph </t>
   </si>
   <si>
     <t>Liemonta</t>
   </si>
   <si>
     <t>07:30:25</t>
   </si>
   <si>
     <t>Joko</t>
   </si>
   <si>
     <t>07:01:37</t>
   </si>
   <si>
     <t>07:06:12</t>
   </si>
   <si>
+    <t>Atha</t>
+  </si>
+  <si>
+    <t>Dalimunthe</t>
+  </si>
+  <si>
+    <t>07:03:17</t>
+  </si>
+  <si>
     <t>Oktavia</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>07:30:26</t>
   </si>
   <si>
-    <t>Atha</t>
-[...7 lines deleted...]
-  <si>
     <t>Puteri</t>
   </si>
   <si>
     <t>Norsharina Bt Abd Aziz</t>
   </si>
   <si>
     <t>07:05:04</t>
   </si>
   <si>
     <t>07:06:15</t>
   </si>
   <si>
+    <t>Indah</t>
+  </si>
+  <si>
+    <t>Wardhani</t>
+  </si>
+  <si>
+    <t>07:04:40</t>
+  </si>
+  <si>
     <t>Johan</t>
   </si>
   <si>
     <t>Liem</t>
   </si>
   <si>
     <t>07:31:00</t>
   </si>
   <si>
-    <t>Indah</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Muhamad </t>
   </si>
   <si>
     <t>Suhud</t>
   </si>
   <si>
     <t>07:31:58</t>
   </si>
   <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>07:10:15</t>
+  </si>
+  <si>
     <t>07:05:03</t>
   </si>
   <si>
-    <t>William</t>
-[...2 lines deleted...]
-    <t>07:10:15</t>
+    <t>Fakhri</t>
+  </si>
+  <si>
+    <t>Afif</t>
+  </si>
+  <si>
+    <t>07:06:31</t>
+  </si>
+  <si>
+    <t>Takayuki</t>
+  </si>
+  <si>
+    <t>Nomoto</t>
+  </si>
+  <si>
+    <t>07:14:24</t>
   </si>
   <si>
     <t xml:space="preserve">Brian </t>
   </si>
   <si>
     <t>Lo</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
-    <t>Fakhri</t>
-[...16 lines deleted...]
-  <si>
     <t>Bagus</t>
   </si>
   <si>
     <t>Sugiarto</t>
   </si>
   <si>
     <t>07:32:50</t>
   </si>
   <si>
     <t>Dikkie</t>
   </si>
   <si>
     <t>Irianto</t>
   </si>
   <si>
     <t>07:07:52</t>
   </si>
   <si>
     <t>07:14:52</t>
   </si>
   <si>
     <t>Ady Dwi</t>
   </si>
   <si>
     <t>Nugroho</t>
@@ -2828,62 +2828,62 @@
   <si>
     <t>Devina</t>
   </si>
   <si>
     <t>Aprilia</t>
   </si>
   <si>
     <t>07:32:37</t>
   </si>
   <si>
     <t>Taufik</t>
   </si>
   <si>
     <t>07:18:34</t>
   </si>
   <si>
     <t xml:space="preserve">Frans </t>
   </si>
   <si>
     <t>Hengky</t>
   </si>
   <si>
     <t>07:42:23</t>
   </si>
   <si>
+    <t>07:33:12</t>
+  </si>
+  <si>
     <t>Cahya</t>
   </si>
   <si>
     <t>Daulay</t>
   </si>
   <si>
     <t>07:42:51</t>
   </si>
   <si>
-    <t>07:33:12</t>
-[...1 lines deleted...]
-  <si>
     <t>Daru</t>
   </si>
   <si>
     <t>Wahardityo</t>
   </si>
   <si>
     <t>07:19:11</t>
   </si>
   <si>
     <t>Andriana</t>
   </si>
   <si>
     <t>Ganteng</t>
   </si>
   <si>
     <t>07:19:18</t>
   </si>
   <si>
     <t>Tarmudi</t>
   </si>
   <si>
     <t>07:34:01</t>
   </si>
   <si>
     <t xml:space="preserve">Rian </t>
@@ -3155,65 +3155,65 @@
   <si>
     <t>Koteka</t>
   </si>
   <si>
     <t>07:40:47</t>
   </si>
   <si>
     <t>Mariko</t>
   </si>
   <si>
     <t>Murata</t>
   </si>
   <si>
     <t>07:49:16</t>
   </si>
   <si>
     <t>Dyan</t>
   </si>
   <si>
     <t>Faksilanto</t>
   </si>
   <si>
     <t>07:49:37</t>
   </si>
   <si>
+    <t>Denis</t>
+  </si>
+  <si>
+    <t>Langlois</t>
+  </si>
+  <si>
+    <t>07:26:56</t>
+  </si>
+  <si>
     <t>Priyo</t>
   </si>
   <si>
     <t>07:41:02</t>
   </si>
   <si>
-    <t>Denis</t>
-[...7 lines deleted...]
-  <si>
     <t>Cakra Ardi</t>
   </si>
   <si>
     <t>07:28:03</t>
   </si>
   <si>
     <t xml:space="preserve">Andi </t>
   </si>
   <si>
     <t>Fernandi</t>
   </si>
   <si>
     <t>07:49:40</t>
   </si>
   <si>
     <t>Kristianto</t>
   </si>
   <si>
     <t>Silalahi</t>
   </si>
   <si>
     <t>07:41:19</t>
   </si>
   <si>
     <t>Adrian</t>
@@ -3494,65 +3494,65 @@
   <si>
     <t>Christiawan</t>
   </si>
   <si>
     <t>07:35:23</t>
   </si>
   <si>
     <t>Willy</t>
   </si>
   <si>
     <t>Tandauli</t>
   </si>
   <si>
     <t>07:50:22</t>
   </si>
   <si>
     <t>Faris</t>
   </si>
   <si>
     <t>Rasyadi</t>
   </si>
   <si>
     <t>07:36:45</t>
   </si>
   <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Davey</t>
+  </si>
+  <si>
+    <t>07:50:23</t>
+  </si>
+  <si>
     <t>Sudarsono</t>
   </si>
   <si>
     <t>07:36:51</t>
   </si>
   <si>
-    <t>Ian</t>
-[...7 lines deleted...]
-  <si>
     <t>07:50:24</t>
   </si>
   <si>
     <t>07:38:15</t>
   </si>
   <si>
     <t>Mega</t>
   </si>
   <si>
     <t>Iranti</t>
   </si>
   <si>
     <t>07:38:16</t>
   </si>
   <si>
     <t>Dewa</t>
   </si>
   <si>
     <t>Hamdani</t>
   </si>
   <si>
     <t>07:50:44</t>
   </si>
   <si>
     <t>07:51:10</t>
@@ -4787,65 +4787,65 @@
   <si>
     <t>Deni</t>
   </si>
   <si>
     <t>Hernanto</t>
   </si>
   <si>
     <t>08:41:12</t>
   </si>
   <si>
     <t>Anindya</t>
   </si>
   <si>
     <t>Andari</t>
   </si>
   <si>
     <t>08:38:46</t>
   </si>
   <si>
     <t>Jeffry</t>
   </si>
   <si>
     <t>08:41:14</t>
   </si>
   <si>
+    <t>Kusdiansah</t>
+  </si>
+  <si>
+    <t>08:41:15</t>
+  </si>
+  <si>
     <t>Shaun</t>
   </si>
   <si>
     <t>Wood</t>
   </si>
   <si>
     <t>08:41:09</t>
   </si>
   <si>
-    <t>Kusdiansah</t>
-[...4 lines deleted...]
-  <si>
     <t>08:41:16</t>
   </si>
   <si>
     <t>Susanto</t>
   </si>
   <si>
     <t>08:41:36</t>
   </si>
   <si>
     <t>Indriawati</t>
   </si>
   <si>
     <t>Wantah</t>
   </si>
   <si>
     <t>08:41:17</t>
   </si>
   <si>
     <t>Yosi</t>
   </si>
   <si>
     <t>Arfianto</t>
   </si>
   <si>
     <t>08:44:34</t>
@@ -5282,66 +5282,66 @@
   <si>
     <t>Reza Dias</t>
   </si>
   <si>
     <t>Primadana</t>
   </si>
   <si>
     <t>09:20:31</t>
   </si>
   <si>
     <t>Eduward</t>
   </si>
   <si>
     <t>Ijakus Sakti</t>
   </si>
   <si>
     <t>08:54:55</t>
   </si>
   <si>
     <t>Angkawibawa</t>
   </si>
   <si>
     <t>09:21:45</t>
   </si>
   <si>
+    <t>Poppy</t>
+  </si>
+  <si>
+    <t>Octavia</t>
+  </si>
+  <si>
+    <t>09:24:07</t>
+  </si>
+  <si>
     <t>Cheryl</t>
   </si>
   <si>
     <t>Parker</t>
   </si>
   <si>
     <t>08:55:38</t>
-  </si>
-[...7 lines deleted...]
-    <t>09:24:07</t>
   </si>
   <si>
     <t>Rahman</t>
   </si>
   <si>
     <t>09:24:33</t>
   </si>
   <si>
     <t>08:55:40</t>
   </si>
   <si>
     <t>Richo</t>
   </si>
   <si>
     <t>Prayudha</t>
   </si>
   <si>
     <t>Solehudin</t>
   </si>
   <si>
     <t>08:55:42</t>
   </si>
   <si>
     <t>Eka J</t>
   </si>
@@ -6502,145 +6502,145 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>106944</v>
+        <v>105187</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>7181</v>
+        <v>7143</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>102687</v>
+        <v>106944</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>7140</v>
+        <v>7181</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>105187</v>
+        <v>102687</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>7143</v>
+        <v>7140</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="2">
         <v>1</v>
       </c>
       <c r="J4" s="2">
         <v>1</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
         <v>400</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
@@ -6670,384 +6670,384 @@
       </c>
       <c r="H5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>102688</v>
+        <v>102409</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
-        <v>7111</v>
+        <v>7227</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I6" s="2">
         <v>2</v>
       </c>
       <c r="J6" s="2">
         <v>2</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
         <v>350</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>102409</v>
+        <v>102688</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2">
-        <v>7227</v>
+        <v>7111</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="2">
         <v>2</v>
       </c>
       <c r="J7" s="2">
         <v>2</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>350</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>102689</v>
+        <v>106207</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>7031</v>
+        <v>7208</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I8" s="2">
         <v>3</v>
       </c>
       <c r="J8" s="2">
         <v>3</v>
       </c>
       <c r="K8" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L8" s="2">
-        <v>325</v>
+        <v>0</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>425</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>106207</v>
+        <v>106722</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="E9" s="2">
-        <v>7208</v>
+        <v>7647</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I9" s="2">
         <v>3</v>
       </c>
       <c r="J9" s="2">
         <v>3</v>
       </c>
       <c r="K9" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L9" s="2">
-        <v>0</v>
+        <v>325</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>0</v>
+        <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>106722</v>
+        <v>102689</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D10" s="2" t="s">
         <v>47</v>
       </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2">
-        <v>7647</v>
+        <v>7031</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I10" s="2">
         <v>3</v>
       </c>
       <c r="J10" s="2">
         <v>3</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>325</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>107629</v>
+        <v>100973</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>7226</v>
+        <v>7034</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I11" s="2">
         <v>4</v>
       </c>
       <c r="J11" s="2">
         <v>4</v>
       </c>
       <c r="K11" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L11" s="2">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>100973</v>
+        <v>107629</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2">
-        <v>7169</v>
+        <v>7226</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I12" s="2">
         <v>4</v>
       </c>
       <c r="J12" s="2">
         <v>4</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
         <v>300</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
         <v>100973</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>7034</v>
+        <v>7169</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I13" s="2">
         <v>4</v>
       </c>
       <c r="J13" s="2">
         <v>4</v>
       </c>
       <c r="K13" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L13" s="2">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>0</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>102021</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
         <v>7076</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>57</v>
       </c>
@@ -7095,54 +7095,54 @@
       </c>
       <c r="I15" s="2">
         <v>5</v>
       </c>
       <c r="J15" s="2">
         <v>5</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>275</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>102688</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>7112</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I16" s="2">
         <v>5</v>
       </c>
       <c r="J16" s="2">
         <v>5</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>275</v>
@@ -7219,103 +7219,103 @@
       </c>
       <c r="I18" s="2">
         <v>6</v>
       </c>
       <c r="J18" s="2">
         <v>6</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>250</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
         <v>102688</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
         <v>7044</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I19" s="2">
         <v>6</v>
       </c>
       <c r="J19" s="2">
         <v>6</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>250</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>102699</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>7634</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I20" s="2">
         <v>7</v>
       </c>
       <c r="J20" s="2">
         <v>7</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
         <v>240</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>340</v>
       </c>
@@ -7397,86 +7397,86 @@
       <c r="L22" s="2">
         <v>240</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>100165</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>8037</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I23" s="2">
         <v>8</v>
       </c>
       <c r="J23" s="2">
         <v>1</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
         <v>400</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
         <v>107629</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2">
         <v>7196</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>79</v>
       </c>
       <c r="I24" s="2">
         <v>8</v>
       </c>
       <c r="J24" s="2">
         <v>8</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
         <v>230</v>
@@ -7510,296 +7510,296 @@
       </c>
       <c r="H25" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I25" s="2">
         <v>8</v>
       </c>
       <c r="J25" s="2">
         <v>8</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>230</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>113071</v>
+        <v>101985</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
-        <v>7591</v>
+        <v>7051</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I26" s="2">
         <v>9</v>
       </c>
       <c r="J26" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>101985</v>
+        <v>102689</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>85</v>
+        <v>46</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>7051</v>
+        <v>7207</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="I27" s="2">
         <v>9</v>
       </c>
       <c r="J27" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>102689</v>
+        <v>113071</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>7207</v>
+        <v>7591</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I28" s="2">
         <v>9</v>
       </c>
       <c r="J28" s="2">
         <v>9</v>
       </c>
       <c r="K28" s="2">
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>220</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>102694</v>
+        <v>102691</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>89</v>
+        <v>63</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>7037</v>
-[...3 lines deleted...]
-      </c>
+        <v>7533</v>
+      </c>
+      <c r="F29" s="2"/>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="I29" s="2">
         <v>10</v>
       </c>
       <c r="J29" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>102691</v>
+        <v>106947</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>7533</v>
-[...1 lines deleted...]
-      <c r="F30" s="2"/>
+        <v>7094</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I30" s="2">
         <v>10</v>
       </c>
       <c r="J30" s="2">
         <v>10</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>210</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>106947</v>
+        <v>102694</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>7094</v>
+        <v>7037</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I31" s="2">
         <v>10</v>
       </c>
       <c r="J31" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>102418</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>7136</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>98</v>
       </c>
@@ -7928,130 +7928,130 @@
       </c>
       <c r="H35" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I35" s="2">
         <v>12</v>
       </c>
       <c r="J35" s="2">
         <v>12</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
         <v>190</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
-        <v>102696</v>
+        <v>103080</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
-        <v>7036</v>
+        <v>7624</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="I36" s="2">
         <v>12</v>
       </c>
       <c r="J36" s="2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
-        <v>103080</v>
+        <v>102696</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>7624</v>
+        <v>7036</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I37" s="2">
         <v>12</v>
       </c>
       <c r="J37" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
         <v>106949</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
         <v>7163</v>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I38" s="2">
         <v>13</v>
@@ -8134,128 +8134,128 @@
       </c>
       <c r="H40" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I40" s="2">
         <v>13</v>
       </c>
       <c r="J40" s="2">
         <v>13</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
         <v>180</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>100974</v>
+        <v>106950</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
-        <v>8521</v>
-[...3 lines deleted...]
-      </c>
+        <v>7626</v>
+      </c>
+      <c r="F41" s="2"/>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="I41" s="2">
         <v>14</v>
       </c>
       <c r="J41" s="2">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>106950</v>
+        <v>100974</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>7626</v>
-[...1 lines deleted...]
-      <c r="F42" s="2"/>
+        <v>8521</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>125</v>
       </c>
       <c r="I42" s="2">
         <v>14</v>
       </c>
       <c r="J42" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
         <v>100979</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2">
         <v>7588</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>126</v>
       </c>
@@ -8300,130 +8300,130 @@
       </c>
       <c r="H44" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I44" s="2">
         <v>15</v>
       </c>
       <c r="J44" s="2">
         <v>15</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
         <v>160</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>102698</v>
+        <v>113072</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
-        <v>7526</v>
+        <v>7055</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I45" s="2">
         <v>15</v>
       </c>
       <c r="J45" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
-        <v>113072</v>
+        <v>102698</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
-        <v>7055</v>
+        <v>7526</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>133</v>
       </c>
       <c r="I46" s="2">
         <v>15</v>
       </c>
       <c r="J46" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
         <v>113073</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
         <v>7230</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>136</v>
       </c>
@@ -8439,51 +8439,51 @@
       <c r="L47" s="2">
         <v>150</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>102699</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>7014</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I48" s="2">
         <v>16</v>
       </c>
       <c r="J48" s="2">
         <v>15</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
         <v>160</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>260</v>
       </c>
@@ -8523,51 +8523,51 @@
       <c r="L49" s="2">
         <v>150</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
         <v>113074</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
         <v>7554</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>143</v>
       </c>
       <c r="I50" s="2">
         <v>17</v>
       </c>
       <c r="J50" s="2">
         <v>17</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
         <v>140</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>240</v>
       </c>
@@ -8636,448 +8636,448 @@
       </c>
       <c r="H52" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I52" s="2">
         <v>17</v>
       </c>
       <c r="J52" s="2">
         <v>17</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
         <v>140</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
-        <v>102701</v>
+        <v>102696</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>149</v>
+        <v>105</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>150</v>
+        <v>106</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
-        <v>7093</v>
+        <v>7199</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I53" s="2">
         <v>18</v>
       </c>
       <c r="J53" s="2">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
       <c r="L53" s="2">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="M53" s="2">
         <v>0</v>
       </c>
       <c r="N53" s="2">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="2">
-        <v>102696</v>
+        <v>113075</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>105</v>
+        <v>150</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>106</v>
+        <v>151</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>7199</v>
+        <v>7011</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>152</v>
       </c>
       <c r="I54" s="2">
         <v>18</v>
       </c>
       <c r="J54" s="2">
         <v>18</v>
       </c>
       <c r="K54" s="2">
         <v>100</v>
       </c>
       <c r="L54" s="2">
         <v>130</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>113075</v>
+        <v>102701</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>153</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>7011</v>
+        <v>7093</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I55" s="2">
         <v>18</v>
       </c>
       <c r="J55" s="2">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>113076</v>
+        <v>102702</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>8006</v>
+        <v>7590</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I56" s="2">
         <v>19</v>
       </c>
       <c r="J56" s="2">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
-        <v>400</v>
+        <v>130</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>102702</v>
+        <v>103114</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>7590</v>
+        <v>8043</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I57" s="2">
         <v>19</v>
       </c>
       <c r="J57" s="2">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
-        <v>130</v>
+        <v>400</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>103114</v>
+        <v>113076</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>8043</v>
+        <v>8006</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>164</v>
+        <v>44</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>165</v>
       </c>
       <c r="I58" s="2">
         <v>19</v>
       </c>
       <c r="J58" s="2">
         <v>1</v>
       </c>
       <c r="K58" s="2">
         <v>100</v>
       </c>
       <c r="L58" s="2">
         <v>400</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>106982</v>
+        <v>102025</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>7184</v>
+        <v>7017</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>168</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I59" s="2">
         <v>20</v>
       </c>
       <c r="J59" s="2">
         <v>19</v>
       </c>
       <c r="K59" s="2">
         <v>100</v>
       </c>
       <c r="L59" s="2">
         <v>120</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
-        <v>102025</v>
+        <v>102687</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>170</v>
+        <v>23</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>171</v>
+        <v>24</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
-        <v>7017</v>
+        <v>7171</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>172</v>
+        <v>25</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="I60" s="2">
         <v>20</v>
       </c>
       <c r="J60" s="2">
         <v>19</v>
       </c>
       <c r="K60" s="2">
         <v>100</v>
       </c>
       <c r="L60" s="2">
         <v>120</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
-        <v>102687</v>
+        <v>102704</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>20</v>
+        <v>172</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
-        <v>7171</v>
+        <v>7104</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="I61" s="2">
         <v>20</v>
       </c>
       <c r="J61" s="2">
         <v>19</v>
       </c>
       <c r="K61" s="2">
         <v>100</v>
       </c>
       <c r="L61" s="2">
         <v>120</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>102704</v>
+        <v>106982</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>7104</v>
+        <v>7184</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>28</v>
+        <v>175</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="I62" s="2">
         <v>20</v>
       </c>
       <c r="J62" s="2">
         <v>19</v>
       </c>
       <c r="K62" s="2">
         <v>100</v>
       </c>
       <c r="L62" s="2">
         <v>120</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
         <v>107127</v>
       </c>
       <c r="B63" s="2" t="s">
@@ -9099,169 +9099,169 @@
       </c>
       <c r="I63" s="2">
         <v>21</v>
       </c>
       <c r="J63" s="2">
         <v>20</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
         <v>110</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>102025</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>7014</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="I64" s="2">
         <v>21</v>
       </c>
       <c r="J64" s="2">
         <v>20</v>
       </c>
       <c r="K64" s="2">
         <v>100</v>
       </c>
       <c r="L64" s="2">
         <v>110</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
-        <v>102705</v>
+        <v>101973</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>8001</v>
+        <v>7653</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>182</v>
       </c>
       <c r="I65" s="2">
         <v>22</v>
       </c>
       <c r="J65" s="2">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
-        <v>101973</v>
+        <v>102705</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
-        <v>7653</v>
+        <v>8001</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>185</v>
       </c>
       <c r="I66" s="2">
         <v>22</v>
       </c>
       <c r="J66" s="2">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="K66" s="2">
         <v>100</v>
       </c>
       <c r="L66" s="2">
-        <v>100</v>
+        <v>350</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>102777</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>7628</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>188</v>
       </c>
@@ -9390,170 +9390,170 @@
       </c>
       <c r="H70" s="2" t="s">
         <v>198</v>
       </c>
       <c r="I70" s="2">
         <v>23</v>
       </c>
       <c r="J70" s="2">
         <v>22</v>
       </c>
       <c r="K70" s="2">
         <v>100</v>
       </c>
       <c r="L70" s="2">
         <v>99</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="2">
-        <v>101748</v>
+        <v>100987</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>7209</v>
+        <v>8031</v>
       </c>
       <c r="F71" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="H71" s="2" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="I71" s="2">
         <v>24</v>
       </c>
       <c r="J71" s="2">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="K71" s="2">
         <v>100</v>
       </c>
       <c r="L71" s="2">
-        <v>98</v>
+        <v>325</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
-        <v>198</v>
+        <v>425</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
         <v>106975</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
         <v>7192</v>
       </c>
       <c r="F72" s="2"/>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="I72" s="2">
         <v>24</v>
       </c>
       <c r="J72" s="2">
         <v>23</v>
       </c>
       <c r="K72" s="2">
         <v>100</v>
       </c>
       <c r="L72" s="2">
         <v>98</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
-        <v>100987</v>
+        <v>101748</v>
       </c>
       <c r="B73" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="C73" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
-        <v>8031</v>
+        <v>7209</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>28</v>
+        <v>206</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>207</v>
       </c>
       <c r="I73" s="2">
         <v>24</v>
       </c>
       <c r="J73" s="2">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="K73" s="2">
         <v>100</v>
       </c>
       <c r="L73" s="2">
-        <v>325</v>
+        <v>98</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
-        <v>425</v>
+        <v>198</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>102037</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>8043</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>210</v>
       </c>
@@ -9638,424 +9638,424 @@
       </c>
       <c r="H76" s="2" t="s">
         <v>216</v>
       </c>
       <c r="I76" s="2">
         <v>25</v>
       </c>
       <c r="J76" s="2">
         <v>24</v>
       </c>
       <c r="K76" s="2">
         <v>100</v>
       </c>
       <c r="L76" s="2">
         <v>97</v>
       </c>
       <c r="M76" s="2">
         <v>0</v>
       </c>
       <c r="N76" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="2">
-        <v>102706</v>
+        <v>102708</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>189</v>
+        <v>217</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>190</v>
+        <v>218</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
-        <v>7098</v>
+        <v>7153</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="I77" s="2">
         <v>26</v>
       </c>
       <c r="J77" s="2">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
-        <v>113079</v>
+        <v>102706</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>218</v>
+        <v>189</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>219</v>
+        <v>190</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
-        <v>7041</v>
+        <v>7098</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>220</v>
       </c>
       <c r="I78" s="2">
         <v>26</v>
       </c>
       <c r="J78" s="2">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K78" s="2">
         <v>100</v>
       </c>
       <c r="L78" s="2">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
-        <v>197</v>
+        <v>196</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>102708</v>
+        <v>113079</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>7153</v>
+        <v>7041</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>223</v>
       </c>
       <c r="I79" s="2">
         <v>26</v>
       </c>
       <c r="J79" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K79" s="2">
         <v>100</v>
       </c>
       <c r="L79" s="2">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
-        <v>198</v>
+        <v>197</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>102694</v>
+        <v>102709</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>89</v>
+        <v>224</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>90</v>
+        <v>225</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>7120</v>
+        <v>7052</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="I80" s="2">
         <v>27</v>
       </c>
       <c r="J80" s="2">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="K80" s="2">
         <v>100</v>
       </c>
       <c r="L80" s="2">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
-        <v>111638</v>
+        <v>102694</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>225</v>
+        <v>93</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>226</v>
+        <v>94</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
-        <v>7067</v>
+        <v>7120</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>227</v>
       </c>
       <c r="I81" s="2">
         <v>27</v>
       </c>
       <c r="J81" s="2">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K81" s="2">
         <v>100</v>
       </c>
       <c r="L81" s="2">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
-        <v>102709</v>
+        <v>111638</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
-        <v>7052</v>
+        <v>7067</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>230</v>
       </c>
       <c r="I82" s="2">
         <v>27</v>
       </c>
       <c r="J82" s="2">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K82" s="2">
         <v>100</v>
       </c>
       <c r="L82" s="2">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
-        <v>197</v>
+        <v>196</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>102721</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>7533</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>233</v>
       </c>
       <c r="I83" s="2">
         <v>28</v>
       </c>
       <c r="J83" s="2">
         <v>27</v>
       </c>
       <c r="K83" s="2">
         <v>100</v>
       </c>
       <c r="L83" s="2">
         <v>94</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>102710</v>
+        <v>113254</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>7127</v>
+        <v>7658</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>28</v>
+        <v>175</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>236</v>
       </c>
       <c r="I84" s="2">
         <v>28</v>
       </c>
       <c r="J84" s="2">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K84" s="2">
         <v>100</v>
       </c>
       <c r="L84" s="2">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
-        <v>113254</v>
+        <v>102710</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
-        <v>7658</v>
+        <v>7127</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>168</v>
+        <v>28</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>239</v>
       </c>
       <c r="I85" s="2">
         <v>28</v>
       </c>
       <c r="J85" s="2">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K85" s="2">
         <v>100</v>
       </c>
       <c r="L85" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>102711</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>7534</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>242</v>
       </c>
@@ -10071,93 +10071,93 @@
       <c r="L86" s="2">
         <v>95</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>195</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>106986</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
         <v>7649</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>245</v>
       </c>
       <c r="I87" s="2">
         <v>29</v>
       </c>
       <c r="J87" s="2">
         <v>27</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
         <v>94</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
         <v>105233</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
         <v>8526</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I88" s="2">
         <v>29</v>
       </c>
       <c r="J88" s="2">
         <v>28</v>
       </c>
       <c r="K88" s="2">
         <v>100</v>
       </c>
       <c r="L88" s="2">
         <v>93</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>193</v>
       </c>
@@ -10239,219 +10239,219 @@
       <c r="L90" s="2">
         <v>92</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">
         <v>102712</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2">
         <v>7158</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I91" s="2">
         <v>30</v>
       </c>
       <c r="J91" s="2">
         <v>27</v>
       </c>
       <c r="K91" s="2">
         <v>100</v>
       </c>
       <c r="L91" s="2">
         <v>94</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
         <v>101985</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
         <v>7194</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>256</v>
       </c>
       <c r="I92" s="2">
         <v>31</v>
       </c>
       <c r="J92" s="2">
         <v>30</v>
       </c>
       <c r="K92" s="2">
         <v>100</v>
       </c>
       <c r="L92" s="2">
         <v>91</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>113083</v>
+        <v>102713</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>7603</v>
+        <v>7002</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>259</v>
       </c>
       <c r="I93" s="2">
         <v>31</v>
       </c>
       <c r="J93" s="2">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K93" s="2">
         <v>100</v>
       </c>
       <c r="L93" s="2">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>102713</v>
+        <v>113083</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>7002</v>
+        <v>7603</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>262</v>
       </c>
       <c r="I94" s="2">
         <v>31</v>
       </c>
       <c r="J94" s="2">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="K94" s="2">
         <v>100</v>
       </c>
       <c r="L94" s="2">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>193</v>
+        <v>192</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
         <v>104485</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
         <v>7020</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>265</v>
       </c>
       <c r="I95" s="2">
         <v>32</v>
       </c>
       <c r="J95" s="2">
         <v>31</v>
       </c>
       <c r="K95" s="2">
         <v>100</v>
       </c>
       <c r="L95" s="2">
         <v>90</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
         <v>190</v>
       </c>
@@ -10533,51 +10533,51 @@
       <c r="L97" s="2">
         <v>91</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
         <v>102759</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>272</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>273</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
         <v>7661</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>274</v>
       </c>
       <c r="I98" s="2">
         <v>33</v>
       </c>
       <c r="J98" s="2">
         <v>31</v>
       </c>
       <c r="K98" s="2">
         <v>100</v>
       </c>
       <c r="L98" s="2">
         <v>90</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
         <v>190</v>
       </c>
@@ -10607,54 +10607,54 @@
       </c>
       <c r="I99" s="2">
         <v>33</v>
       </c>
       <c r="J99" s="2">
         <v>29</v>
       </c>
       <c r="K99" s="2">
         <v>100</v>
       </c>
       <c r="L99" s="2">
         <v>92</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
         <v>102705</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
         <v>8008</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>278</v>
       </c>
       <c r="I100" s="2">
         <v>33</v>
       </c>
       <c r="J100" s="2">
         <v>2</v>
       </c>
       <c r="K100" s="2">
         <v>100</v>
       </c>
       <c r="L100" s="2">
         <v>350</v>
@@ -10770,254 +10770,254 @@
       </c>
       <c r="H103" s="2" t="s">
         <v>285</v>
       </c>
       <c r="I103" s="2">
         <v>34</v>
       </c>
       <c r="J103" s="2">
         <v>30</v>
       </c>
       <c r="K103" s="2">
         <v>100</v>
       </c>
       <c r="L103" s="2">
         <v>91</v>
       </c>
       <c r="M103" s="2">
         <v>0</v>
       </c>
       <c r="N103" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="2">
-        <v>102716</v>
+        <v>113087</v>
       </c>
       <c r="B104" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C104" s="2" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>7022</v>
+        <v>7590</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="I104" s="2">
         <v>35</v>
       </c>
       <c r="J104" s="2">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="K104" s="2">
         <v>100</v>
       </c>
       <c r="L104" s="2">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="M104" s="2">
         <v>0</v>
       </c>
       <c r="N104" s="2">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="2">
-        <v>113087</v>
+        <v>106964</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>82</v>
+        <v>288</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>289</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>7590</v>
-[...3 lines deleted...]
-      </c>
+        <v>7613</v>
+      </c>
+      <c r="F105" s="2"/>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>290</v>
       </c>
       <c r="I105" s="2">
         <v>35</v>
       </c>
       <c r="J105" s="2">
         <v>33</v>
       </c>
       <c r="K105" s="2">
         <v>100</v>
       </c>
       <c r="L105" s="2">
         <v>88</v>
       </c>
       <c r="M105" s="2">
         <v>0</v>
       </c>
       <c r="N105" s="2">
         <v>188</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="2">
-        <v>106964</v>
+        <v>102716</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>291</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>292</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>7613</v>
-[...1 lines deleted...]
-      <c r="F106" s="2"/>
+        <v>7022</v>
+      </c>
+      <c r="F106" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>293</v>
       </c>
       <c r="I106" s="2">
         <v>35</v>
       </c>
       <c r="J106" s="2">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K106" s="2">
         <v>100</v>
       </c>
       <c r="L106" s="2">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M106" s="2">
         <v>0</v>
       </c>
       <c r="N106" s="2">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="2">
-        <v>106985</v>
+        <v>101998</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>294</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
-        <v>7202</v>
+        <v>7518</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="I107" s="2">
         <v>36</v>
       </c>
       <c r="J107" s="2">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K107" s="2">
         <v>100</v>
       </c>
       <c r="L107" s="2">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
-        <v>101998</v>
+        <v>106985</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>297</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
-        <v>7518</v>
+        <v>7202</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>298</v>
       </c>
       <c r="I108" s="2">
         <v>36</v>
       </c>
       <c r="J108" s="2">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="K108" s="2">
         <v>100</v>
       </c>
       <c r="L108" s="2">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="M108" s="2">
         <v>0</v>
       </c>
       <c r="N108" s="2">
-        <v>189</v>
+        <v>187</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="2">
         <v>106965</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>300</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2">
         <v>7105</v>
       </c>
       <c r="F109" s="2"/>
       <c r="G109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>301</v>
       </c>
       <c r="I109" s="2">
         <v>36</v>
@@ -11184,128 +11184,128 @@
       </c>
       <c r="H113" s="2" t="s">
         <v>314</v>
       </c>
       <c r="I113" s="2">
         <v>38</v>
       </c>
       <c r="J113" s="2">
         <v>36</v>
       </c>
       <c r="K113" s="2">
         <v>100</v>
       </c>
       <c r="L113" s="2">
         <v>85</v>
       </c>
       <c r="M113" s="2">
         <v>0</v>
       </c>
       <c r="N113" s="2">
         <v>185</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="2">
-        <v>102719</v>
+        <v>106989</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>316</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2">
-        <v>7539</v>
-[...3 lines deleted...]
-      </c>
+        <v>7040</v>
+      </c>
+      <c r="F114" s="2"/>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>317</v>
       </c>
       <c r="I114" s="2">
         <v>38</v>
       </c>
       <c r="J114" s="2">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="K114" s="2">
         <v>100</v>
       </c>
       <c r="L114" s="2">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="M114" s="2">
         <v>0</v>
       </c>
       <c r="N114" s="2">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="2">
-        <v>106989</v>
+        <v>102719</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>7040</v>
-[...1 lines deleted...]
-      <c r="F115" s="2"/>
+        <v>7539</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>320</v>
       </c>
       <c r="I115" s="2">
         <v>38</v>
       </c>
       <c r="J115" s="2">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K115" s="2">
         <v>100</v>
       </c>
       <c r="L115" s="2">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="M115" s="2">
         <v>0</v>
       </c>
       <c r="N115" s="2">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="2">
         <v>102781</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>322</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2">
         <v>7021</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>323</v>
       </c>
@@ -11392,798 +11392,798 @@
       </c>
       <c r="H118" s="2" t="s">
         <v>329</v>
       </c>
       <c r="I118" s="2">
         <v>39</v>
       </c>
       <c r="J118" s="2">
         <v>35</v>
       </c>
       <c r="K118" s="2">
         <v>100</v>
       </c>
       <c r="L118" s="2">
         <v>86</v>
       </c>
       <c r="M118" s="2">
         <v>0</v>
       </c>
       <c r="N118" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="2">
-        <v>102721</v>
+        <v>102037</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>231</v>
+        <v>208</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>232</v>
+        <v>209</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2">
-        <v>7544</v>
+        <v>8003</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>330</v>
       </c>
       <c r="I119" s="2">
         <v>40</v>
       </c>
       <c r="J119" s="2">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="K119" s="2">
         <v>100</v>
       </c>
       <c r="L119" s="2">
-        <v>85</v>
+        <v>325</v>
       </c>
       <c r="M119" s="2">
         <v>0</v>
       </c>
       <c r="N119" s="2">
-        <v>185</v>
+        <v>425</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="2">
-        <v>102037</v>
+        <v>113091</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>208</v>
+        <v>331</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>209</v>
+        <v>332</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2">
-        <v>8003</v>
+        <v>7636</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="I120" s="2">
         <v>40</v>
       </c>
       <c r="J120" s="2">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="K120" s="2">
         <v>100</v>
       </c>
       <c r="L120" s="2">
-        <v>325</v>
+        <v>83</v>
       </c>
       <c r="M120" s="2">
         <v>0</v>
       </c>
       <c r="N120" s="2">
-        <v>425</v>
+        <v>183</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="2">
-        <v>113091</v>
+        <v>102721</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>332</v>
+        <v>231</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>333</v>
+        <v>232</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
-        <v>7636</v>
+        <v>7544</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>334</v>
       </c>
       <c r="I121" s="2">
         <v>40</v>
       </c>
       <c r="J121" s="2">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="K121" s="2">
         <v>100</v>
       </c>
       <c r="L121" s="2">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="M121" s="2">
         <v>0</v>
       </c>
       <c r="N121" s="2">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="2">
-        <v>102722</v>
+        <v>106969</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>335</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>336</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2">
-        <v>7533</v>
-[...3 lines deleted...]
-      </c>
+        <v>7656</v>
+      </c>
+      <c r="F122" s="2"/>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>337</v>
       </c>
       <c r="I122" s="2">
         <v>41</v>
       </c>
       <c r="J122" s="2">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K122" s="2">
         <v>100</v>
       </c>
       <c r="L122" s="2">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="M122" s="2">
         <v>0</v>
       </c>
       <c r="N122" s="2">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="2">
-        <v>106969</v>
+        <v>102012</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2">
-        <v>7656</v>
-[...1 lines deleted...]
-      <c r="F123" s="2"/>
+        <v>7621</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G123" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>340</v>
       </c>
       <c r="I123" s="2">
         <v>41</v>
       </c>
       <c r="J123" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K123" s="2">
         <v>100</v>
       </c>
       <c r="L123" s="2">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="M123" s="2">
         <v>0</v>
       </c>
       <c r="N123" s="2">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="2">
-        <v>102012</v>
+        <v>102722</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>342</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2">
-        <v>7621</v>
+        <v>7533</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>343</v>
       </c>
       <c r="I124" s="2">
         <v>41</v>
       </c>
       <c r="J124" s="2">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="K124" s="2">
         <v>100</v>
       </c>
       <c r="L124" s="2">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="M124" s="2">
         <v>0</v>
       </c>
       <c r="N124" s="2">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="2">
-        <v>107026</v>
+        <v>101006</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>345</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>7213</v>
+        <v>7613</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>28</v>
+        <v>194</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>346</v>
       </c>
       <c r="I125" s="2">
         <v>42</v>
       </c>
       <c r="J125" s="2">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="K125" s="2">
         <v>100</v>
       </c>
       <c r="L125" s="2">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="M125" s="2">
         <v>0</v>
       </c>
       <c r="N125" s="2">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="2">
-        <v>101006</v>
+        <v>107026</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>347</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>348</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
-        <v>7613</v>
+        <v>7213</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>194</v>
+        <v>28</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>349</v>
       </c>
       <c r="I126" s="2">
         <v>42</v>
       </c>
       <c r="J126" s="2">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K126" s="2">
         <v>100</v>
       </c>
       <c r="L126" s="2">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="M126" s="2">
         <v>0</v>
       </c>
       <c r="N126" s="2">
-        <v>183</v>
+        <v>181</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="2">
         <v>102698</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2">
         <v>7522</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>350</v>
       </c>
       <c r="I127" s="2">
         <v>42</v>
       </c>
       <c r="J127" s="2">
         <v>39</v>
       </c>
       <c r="K127" s="2">
         <v>100</v>
       </c>
       <c r="L127" s="2">
         <v>82</v>
       </c>
       <c r="M127" s="2">
         <v>0</v>
       </c>
       <c r="N127" s="2">
         <v>182</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="2">
-        <v>113094</v>
+        <v>102723</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>351</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>352</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2">
-        <v>7567</v>
+        <v>7064</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I128" s="2">
         <v>43</v>
       </c>
       <c r="J128" s="2">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="K128" s="2">
         <v>100</v>
       </c>
       <c r="L128" s="2">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M128" s="2">
         <v>0</v>
       </c>
       <c r="N128" s="2">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="2">
-        <v>102723</v>
+        <v>113094</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>355</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
-        <v>7064</v>
+        <v>7567</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>356</v>
       </c>
       <c r="I129" s="2">
         <v>43</v>
       </c>
       <c r="J129" s="2">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="K129" s="2">
         <v>100</v>
       </c>
       <c r="L129" s="2">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="M129" s="2">
         <v>0</v>
       </c>
       <c r="N129" s="2">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="2">
         <v>106971</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>358</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2">
         <v>7587</v>
       </c>
       <c r="F130" s="2"/>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>359</v>
       </c>
       <c r="I130" s="2">
         <v>43</v>
       </c>
       <c r="J130" s="2">
         <v>40</v>
       </c>
       <c r="K130" s="2">
         <v>100</v>
       </c>
       <c r="L130" s="2">
         <v>81</v>
       </c>
       <c r="M130" s="2">
         <v>0</v>
       </c>
       <c r="N130" s="2">
         <v>181</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="2">
-        <v>102724</v>
+        <v>102785</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>361</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
-        <v>7035</v>
+        <v>7127</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>362</v>
       </c>
       <c r="I131" s="2">
         <v>44</v>
       </c>
       <c r="J131" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K131" s="2">
         <v>100</v>
       </c>
       <c r="L131" s="2">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="M131" s="2">
         <v>0</v>
       </c>
       <c r="N131" s="2">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="2">
-        <v>102785</v>
+        <v>111688</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>363</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>364</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
-        <v>7127</v>
+        <v>7639</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>28</v>
+        <v>307</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>365</v>
       </c>
       <c r="I132" s="2">
         <v>44</v>
       </c>
       <c r="J132" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K132" s="2">
         <v>100</v>
       </c>
       <c r="L132" s="2">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="M132" s="2">
         <v>0</v>
       </c>
       <c r="N132" s="2">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="2">
-        <v>111688</v>
+        <v>102724</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>367</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
-        <v>7639</v>
+        <v>7035</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>307</v>
+        <v>28</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>368</v>
       </c>
       <c r="I133" s="2">
         <v>44</v>
       </c>
       <c r="J133" s="2">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="K133" s="2">
         <v>100</v>
       </c>
       <c r="L133" s="2">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="M133" s="2">
         <v>0</v>
       </c>
       <c r="N133" s="2">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="2">
-        <v>102725</v>
+        <v>102030</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
-        <v>7566</v>
+        <v>8046</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H134" s="2" t="s">
         <v>371</v>
       </c>
       <c r="I134" s="2">
         <v>45</v>
       </c>
       <c r="J134" s="2">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="K134" s="2">
         <v>100</v>
       </c>
       <c r="L134" s="2">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="M134" s="2">
         <v>0</v>
       </c>
       <c r="N134" s="2">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="2">
-        <v>102030</v>
+        <v>113095</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>373</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2">
-        <v>8046</v>
+        <v>7223</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>374</v>
       </c>
       <c r="I135" s="2">
         <v>45</v>
       </c>
       <c r="J135" s="2">
-        <v>4</v>
+        <v>43</v>
       </c>
       <c r="K135" s="2">
         <v>100</v>
       </c>
       <c r="L135" s="2">
-        <v>300</v>
+        <v>78</v>
       </c>
       <c r="M135" s="2">
         <v>0</v>
       </c>
       <c r="N135" s="2">
-        <v>400</v>
+        <v>178</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="2">
-        <v>113095</v>
+        <v>102725</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>375</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>376</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
-        <v>7223</v>
+        <v>7566</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>377</v>
       </c>
       <c r="I136" s="2">
         <v>45</v>
       </c>
       <c r="J136" s="2">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="K136" s="2">
         <v>100</v>
       </c>
       <c r="L136" s="2">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="M136" s="2">
         <v>0</v>
       </c>
       <c r="N136" s="2">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="2">
         <v>106974</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>379</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
         <v>7024</v>
       </c>
       <c r="F137" s="2"/>
       <c r="G137" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>380</v>
       </c>
       <c r="I137" s="2">
         <v>46</v>
@@ -12197,51 +12197,51 @@
       <c r="L137" s="2">
         <v>79</v>
       </c>
       <c r="M137" s="2">
         <v>0</v>
       </c>
       <c r="N137" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="2">
         <v>101003</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>382</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>7527</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>383</v>
       </c>
       <c r="I138" s="2">
         <v>46</v>
       </c>
       <c r="J138" s="2">
         <v>42</v>
       </c>
       <c r="K138" s="2">
         <v>100</v>
       </c>
       <c r="L138" s="2">
         <v>79</v>
       </c>
       <c r="M138" s="2">
         <v>0</v>
       </c>
       <c r="N138" s="2">
         <v>179</v>
       </c>
@@ -12310,146 +12310,146 @@
       </c>
       <c r="H140" s="2" t="s">
         <v>389</v>
       </c>
       <c r="I140" s="2">
         <v>47</v>
       </c>
       <c r="J140" s="2">
         <v>45</v>
       </c>
       <c r="K140" s="2">
         <v>100</v>
       </c>
       <c r="L140" s="2">
         <v>76</v>
       </c>
       <c r="M140" s="2">
         <v>0</v>
       </c>
       <c r="N140" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="2">
-        <v>106975</v>
+        <v>102727</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>203</v>
+        <v>390</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>203</v>
+        <v>391</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
-        <v>7075</v>
-[...1 lines deleted...]
-      <c r="F141" s="2"/>
+        <v>7135</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="I141" s="2">
         <v>47</v>
       </c>
       <c r="J141" s="2">
         <v>43</v>
       </c>
       <c r="K141" s="2">
         <v>100</v>
       </c>
       <c r="L141" s="2">
         <v>78</v>
       </c>
       <c r="M141" s="2">
         <v>0</v>
       </c>
       <c r="N141" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="2">
-        <v>102727</v>
+        <v>106975</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>390</v>
+        <v>202</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>391</v>
+        <v>202</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
-        <v>7135</v>
-[...3 lines deleted...]
-      </c>
+        <v>7075</v>
+      </c>
+      <c r="F142" s="2"/>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>392</v>
+        <v>380</v>
       </c>
       <c r="I142" s="2">
         <v>47</v>
       </c>
       <c r="J142" s="2">
         <v>43</v>
       </c>
       <c r="K142" s="2">
         <v>100</v>
       </c>
       <c r="L142" s="2">
         <v>78</v>
       </c>
       <c r="M142" s="2">
         <v>0</v>
       </c>
       <c r="N142" s="2">
         <v>178</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="2">
         <v>100993</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>394</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
         <v>7511</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>395</v>
       </c>
       <c r="I143" s="2">
         <v>48</v>
       </c>
       <c r="J143" s="2">
         <v>44</v>
       </c>
       <c r="K143" s="2">
         <v>100</v>
       </c>
       <c r="L143" s="2">
         <v>77</v>
       </c>
       <c r="M143" s="2">
         <v>0</v>
       </c>
       <c r="N143" s="2">
         <v>177</v>
       </c>
@@ -12606,51 +12606,51 @@
       </c>
       <c r="J147" s="2">
         <v>45</v>
       </c>
       <c r="K147" s="2">
         <v>100</v>
       </c>
       <c r="L147" s="2">
         <v>76</v>
       </c>
       <c r="M147" s="2">
         <v>0</v>
       </c>
       <c r="N147" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="2">
         <v>105632</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
         <v>7204</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>406</v>
       </c>
       <c r="I148" s="2">
         <v>49</v>
       </c>
       <c r="J148" s="2">
         <v>46</v>
       </c>
       <c r="K148" s="2">
         <v>100</v>
       </c>
       <c r="L148" s="2">
         <v>75</v>
@@ -12768,172 +12768,172 @@
       </c>
       <c r="H151" s="2" t="s">
         <v>415</v>
       </c>
       <c r="I151" s="2">
         <v>50</v>
       </c>
       <c r="J151" s="2">
         <v>46</v>
       </c>
       <c r="K151" s="2">
         <v>100</v>
       </c>
       <c r="L151" s="2">
         <v>75</v>
       </c>
       <c r="M151" s="2">
         <v>0</v>
       </c>
       <c r="N151" s="2">
         <v>175</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="2">
-        <v>102719</v>
+        <v>102465</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>315</v>
+        <v>416</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>316</v>
+        <v>94</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
-        <v>7630</v>
+        <v>7576</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="I152" s="2">
         <v>51</v>
       </c>
       <c r="J152" s="2">
         <v>47</v>
       </c>
       <c r="K152" s="2">
         <v>100</v>
       </c>
       <c r="L152" s="2">
         <v>74</v>
       </c>
       <c r="M152" s="2">
         <v>0</v>
       </c>
       <c r="N152" s="2">
         <v>174</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="2">
-        <v>113100</v>
+        <v>102719</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>417</v>
+        <v>318</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>418</v>
+        <v>319</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
-        <v>7501</v>
+        <v>7630</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="2" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="I153" s="2">
         <v>51</v>
       </c>
       <c r="J153" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K153" s="2">
         <v>100</v>
       </c>
       <c r="L153" s="2">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M153" s="2">
         <v>0</v>
       </c>
       <c r="N153" s="2">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="2">
-        <v>102465</v>
+        <v>113100</v>
       </c>
       <c r="B154" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="C154" s="2" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
-        <v>7576</v>
+        <v>7501</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>421</v>
       </c>
       <c r="I154" s="2">
         <v>51</v>
       </c>
       <c r="J154" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K154" s="2">
         <v>100</v>
       </c>
       <c r="L154" s="2">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="M154" s="2">
         <v>0</v>
       </c>
       <c r="N154" s="2">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="2">
         <v>102732</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>422</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
         <v>7612</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>423</v>
       </c>
@@ -12991,170 +12991,170 @@
       <c r="L156" s="2">
         <v>72</v>
       </c>
       <c r="M156" s="2">
         <v>0</v>
       </c>
       <c r="N156" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="2">
         <v>106980</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>427</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>428</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
         <v>7651</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>429</v>
       </c>
       <c r="I157" s="2">
         <v>52</v>
       </c>
       <c r="J157" s="2">
         <v>48</v>
       </c>
       <c r="K157" s="2">
         <v>100</v>
       </c>
       <c r="L157" s="2">
         <v>73</v>
       </c>
       <c r="M157" s="2">
         <v>0</v>
       </c>
       <c r="N157" s="2">
         <v>173</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="2">
         <v>107021</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
         <v>7669</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>432</v>
       </c>
       <c r="I158" s="2">
         <v>53</v>
       </c>
       <c r="J158" s="2">
         <v>50</v>
       </c>
       <c r="K158" s="2">
         <v>100</v>
       </c>
       <c r="L158" s="2">
         <v>71</v>
       </c>
       <c r="M158" s="2">
         <v>0</v>
       </c>
       <c r="N158" s="2">
         <v>171</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="2">
         <v>101018</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
         <v>7507</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>435</v>
       </c>
       <c r="I159" s="2">
         <v>53</v>
       </c>
       <c r="J159" s="2">
         <v>49</v>
       </c>
       <c r="K159" s="2">
         <v>100</v>
       </c>
       <c r="L159" s="2">
         <v>72</v>
       </c>
       <c r="M159" s="2">
         <v>0</v>
       </c>
       <c r="N159" s="2">
         <v>172</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="2">
         <v>101998</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>7558</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>436</v>
       </c>
       <c r="I160" s="2">
         <v>53</v>
       </c>
       <c r="J160" s="2">
         <v>49</v>
       </c>
       <c r="K160" s="2">
         <v>100</v>
       </c>
       <c r="L160" s="2">
         <v>72</v>
@@ -13188,882 +13188,882 @@
       </c>
       <c r="H161" s="2" t="s">
         <v>439</v>
       </c>
       <c r="I161" s="2">
         <v>54</v>
       </c>
       <c r="J161" s="2">
         <v>51</v>
       </c>
       <c r="K161" s="2">
         <v>100</v>
       </c>
       <c r="L161" s="2">
         <v>70</v>
       </c>
       <c r="M161" s="2">
         <v>0</v>
       </c>
       <c r="N161" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="2">
-        <v>102734</v>
+        <v>106982</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>440</v>
+        <v>173</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>441</v>
+        <v>174</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
-        <v>8028</v>
+        <v>7022</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>28</v>
+        <v>175</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H162" s="2" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="I162" s="2">
         <v>54</v>
       </c>
       <c r="J162" s="2">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="K162" s="2">
         <v>100</v>
       </c>
       <c r="L162" s="2">
-        <v>275</v>
+        <v>71</v>
       </c>
       <c r="M162" s="2">
         <v>0</v>
       </c>
       <c r="N162" s="2">
-        <v>375</v>
+        <v>171</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="2">
-        <v>106982</v>
+        <v>102734</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>166</v>
+        <v>440</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>167</v>
+        <v>441</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
-        <v>7022</v>
+        <v>8028</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>168</v>
+        <v>28</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="I163" s="2">
         <v>54</v>
       </c>
       <c r="J163" s="2">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="K163" s="2">
         <v>100</v>
       </c>
       <c r="L163" s="2">
-        <v>71</v>
+        <v>275</v>
       </c>
       <c r="M163" s="2">
         <v>0</v>
       </c>
       <c r="N163" s="2">
-        <v>171</v>
+        <v>375</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="2">
         <v>101708</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
         <v>7572</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>445</v>
       </c>
       <c r="I164" s="2">
         <v>55</v>
       </c>
       <c r="J164" s="2">
         <v>51</v>
       </c>
       <c r="K164" s="2">
         <v>100</v>
       </c>
       <c r="L164" s="2">
         <v>70</v>
       </c>
       <c r="M164" s="2">
         <v>0</v>
       </c>
       <c r="N164" s="2">
         <v>170</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="2">
-        <v>107003</v>
+        <v>102012</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>446</v>
+        <v>338</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>447</v>
+        <v>339</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2">
-        <v>7090</v>
+        <v>7532</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="I165" s="2">
         <v>55</v>
       </c>
       <c r="J165" s="2">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K165" s="2">
         <v>100</v>
       </c>
       <c r="L165" s="2">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M165" s="2">
         <v>0</v>
       </c>
       <c r="N165" s="2">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="2">
-        <v>102012</v>
+        <v>107003</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>341</v>
+        <v>447</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>342</v>
+        <v>448</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2">
-        <v>7532</v>
+        <v>7090</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>449</v>
       </c>
       <c r="I166" s="2">
         <v>55</v>
       </c>
       <c r="J166" s="2">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K166" s="2">
         <v>100</v>
       </c>
       <c r="L166" s="2">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="M166" s="2">
         <v>0</v>
       </c>
       <c r="N166" s="2">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="2">
-        <v>101604</v>
+        <v>106984</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>451</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
-        <v>7557</v>
-[...3 lines deleted...]
-      </c>
+        <v>7009</v>
+      </c>
+      <c r="F167" s="2"/>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>452</v>
       </c>
       <c r="I167" s="2">
         <v>56</v>
       </c>
       <c r="J167" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K167" s="2">
         <v>100</v>
       </c>
       <c r="L167" s="2">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="M167" s="2">
         <v>0</v>
       </c>
       <c r="N167" s="2">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="2">
-        <v>106984</v>
+        <v>101604</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>454</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
-        <v>7009</v>
-[...1 lines deleted...]
-      <c r="F168" s="2"/>
+        <v>7557</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>455</v>
       </c>
       <c r="I168" s="2">
         <v>56</v>
       </c>
       <c r="J168" s="2">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K168" s="2">
         <v>100</v>
       </c>
       <c r="L168" s="2">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M168" s="2">
         <v>0</v>
       </c>
       <c r="N168" s="2">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="2">
         <v>113105</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>457</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
         <v>7224</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>458</v>
       </c>
       <c r="I169" s="2">
         <v>56</v>
       </c>
       <c r="J169" s="2">
         <v>53</v>
       </c>
       <c r="K169" s="2">
         <v>100</v>
       </c>
       <c r="L169" s="2">
         <v>68</v>
       </c>
       <c r="M169" s="2">
         <v>0</v>
       </c>
       <c r="N169" s="2">
         <v>168</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="2">
-        <v>106985</v>
+        <v>102737</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>294</v>
+        <v>459</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>295</v>
+        <v>375</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
-        <v>7063</v>
+        <v>7080</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="I170" s="2">
         <v>57</v>
       </c>
       <c r="J170" s="2">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K170" s="2">
         <v>100</v>
       </c>
       <c r="L170" s="2">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M170" s="2">
         <v>0</v>
       </c>
       <c r="N170" s="2">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="2">
-        <v>107080</v>
+        <v>106985</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>460</v>
+        <v>296</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>461</v>
+        <v>297</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
-        <v>7210</v>
+        <v>7063</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H171" s="2" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="I171" s="2">
         <v>57</v>
       </c>
       <c r="J171" s="2">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K171" s="2">
         <v>100</v>
       </c>
       <c r="L171" s="2">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M171" s="2">
         <v>0</v>
       </c>
       <c r="N171" s="2">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="2">
-        <v>102737</v>
+        <v>107080</v>
       </c>
       <c r="B172" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="C172" s="2" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2">
-        <v>7080</v>
+        <v>7210</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>464</v>
       </c>
       <c r="I172" s="2">
         <v>57</v>
       </c>
       <c r="J172" s="2">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="K172" s="2">
         <v>100</v>
       </c>
       <c r="L172" s="2">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="M172" s="2">
         <v>0</v>
       </c>
       <c r="N172" s="2">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="2">
-        <v>106986</v>
+        <v>102738</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>243</v>
+        <v>465</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>244</v>
+        <v>466</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
-        <v>7590</v>
+        <v>7598</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I173" s="2">
         <v>58</v>
       </c>
       <c r="J173" s="2">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K173" s="2">
         <v>100</v>
       </c>
       <c r="L173" s="2">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M173" s="2">
         <v>0</v>
       </c>
       <c r="N173" s="2">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="2">
-        <v>113107</v>
+        <v>106986</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>466</v>
+        <v>243</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>467</v>
+        <v>244</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
-        <v>7005</v>
+        <v>7590</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>468</v>
       </c>
       <c r="I174" s="2">
         <v>58</v>
       </c>
       <c r="J174" s="2">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K174" s="2">
         <v>100</v>
       </c>
       <c r="L174" s="2">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M174" s="2">
         <v>0</v>
       </c>
       <c r="N174" s="2">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="2">
-        <v>102738</v>
+        <v>113107</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>470</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
-        <v>7598</v>
+        <v>7005</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>471</v>
       </c>
       <c r="I175" s="2">
         <v>58</v>
       </c>
       <c r="J175" s="2">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="K175" s="2">
         <v>100</v>
       </c>
       <c r="L175" s="2">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="M175" s="2">
         <v>0</v>
       </c>
       <c r="N175" s="2">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="2">
         <v>102074</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
         <v>7166</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>474</v>
       </c>
       <c r="I176" s="2">
         <v>59</v>
       </c>
       <c r="J176" s="2">
         <v>56</v>
       </c>
       <c r="K176" s="2">
         <v>100</v>
       </c>
       <c r="L176" s="2">
         <v>65</v>
       </c>
       <c r="M176" s="2">
         <v>0</v>
       </c>
       <c r="N176" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="2">
-        <v>102739</v>
+        <v>101409</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>476</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2">
-        <v>7546</v>
+        <v>7618</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>477</v>
       </c>
       <c r="I177" s="2">
         <v>59</v>
       </c>
       <c r="J177" s="2">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K177" s="2">
         <v>100</v>
       </c>
       <c r="L177" s="2">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="M177" s="2">
         <v>0</v>
       </c>
       <c r="N177" s="2">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="2">
-        <v>101409</v>
+        <v>102739</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>478</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>479</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2">
-        <v>7618</v>
+        <v>7546</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>480</v>
       </c>
       <c r="I178" s="2">
         <v>59</v>
       </c>
       <c r="J178" s="2">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K178" s="2">
         <v>100</v>
       </c>
       <c r="L178" s="2">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M178" s="2">
         <v>0</v>
       </c>
       <c r="N178" s="2">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="2">
-        <v>107025</v>
+        <v>102740</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
-        <v>7563</v>
-[...1 lines deleted...]
-      <c r="F179" s="2"/>
+        <v>7030</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>483</v>
       </c>
       <c r="I179" s="2">
         <v>60</v>
       </c>
       <c r="J179" s="2">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="K179" s="2">
         <v>100</v>
       </c>
       <c r="L179" s="2">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M179" s="2">
         <v>0</v>
       </c>
       <c r="N179" s="2">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="2">
-        <v>102032</v>
+        <v>107025</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>485</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
-        <v>8001</v>
-[...3 lines deleted...]
-      </c>
+        <v>7563</v>
+      </c>
+      <c r="F180" s="2"/>
       <c r="G180" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>486</v>
       </c>
       <c r="I180" s="2">
         <v>60</v>
       </c>
       <c r="J180" s="2">
-        <v>5</v>
+        <v>57</v>
       </c>
       <c r="K180" s="2">
         <v>100</v>
       </c>
       <c r="L180" s="2">
-        <v>275</v>
+        <v>64</v>
       </c>
       <c r="M180" s="2">
         <v>0</v>
       </c>
       <c r="N180" s="2">
-        <v>375</v>
+        <v>164</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="2">
-        <v>102740</v>
+        <v>102032</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>487</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>488</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
-        <v>7030</v>
+        <v>8001</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>489</v>
       </c>
       <c r="I181" s="2">
         <v>60</v>
       </c>
       <c r="J181" s="2">
-        <v>55</v>
+        <v>5</v>
       </c>
       <c r="K181" s="2">
         <v>100</v>
       </c>
       <c r="L181" s="2">
-        <v>66</v>
+        <v>275</v>
       </c>
       <c r="M181" s="2">
         <v>0</v>
       </c>
       <c r="N181" s="2">
-        <v>166</v>
+        <v>375</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="2">
         <v>102005</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>491</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
         <v>8515</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>492</v>
       </c>
@@ -14079,367 +14079,367 @@
       <c r="L182" s="2">
         <v>300</v>
       </c>
       <c r="M182" s="2">
         <v>0</v>
       </c>
       <c r="N182" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="2">
         <v>101004</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>493</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>494</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2">
         <v>7510</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>495</v>
       </c>
       <c r="I183" s="2">
         <v>61</v>
       </c>
       <c r="J183" s="2">
         <v>56</v>
       </c>
       <c r="K183" s="2">
         <v>100</v>
       </c>
       <c r="L183" s="2">
         <v>65</v>
       </c>
       <c r="M183" s="2">
         <v>0</v>
       </c>
       <c r="N183" s="2">
         <v>165</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="2">
         <v>106988</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>496</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2">
         <v>8036</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>498</v>
       </c>
       <c r="I184" s="2">
         <v>61</v>
       </c>
       <c r="J184" s="2">
         <v>6</v>
       </c>
       <c r="K184" s="2">
         <v>100</v>
       </c>
       <c r="L184" s="2">
         <v>250</v>
       </c>
       <c r="M184" s="2">
         <v>0</v>
       </c>
       <c r="N184" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="2">
-        <v>107005</v>
+        <v>102742</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>382</v>
+        <v>407</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>381</v>
+        <v>14</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
-        <v>7631</v>
+        <v>7087</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>499</v>
       </c>
       <c r="I185" s="2">
         <v>62</v>
       </c>
       <c r="J185" s="2">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K185" s="2">
         <v>100</v>
       </c>
       <c r="L185" s="2">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M185" s="2">
         <v>0</v>
       </c>
       <c r="N185" s="2">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="2">
-        <v>106989</v>
+        <v>107005</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>318</v>
+        <v>382</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>319</v>
+        <v>381</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
-        <v>7049</v>
-[...1 lines deleted...]
-      <c r="F186" s="2"/>
+        <v>7631</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>500</v>
       </c>
       <c r="I186" s="2">
         <v>62</v>
       </c>
       <c r="J186" s="2">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="K186" s="2">
         <v>100</v>
       </c>
       <c r="L186" s="2">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="M186" s="2">
         <v>0</v>
       </c>
       <c r="N186" s="2">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="2">
-        <v>102742</v>
+        <v>106989</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>407</v>
+        <v>315</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>23</v>
+        <v>316</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
-        <v>7087</v>
-[...3 lines deleted...]
-      </c>
+        <v>7049</v>
+      </c>
+      <c r="F187" s="2"/>
       <c r="G187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>501</v>
       </c>
       <c r="I187" s="2">
         <v>62</v>
       </c>
       <c r="J187" s="2">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K187" s="2">
         <v>100</v>
       </c>
       <c r="L187" s="2">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M187" s="2">
         <v>0</v>
       </c>
       <c r="N187" s="2">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="2">
-        <v>102743</v>
+        <v>101004</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>503</v>
+        <v>494</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
-        <v>7542</v>
+        <v>7573</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="I188" s="2">
         <v>63</v>
       </c>
       <c r="J188" s="2">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K188" s="2">
         <v>100</v>
       </c>
       <c r="L188" s="2">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M188" s="2">
         <v>0</v>
       </c>
       <c r="N188" s="2">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="2">
-        <v>101004</v>
+        <v>113111</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2">
-        <v>7573</v>
+        <v>7646</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>505</v>
       </c>
       <c r="I189" s="2">
         <v>63</v>
       </c>
       <c r="J189" s="2">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="K189" s="2">
         <v>100</v>
       </c>
       <c r="L189" s="2">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="M189" s="2">
         <v>0</v>
       </c>
       <c r="N189" s="2">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="2">
-        <v>113111</v>
+        <v>102743</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>507</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
-        <v>7646</v>
+        <v>7542</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>508</v>
       </c>
       <c r="I190" s="2">
         <v>63</v>
       </c>
       <c r="J190" s="2">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K190" s="2">
         <v>100</v>
       </c>
       <c r="L190" s="2">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M190" s="2">
         <v>0</v>
       </c>
       <c r="N190" s="2">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="2">
         <v>113112</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>510</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
         <v>7601</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>511</v>
       </c>
@@ -14490,51 +14490,51 @@
       </c>
       <c r="J192" s="2">
         <v>59</v>
       </c>
       <c r="K192" s="2">
         <v>100</v>
       </c>
       <c r="L192" s="2">
         <v>62</v>
       </c>
       <c r="M192" s="2">
         <v>0</v>
       </c>
       <c r="N192" s="2">
         <v>162</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="2">
         <v>106991</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>7518</v>
       </c>
       <c r="F193" s="2"/>
       <c r="G193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>515</v>
       </c>
       <c r="I193" s="2">
         <v>64</v>
       </c>
       <c r="J193" s="2">
         <v>58</v>
       </c>
       <c r="K193" s="2">
         <v>100</v>
       </c>
       <c r="L193" s="2">
         <v>63</v>
       </c>
       <c r="M193" s="2">
@@ -14564,254 +14564,254 @@
       </c>
       <c r="H194" s="2" t="s">
         <v>518</v>
       </c>
       <c r="I194" s="2">
         <v>65</v>
       </c>
       <c r="J194" s="2">
         <v>59</v>
       </c>
       <c r="K194" s="2">
         <v>100</v>
       </c>
       <c r="L194" s="2">
         <v>62</v>
       </c>
       <c r="M194" s="2">
         <v>0</v>
       </c>
       <c r="N194" s="2">
         <v>162</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="2">
-        <v>113113</v>
+        <v>102745</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>519</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>520</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
-        <v>8023</v>
-[...1 lines deleted...]
-      <c r="F195" s="2"/>
+        <v>7154</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G195" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>521</v>
       </c>
       <c r="I195" s="2">
         <v>65</v>
       </c>
       <c r="J195" s="2">
-        <v>5</v>
+        <v>60</v>
       </c>
       <c r="K195" s="2">
         <v>100</v>
       </c>
       <c r="L195" s="2">
-        <v>275</v>
+        <v>61</v>
       </c>
       <c r="M195" s="2">
         <v>0</v>
       </c>
       <c r="N195" s="2">
-        <v>375</v>
+        <v>161</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="2">
-        <v>102745</v>
+        <v>113113</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>522</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>523</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
-        <v>7154</v>
-[...3 lines deleted...]
-      </c>
+        <v>8023</v>
+      </c>
+      <c r="F196" s="2"/>
       <c r="G196" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>524</v>
       </c>
       <c r="I196" s="2">
         <v>65</v>
       </c>
       <c r="J196" s="2">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="K196" s="2">
         <v>100</v>
       </c>
       <c r="L196" s="2">
-        <v>61</v>
+        <v>275</v>
       </c>
       <c r="M196" s="2">
         <v>0</v>
       </c>
       <c r="N196" s="2">
-        <v>161</v>
+        <v>375</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="2">
-        <v>102032</v>
+        <v>113114</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>484</v>
+        <v>525</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>485</v>
+        <v>526</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
-        <v>8002</v>
+        <v>7650</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H197" s="2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="I197" s="2">
         <v>66</v>
       </c>
       <c r="J197" s="2">
-        <v>6</v>
+        <v>61</v>
       </c>
       <c r="K197" s="2">
         <v>100</v>
       </c>
       <c r="L197" s="2">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="M197" s="2">
         <v>0</v>
       </c>
       <c r="N197" s="2">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="2">
-        <v>100262</v>
+        <v>102032</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>396</v>
+        <v>487</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>397</v>
+        <v>488</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
-        <v>8524</v>
+        <v>8002</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H198" s="2" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="I198" s="2">
         <v>66</v>
       </c>
       <c r="J198" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K198" s="2">
         <v>100</v>
       </c>
       <c r="L198" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="M198" s="2">
         <v>0</v>
       </c>
       <c r="N198" s="2">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="2">
-        <v>113114</v>
+        <v>100262</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>527</v>
+        <v>396</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>528</v>
+        <v>397</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2">
-        <v>7650</v>
+        <v>8524</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>168</v>
+        <v>28</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>529</v>
       </c>
       <c r="I199" s="2">
         <v>66</v>
       </c>
       <c r="J199" s="2">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="K199" s="2">
         <v>100</v>
       </c>
       <c r="L199" s="2">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="M199" s="2">
         <v>0</v>
       </c>
       <c r="N199" s="2">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="2">
         <v>113115</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>530</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2">
         <v>7175</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>531</v>
       </c>
@@ -14898,674 +14898,674 @@
       </c>
       <c r="H202" s="2" t="s">
         <v>535</v>
       </c>
       <c r="I202" s="2">
         <v>67</v>
       </c>
       <c r="J202" s="2">
         <v>61</v>
       </c>
       <c r="K202" s="2">
         <v>100</v>
       </c>
       <c r="L202" s="2">
         <v>60</v>
       </c>
       <c r="M202" s="2">
         <v>0</v>
       </c>
       <c r="N202" s="2">
         <v>160</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="2">
-        <v>102715</v>
+        <v>102748</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>283</v>
+        <v>536</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>284</v>
+        <v>537</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2">
-        <v>7509</v>
+        <v>7556</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="I203" s="2">
         <v>68</v>
       </c>
       <c r="J203" s="2">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="K203" s="2">
         <v>100</v>
       </c>
       <c r="L203" s="2">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M203" s="2">
         <v>0</v>
       </c>
       <c r="N203" s="2">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="2">
-        <v>106994</v>
+        <v>102715</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>309</v>
+        <v>283</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>310</v>
+        <v>284</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
-        <v>7113</v>
+        <v>7509</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H204" s="2" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="I204" s="2">
         <v>68</v>
       </c>
       <c r="J204" s="2">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K204" s="2">
         <v>100</v>
       </c>
       <c r="L204" s="2">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="M204" s="2">
         <v>0</v>
       </c>
       <c r="N204" s="2">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="2">
-        <v>102748</v>
+        <v>106994</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>538</v>
+        <v>309</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>539</v>
+        <v>310</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>7556</v>
+        <v>7113</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>540</v>
       </c>
       <c r="I205" s="2">
         <v>68</v>
       </c>
       <c r="J205" s="2">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K205" s="2">
         <v>100</v>
       </c>
       <c r="L205" s="2">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M205" s="2">
         <v>0</v>
       </c>
       <c r="N205" s="2">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="2">
-        <v>102825</v>
+        <v>102749</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>541</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>542</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
-        <v>7545</v>
+        <v>7139</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>543</v>
       </c>
       <c r="I206" s="2">
         <v>69</v>
       </c>
       <c r="J206" s="2">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="K206" s="2">
         <v>100</v>
       </c>
       <c r="L206" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M206" s="2">
         <v>0</v>
       </c>
       <c r="N206" s="2">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" s="2">
-        <v>102012</v>
+        <v>102825</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>341</v>
+        <v>544</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>342</v>
+        <v>545</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2">
-        <v>7595</v>
+        <v>7545</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="I207" s="2">
         <v>69</v>
       </c>
       <c r="J207" s="2">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="K207" s="2">
         <v>100</v>
       </c>
       <c r="L207" s="2">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="M207" s="2">
         <v>0</v>
       </c>
       <c r="N207" s="2">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="2">
-        <v>102749</v>
+        <v>102012</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>545</v>
+        <v>338</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>546</v>
+        <v>339</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2">
-        <v>7139</v>
+        <v>7595</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>547</v>
       </c>
       <c r="I208" s="2">
         <v>69</v>
       </c>
       <c r="J208" s="2">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="K208" s="2">
         <v>100</v>
       </c>
       <c r="L208" s="2">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M208" s="2">
         <v>0</v>
       </c>
       <c r="N208" s="2">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" s="2">
         <v>101009</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>549</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2">
         <v>7510</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>550</v>
       </c>
       <c r="I209" s="2">
         <v>70</v>
       </c>
       <c r="J209" s="2">
         <v>65</v>
       </c>
       <c r="K209" s="2">
         <v>100</v>
       </c>
       <c r="L209" s="2">
         <v>56</v>
       </c>
       <c r="M209" s="2">
         <v>0</v>
       </c>
       <c r="N209" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="2">
-        <v>102750</v>
+        <v>106996</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>551</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>552</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2">
-        <v>7015</v>
-[...3 lines deleted...]
-      </c>
+        <v>7042</v>
+      </c>
+      <c r="F210" s="2"/>
       <c r="G210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="2" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="I210" s="2">
         <v>70</v>
       </c>
       <c r="J210" s="2">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="K210" s="2">
         <v>100</v>
       </c>
       <c r="L210" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M210" s="2">
         <v>0</v>
       </c>
       <c r="N210" s="2">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="2">
-        <v>106996</v>
+        <v>102750</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2">
-        <v>7042</v>
-[...1 lines deleted...]
-      <c r="F211" s="2"/>
+        <v>7015</v>
+      </c>
+      <c r="F211" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="I211" s="2">
         <v>70</v>
       </c>
       <c r="J211" s="2">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K211" s="2">
         <v>100</v>
       </c>
       <c r="L211" s="2">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="M211" s="2">
         <v>0</v>
       </c>
       <c r="N211" s="2">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="2">
-        <v>102701</v>
+        <v>102000</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>149</v>
+        <v>556</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>150</v>
+        <v>557</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2">
-        <v>7053</v>
+        <v>7045</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="2" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="I212" s="2">
         <v>71</v>
       </c>
       <c r="J212" s="2">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K212" s="2">
         <v>100</v>
       </c>
       <c r="L212" s="2">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="M212" s="2">
         <v>0</v>
       </c>
       <c r="N212" s="2">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="2">
-        <v>102713</v>
+        <v>102701</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>260</v>
+        <v>153</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>261</v>
+        <v>154</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2">
-        <v>7025</v>
+        <v>7053</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H213" s="2" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="I213" s="2">
         <v>71</v>
       </c>
       <c r="J213" s="2">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="K213" s="2">
         <v>100</v>
       </c>
       <c r="L213" s="2">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="M213" s="2">
         <v>0</v>
       </c>
       <c r="N213" s="2">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="2">
-        <v>102000</v>
+        <v>102713</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>558</v>
+        <v>257</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>559</v>
+        <v>258</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
-        <v>7045</v>
+        <v>7025</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>560</v>
       </c>
       <c r="I214" s="2">
         <v>71</v>
       </c>
       <c r="J214" s="2">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K214" s="2">
         <v>100</v>
       </c>
       <c r="L214" s="2">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="M214" s="2">
         <v>0</v>
       </c>
       <c r="N214" s="2">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="2">
-        <v>106997</v>
+        <v>102752</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>562</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
-        <v>8009</v>
+        <v>7023</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>563</v>
       </c>
       <c r="I215" s="2">
         <v>72</v>
       </c>
       <c r="J215" s="2">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="K215" s="2">
         <v>100</v>
       </c>
       <c r="L215" s="2">
-        <v>230</v>
+        <v>55</v>
       </c>
       <c r="M215" s="2">
         <v>0</v>
       </c>
       <c r="N215" s="2">
-        <v>330</v>
+        <v>155</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="2">
-        <v>113120</v>
+        <v>106997</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>564</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>565</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2">
-        <v>7022</v>
+        <v>8009</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>566</v>
       </c>
       <c r="I216" s="2">
         <v>72</v>
       </c>
       <c r="J216" s="2">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="K216" s="2">
         <v>100</v>
       </c>
       <c r="L216" s="2">
-        <v>54</v>
+        <v>230</v>
       </c>
       <c r="M216" s="2">
         <v>0</v>
       </c>
       <c r="N216" s="2">
-        <v>154</v>
+        <v>330</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="2">
-        <v>102752</v>
+        <v>113120</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>567</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>568</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
-        <v>7023</v>
+        <v>7022</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>569</v>
       </c>
       <c r="I217" s="2">
         <v>72</v>
       </c>
       <c r="J217" s="2">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K217" s="2">
         <v>100</v>
       </c>
       <c r="L217" s="2">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M217" s="2">
         <v>0</v>
       </c>
       <c r="N217" s="2">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="2">
         <v>113121</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>570</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>571</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
         <v>7047</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>572</v>
       </c>
@@ -15652,138 +15652,138 @@
       </c>
       <c r="H220" s="2" t="s">
         <v>576</v>
       </c>
       <c r="I220" s="2">
         <v>73</v>
       </c>
       <c r="J220" s="2">
         <v>65</v>
       </c>
       <c r="K220" s="2">
         <v>100</v>
       </c>
       <c r="L220" s="2">
         <v>56</v>
       </c>
       <c r="M220" s="2">
         <v>0</v>
       </c>
       <c r="N220" s="2">
         <v>156</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="2">
-        <v>107027</v>
+        <v>102754</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>372</v>
+        <v>410</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>577</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2">
-        <v>8042</v>
+        <v>7555</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>578</v>
       </c>
       <c r="I221" s="2">
         <v>74</v>
       </c>
       <c r="J221" s="2">
-        <v>6</v>
+        <v>68</v>
       </c>
       <c r="K221" s="2">
         <v>100</v>
       </c>
       <c r="L221" s="2">
-        <v>250</v>
+        <v>53</v>
       </c>
       <c r="M221" s="2">
         <v>0</v>
       </c>
       <c r="N221" s="2">
-        <v>350</v>
+        <v>153</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="2">
-        <v>102754</v>
+        <v>107027</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>410</v>
+        <v>369</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>579</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
-        <v>7555</v>
+        <v>8042</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>580</v>
       </c>
       <c r="I222" s="2">
         <v>74</v>
       </c>
       <c r="J222" s="2">
-        <v>68</v>
+        <v>6</v>
       </c>
       <c r="K222" s="2">
         <v>100</v>
       </c>
       <c r="L222" s="2">
-        <v>53</v>
+        <v>250</v>
       </c>
       <c r="M222" s="2">
         <v>0</v>
       </c>
       <c r="N222" s="2">
-        <v>153</v>
+        <v>350</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="2">
         <v>106999</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>581</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2">
         <v>7025</v>
       </c>
       <c r="F223" s="2"/>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>582</v>
       </c>
       <c r="I223" s="2">
         <v>74</v>
       </c>
       <c r="J223" s="2">
         <v>66</v>
       </c>
       <c r="K223" s="2">
         <v>100</v>
       </c>
       <c r="L223" s="2">
@@ -15873,325 +15873,325 @@
       <c r="L225" s="2">
         <v>52</v>
       </c>
       <c r="M225" s="2">
         <v>0</v>
       </c>
       <c r="N225" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" s="2">
         <v>100998</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>589</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>590</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2">
         <v>7529</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>591</v>
       </c>
       <c r="I226" s="2">
         <v>75</v>
       </c>
       <c r="J226" s="2">
         <v>69</v>
       </c>
       <c r="K226" s="2">
         <v>100</v>
       </c>
       <c r="L226" s="2">
         <v>52</v>
       </c>
       <c r="M226" s="2">
         <v>0</v>
       </c>
       <c r="N226" s="2">
         <v>152</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" s="2">
-        <v>101603</v>
+        <v>113123</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>592</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>593</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2">
-        <v>8029</v>
+        <v>7128</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H227" s="2" t="s">
-        <v>563</v>
+        <v>594</v>
       </c>
       <c r="I227" s="2">
         <v>76</v>
       </c>
       <c r="J227" s="2">
-        <v>7</v>
+        <v>70</v>
       </c>
       <c r="K227" s="2">
         <v>100</v>
       </c>
       <c r="L227" s="2">
-        <v>240</v>
+        <v>51</v>
       </c>
       <c r="M227" s="2">
         <v>0</v>
       </c>
       <c r="N227" s="2">
-        <v>340</v>
+        <v>151</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" s="2">
-        <v>113123</v>
+        <v>107001</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>594</v>
+        <v>475</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>595</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2">
-        <v>7128</v>
-[...3 lines deleted...]
-      </c>
+        <v>7569</v>
+      </c>
+      <c r="F228" s="2"/>
       <c r="G228" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>596</v>
       </c>
       <c r="I228" s="2">
         <v>76</v>
       </c>
       <c r="J228" s="2">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="K228" s="2">
         <v>100</v>
       </c>
       <c r="L228" s="2">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="M228" s="2">
         <v>0</v>
       </c>
       <c r="N228" s="2">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" s="2">
-        <v>107001</v>
+        <v>101603</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>478</v>
+        <v>597</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2">
-        <v>7569</v>
-[...1 lines deleted...]
-      <c r="F229" s="2"/>
+        <v>8029</v>
+      </c>
+      <c r="F229" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G229" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H229" s="2" t="s">
-        <v>598</v>
+        <v>566</v>
       </c>
       <c r="I229" s="2">
         <v>76</v>
       </c>
       <c r="J229" s="2">
-        <v>68</v>
+        <v>7</v>
       </c>
       <c r="K229" s="2">
         <v>100</v>
       </c>
       <c r="L229" s="2">
-        <v>53</v>
+        <v>240</v>
       </c>
       <c r="M229" s="2">
         <v>0</v>
       </c>
       <c r="N229" s="2">
-        <v>153</v>
+        <v>340</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" s="2">
         <v>113298</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>599</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>600</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2">
         <v>7654</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>601</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>602</v>
       </c>
       <c r="I230" s="2">
         <v>77</v>
       </c>
       <c r="J230" s="2">
         <v>71</v>
       </c>
       <c r="K230" s="2">
         <v>100</v>
       </c>
       <c r="L230" s="2">
         <v>50</v>
       </c>
       <c r="M230" s="2">
         <v>0</v>
       </c>
       <c r="N230" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" s="2">
-        <v>102411</v>
+        <v>102754</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>344</v>
+        <v>410</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>603</v>
+        <v>577</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2">
-        <v>7123</v>
+        <v>7516</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H231" s="2" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="I231" s="2">
         <v>77</v>
       </c>
       <c r="J231" s="2">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="K231" s="2">
         <v>100</v>
       </c>
       <c r="L231" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M231" s="2">
         <v>0</v>
       </c>
       <c r="N231" s="2">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" s="2">
-        <v>102754</v>
+        <v>102411</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>410</v>
+        <v>347</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>579</v>
+        <v>604</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2">
-        <v>7516</v>
+        <v>7123</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>605</v>
       </c>
       <c r="I232" s="2">
         <v>77</v>
       </c>
       <c r="J232" s="2">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K232" s="2">
         <v>100</v>
       </c>
       <c r="L232" s="2">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="M232" s="2">
         <v>0</v>
       </c>
       <c r="N232" s="2">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" s="2">
         <v>102758</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>606</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>607</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2">
         <v>8030</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G233" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>608</v>
       </c>
@@ -16207,621 +16207,621 @@
       <c r="L233" s="2">
         <v>50</v>
       </c>
       <c r="M233" s="2">
         <v>0</v>
       </c>
       <c r="N233" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" s="2">
         <v>107036</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>609</v>
       </c>
       <c r="C234" s="2" t="s">
         <v>610</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2">
         <v>7648</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>611</v>
       </c>
       <c r="I234" s="2">
         <v>78</v>
       </c>
       <c r="J234" s="2">
         <v>72</v>
       </c>
       <c r="K234" s="2">
         <v>100</v>
       </c>
       <c r="L234" s="2">
         <v>49</v>
       </c>
       <c r="M234" s="2">
         <v>0</v>
       </c>
       <c r="N234" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" s="2">
         <v>107003</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
         <v>7131</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>612</v>
       </c>
       <c r="I235" s="2">
         <v>78</v>
       </c>
       <c r="J235" s="2">
         <v>70</v>
       </c>
       <c r="K235" s="2">
         <v>100</v>
       </c>
       <c r="L235" s="2">
         <v>51</v>
       </c>
       <c r="M235" s="2">
         <v>0</v>
       </c>
       <c r="N235" s="2">
         <v>151</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" s="2">
         <v>102699</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2">
         <v>7512</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>613</v>
       </c>
       <c r="I236" s="2">
         <v>79</v>
       </c>
       <c r="J236" s="2">
         <v>73</v>
       </c>
       <c r="K236" s="2">
         <v>100</v>
       </c>
       <c r="L236" s="2">
         <v>48</v>
       </c>
       <c r="M236" s="2">
         <v>0</v>
       </c>
       <c r="N236" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="237" spans="1:14">
       <c r="A237" s="2">
         <v>102759</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>272</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>273</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2">
         <v>7570</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>614</v>
       </c>
       <c r="I237" s="2">
         <v>79</v>
       </c>
       <c r="J237" s="2">
         <v>8</v>
       </c>
       <c r="K237" s="2">
         <v>100</v>
       </c>
       <c r="L237" s="2">
         <v>230</v>
       </c>
       <c r="M237" s="2">
         <v>0</v>
       </c>
       <c r="N237" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" s="2">
         <v>102759</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>272</v>
       </c>
       <c r="C238" s="2" t="s">
         <v>273</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2">
         <v>7567</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>615</v>
       </c>
       <c r="I238" s="2">
         <v>79</v>
       </c>
       <c r="J238" s="2">
         <v>71</v>
       </c>
       <c r="K238" s="2">
         <v>100</v>
       </c>
       <c r="L238" s="2">
         <v>50</v>
       </c>
       <c r="M238" s="2">
         <v>0</v>
       </c>
       <c r="N238" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" s="2">
         <v>107005</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2">
         <v>7566</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>616</v>
       </c>
       <c r="I239" s="2">
         <v>80</v>
       </c>
       <c r="J239" s="2">
         <v>72</v>
       </c>
       <c r="K239" s="2">
         <v>100</v>
       </c>
       <c r="L239" s="2">
         <v>49</v>
       </c>
       <c r="M239" s="2">
         <v>0</v>
       </c>
       <c r="N239" s="2">
         <v>149</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" s="2">
-        <v>102760</v>
+        <v>113126</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>617</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>618</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2">
-        <v>7166</v>
+        <v>7039</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>619</v>
       </c>
       <c r="I240" s="2">
         <v>80</v>
       </c>
       <c r="J240" s="2">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="K240" s="2">
         <v>100</v>
       </c>
       <c r="L240" s="2">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="M240" s="2">
         <v>0</v>
       </c>
       <c r="N240" s="2">
-        <v>149</v>
+        <v>147</v>
       </c>
     </row>
     <row r="241" spans="1:14">
       <c r="A241" s="2">
-        <v>113126</v>
+        <v>102760</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>621</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2">
-        <v>7039</v>
+        <v>7166</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>622</v>
       </c>
       <c r="I241" s="2">
         <v>80</v>
       </c>
       <c r="J241" s="2">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="K241" s="2">
         <v>100</v>
       </c>
       <c r="L241" s="2">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M241" s="2">
         <v>0</v>
       </c>
       <c r="N241" s="2">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" s="2">
         <v>102747</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>533</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>534</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2">
         <v>7556</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>623</v>
       </c>
       <c r="I242" s="2">
         <v>81</v>
       </c>
       <c r="J242" s="2">
         <v>73</v>
       </c>
       <c r="K242" s="2">
         <v>100</v>
       </c>
       <c r="L242" s="2">
         <v>48</v>
       </c>
       <c r="M242" s="2">
         <v>0</v>
       </c>
       <c r="N242" s="2">
         <v>148</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" s="2">
-        <v>102005</v>
+        <v>113127</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>490</v>
+        <v>624</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>491</v>
+        <v>625</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2">
-        <v>8517</v>
+        <v>7214</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H243" s="2" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="I243" s="2">
         <v>81</v>
       </c>
       <c r="J243" s="2">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="K243" s="2">
         <v>100</v>
       </c>
       <c r="L243" s="2">
-        <v>220</v>
+        <v>46</v>
       </c>
       <c r="M243" s="2">
         <v>0</v>
       </c>
       <c r="N243" s="2">
-        <v>320</v>
+        <v>146</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" s="2">
-        <v>113127</v>
+        <v>102005</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>625</v>
+        <v>490</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2">
-        <v>7214</v>
+        <v>8517</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>627</v>
       </c>
       <c r="I244" s="2">
         <v>81</v>
       </c>
       <c r="J244" s="2">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="K244" s="2">
         <v>100</v>
       </c>
       <c r="L244" s="2">
-        <v>46</v>
+        <v>220</v>
       </c>
       <c r="M244" s="2">
         <v>0</v>
       </c>
       <c r="N244" s="2">
-        <v>146</v>
+        <v>320</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" s="2">
         <v>113128</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>628</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2">
         <v>7163</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>629</v>
       </c>
       <c r="I245" s="2">
         <v>82</v>
       </c>
       <c r="J245" s="2">
         <v>76</v>
       </c>
       <c r="K245" s="2">
         <v>100</v>
       </c>
       <c r="L245" s="2">
         <v>45</v>
       </c>
       <c r="M245" s="2">
         <v>0</v>
       </c>
       <c r="N245" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" s="2">
-        <v>102005</v>
+        <v>102762</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>490</v>
+        <v>630</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>491</v>
+        <v>631</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2">
-        <v>8513</v>
+        <v>7597</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H246" s="2" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="I246" s="2">
         <v>82</v>
       </c>
       <c r="J246" s="2">
-        <v>9</v>
+        <v>73</v>
       </c>
       <c r="K246" s="2">
         <v>100</v>
       </c>
       <c r="L246" s="2">
-        <v>220</v>
+        <v>48</v>
       </c>
       <c r="M246" s="2">
         <v>0</v>
       </c>
       <c r="N246" s="2">
-        <v>320</v>
+        <v>148</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" s="2">
-        <v>102762</v>
+        <v>102005</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>631</v>
+        <v>490</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>632</v>
+        <v>491</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2">
-        <v>7597</v>
+        <v>8513</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>633</v>
       </c>
       <c r="I247" s="2">
         <v>82</v>
       </c>
       <c r="J247" s="2">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="K247" s="2">
         <v>100</v>
       </c>
       <c r="L247" s="2">
-        <v>48</v>
+        <v>220</v>
       </c>
       <c r="M247" s="2">
         <v>0</v>
       </c>
       <c r="N247" s="2">
-        <v>148</v>
+        <v>320</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" s="2">
         <v>107032</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C248" s="2" t="s">
         <v>438</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2">
         <v>7506</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>634</v>
       </c>
@@ -16957,1579 +16957,1579 @@
       <c r="L251" s="2">
         <v>47</v>
       </c>
       <c r="M251" s="2">
         <v>0</v>
       </c>
       <c r="N251" s="2">
         <v>147</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" s="2">
         <v>102764</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>644</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>645</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2">
         <v>7003</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>646</v>
       </c>
       <c r="I252" s="2">
         <v>84</v>
       </c>
       <c r="J252" s="2">
         <v>75</v>
       </c>
       <c r="K252" s="2">
         <v>100</v>
       </c>
       <c r="L252" s="2">
         <v>46</v>
       </c>
       <c r="M252" s="2">
         <v>0</v>
       </c>
       <c r="N252" s="2">
         <v>146</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" s="2">
         <v>102000</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2">
         <v>7078</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>647</v>
       </c>
       <c r="I253" s="2">
         <v>84</v>
       </c>
       <c r="J253" s="2">
         <v>78</v>
       </c>
       <c r="K253" s="2">
         <v>100</v>
       </c>
       <c r="L253" s="2">
         <v>43</v>
       </c>
       <c r="M253" s="2">
         <v>0</v>
       </c>
       <c r="N253" s="2">
         <v>143</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" s="2">
-        <v>104790</v>
+        <v>100174</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>648</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>649</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2">
-        <v>7635</v>
+        <v>7615</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>28</v>
+        <v>307</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H254" s="2" t="s">
         <v>650</v>
       </c>
       <c r="I254" s="2">
         <v>85</v>
       </c>
       <c r="J254" s="2">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="K254" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L254" s="2">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="M254" s="2">
         <v>0</v>
       </c>
       <c r="N254" s="2">
-        <v>142</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" s="2">
-        <v>100174</v>
+        <v>104790</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>651</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>652</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2">
-        <v>7615</v>
+        <v>7635</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>307</v>
+        <v>28</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>653</v>
       </c>
       <c r="I255" s="2">
         <v>85</v>
       </c>
       <c r="J255" s="2">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K255" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L255" s="2">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="M255" s="2">
         <v>0</v>
       </c>
       <c r="N255" s="2">
-        <v>0</v>
+        <v>142</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" s="2">
         <v>100104</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>654</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>655</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2">
         <v>7537</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H256" s="2" t="s">
         <v>656</v>
       </c>
       <c r="I256" s="2">
         <v>85</v>
       </c>
       <c r="J256" s="2">
         <v>76</v>
       </c>
       <c r="K256" s="2">
         <v>100</v>
       </c>
       <c r="L256" s="2">
         <v>45</v>
       </c>
       <c r="M256" s="2">
         <v>0</v>
       </c>
       <c r="N256" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="257" spans="1:14">
       <c r="A257" s="2">
-        <v>102766</v>
+        <v>102789</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>657</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>658</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2">
-        <v>7574</v>
+        <v>7108</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H257" s="2" t="s">
         <v>659</v>
       </c>
       <c r="I257" s="2">
         <v>86</v>
       </c>
       <c r="J257" s="2">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="K257" s="2">
         <v>100</v>
       </c>
       <c r="L257" s="2">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="M257" s="2">
         <v>0</v>
       </c>
       <c r="N257" s="2">
-        <v>144</v>
+        <v>141</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" s="2">
-        <v>102789</v>
+        <v>102766</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>660</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>661</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2">
-        <v>7108</v>
+        <v>7574</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H258" s="2" t="s">
         <v>662</v>
       </c>
       <c r="I258" s="2">
         <v>86</v>
       </c>
       <c r="J258" s="2">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K258" s="2">
         <v>100</v>
       </c>
       <c r="L258" s="2">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="M258" s="2">
         <v>0</v>
       </c>
       <c r="N258" s="2">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" s="2">
         <v>102722</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
         <v>7596</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H259" s="2" t="s">
         <v>663</v>
       </c>
       <c r="I259" s="2">
         <v>86</v>
       </c>
       <c r="J259" s="2">
         <v>76</v>
       </c>
       <c r="K259" s="2">
         <v>100</v>
       </c>
       <c r="L259" s="2">
         <v>45</v>
       </c>
       <c r="M259" s="2">
         <v>0</v>
       </c>
       <c r="N259" s="2">
         <v>145</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" s="2">
         <v>107011</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>664</v>
       </c>
       <c r="C260" s="2" t="s">
         <v>665</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2">
         <v>7144</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H260" s="2" t="s">
         <v>666</v>
       </c>
       <c r="I260" s="2">
         <v>87</v>
       </c>
       <c r="J260" s="2">
         <v>77</v>
       </c>
       <c r="K260" s="2">
         <v>100</v>
       </c>
       <c r="L260" s="2">
         <v>44</v>
       </c>
       <c r="M260" s="2">
         <v>0</v>
       </c>
       <c r="N260" s="2">
         <v>144</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" s="2">
-        <v>102767</v>
+        <v>113133</v>
       </c>
       <c r="B261" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C261" s="2" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2">
-        <v>7024</v>
+        <v>7632</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H261" s="2" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="I261" s="2">
         <v>87</v>
       </c>
       <c r="J261" s="2">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="K261" s="2">
         <v>100</v>
       </c>
       <c r="L261" s="2">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
-        <v>143</v>
+        <v>140</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" s="2">
-        <v>113133</v>
+        <v>102767</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>166</v>
+        <v>669</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>670</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2">
-        <v>7632</v>
+        <v>7024</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H262" s="2" t="s">
         <v>671</v>
       </c>
       <c r="I262" s="2">
         <v>87</v>
       </c>
       <c r="J262" s="2">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="K262" s="2">
         <v>100</v>
       </c>
       <c r="L262" s="2">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="M262" s="2">
         <v>0</v>
       </c>
       <c r="N262" s="2">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" s="2">
         <v>113134</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C263" s="2" t="s">
         <v>672</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2">
         <v>7149</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H263" s="2" t="s">
         <v>673</v>
       </c>
       <c r="I263" s="2">
         <v>88</v>
       </c>
       <c r="J263" s="2">
         <v>82</v>
       </c>
       <c r="K263" s="2">
         <v>100</v>
       </c>
       <c r="L263" s="2">
         <v>39</v>
       </c>
       <c r="M263" s="2">
         <v>0</v>
       </c>
       <c r="N263" s="2">
         <v>139</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" s="2">
-        <v>105199</v>
+        <v>102768</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>246</v>
+        <v>674</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2">
-        <v>7034</v>
+        <v>7620</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>675</v>
+        <v>28</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H264" s="2" t="s">
         <v>676</v>
       </c>
       <c r="I264" s="2">
         <v>88</v>
       </c>
       <c r="J264" s="2">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K264" s="2">
         <v>100</v>
       </c>
       <c r="L264" s="2">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="M264" s="2">
         <v>0</v>
       </c>
       <c r="N264" s="2">
-        <v>143</v>
+        <v>142</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" s="2">
-        <v>102768</v>
+        <v>105199</v>
       </c>
       <c r="B265" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="C265" s="2" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2">
-        <v>7620</v>
+        <v>7034</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>28</v>
+        <v>678</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H265" s="2" t="s">
         <v>679</v>
       </c>
       <c r="I265" s="2">
         <v>88</v>
       </c>
       <c r="J265" s="2">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="K265" s="2">
         <v>100</v>
       </c>
       <c r="L265" s="2">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M265" s="2">
         <v>0</v>
       </c>
       <c r="N265" s="2">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" s="2">
-        <v>102769</v>
+        <v>105201</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>680</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>681</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2">
-        <v>7046</v>
+        <v>7619</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H266" s="2" t="s">
         <v>682</v>
       </c>
       <c r="I266" s="2">
         <v>89</v>
       </c>
       <c r="J266" s="2">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="K266" s="2">
         <v>100</v>
       </c>
       <c r="L266" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M266" s="2">
         <v>0</v>
       </c>
       <c r="N266" s="2">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" s="2">
-        <v>105201</v>
-[...1 lines deleted...]
-      <c r="B267" s="2" t="s">
+        <v>113135</v>
+      </c>
+      <c r="B267" s="2"/>
+      <c r="C267" s="2" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2">
-        <v>7619</v>
+        <v>7534</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H267" s="2" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="I267" s="2">
         <v>89</v>
       </c>
       <c r="J267" s="2">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="K267" s="2">
         <v>100</v>
       </c>
       <c r="L267" s="2">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="M267" s="2">
         <v>0</v>
       </c>
       <c r="N267" s="2">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" s="2">
-        <v>113135</v>
-[...1 lines deleted...]
-      <c r="B268" s="2"/>
+        <v>102769</v>
+      </c>
+      <c r="B268" s="2" t="s">
+        <v>685</v>
+      </c>
       <c r="C268" s="2" t="s">
         <v>686</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2">
-        <v>7534</v>
+        <v>7046</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H268" s="2" t="s">
         <v>687</v>
       </c>
       <c r="I268" s="2">
         <v>89</v>
       </c>
       <c r="J268" s="2">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="K268" s="2">
         <v>100</v>
       </c>
       <c r="L268" s="2">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M268" s="2">
         <v>0</v>
       </c>
       <c r="N268" s="2">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" s="2">
         <v>107014</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>688</v>
       </c>
       <c r="C269" s="2" t="s">
         <v>688</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2">
         <v>7026</v>
       </c>
       <c r="F269" s="2"/>
       <c r="G269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H269" s="2" t="s">
         <v>689</v>
       </c>
       <c r="I269" s="2">
         <v>90</v>
       </c>
       <c r="J269" s="2">
         <v>80</v>
       </c>
       <c r="K269" s="2">
         <v>100</v>
       </c>
       <c r="L269" s="2">
         <v>41</v>
       </c>
       <c r="M269" s="2">
         <v>0</v>
       </c>
       <c r="N269" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" s="2">
-        <v>102770</v>
+        <v>113136</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>690</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>691</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2">
-        <v>7167</v>
+        <v>7135</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H270" s="2" t="s">
         <v>692</v>
       </c>
       <c r="I270" s="2">
         <v>90</v>
       </c>
       <c r="J270" s="2">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="K270" s="2">
         <v>100</v>
       </c>
       <c r="L270" s="2">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="M270" s="2">
         <v>0</v>
       </c>
       <c r="N270" s="2">
-        <v>140</v>
+        <v>137</v>
       </c>
     </row>
     <row r="271" spans="1:14">
       <c r="A271" s="2">
-        <v>113136</v>
+        <v>102770</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>693</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>694</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2">
-        <v>7135</v>
+        <v>7167</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G271" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H271" s="2" t="s">
         <v>695</v>
       </c>
       <c r="I271" s="2">
         <v>90</v>
       </c>
       <c r="J271" s="2">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="K271" s="2">
         <v>100</v>
       </c>
       <c r="L271" s="2">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M271" s="2">
         <v>0</v>
       </c>
       <c r="N271" s="2">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="272" spans="1:14">
       <c r="A272" s="2">
         <v>113137</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>696</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>697</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2">
         <v>7024</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G272" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H272" s="2" t="s">
         <v>698</v>
       </c>
       <c r="I272" s="2">
         <v>91</v>
       </c>
       <c r="J272" s="2">
         <v>85</v>
       </c>
       <c r="K272" s="2">
         <v>100</v>
       </c>
       <c r="L272" s="2">
         <v>36</v>
       </c>
       <c r="M272" s="2">
         <v>0</v>
       </c>
       <c r="N272" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" s="2">
-        <v>107015</v>
+        <v>102771</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>553</v>
+        <v>699</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>59</v>
+        <v>700</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2">
-        <v>7027</v>
-[...1 lines deleted...]
-      <c r="F273" s="2"/>
+        <v>7068</v>
+      </c>
+      <c r="F273" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H273" s="2" t="s">
-        <v>689</v>
+        <v>701</v>
       </c>
       <c r="I273" s="2">
         <v>91</v>
       </c>
       <c r="J273" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K273" s="2">
         <v>100</v>
       </c>
       <c r="L273" s="2">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="M273" s="2">
         <v>0</v>
       </c>
       <c r="N273" s="2">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" s="2">
-        <v>102771</v>
+        <v>107015</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>699</v>
+        <v>551</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>700</v>
+        <v>59</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2">
-        <v>7068</v>
-[...3 lines deleted...]
-      </c>
+        <v>7027</v>
+      </c>
+      <c r="F274" s="2"/>
       <c r="G274" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H274" s="2" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="I274" s="2">
         <v>91</v>
       </c>
       <c r="J274" s="2">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="K274" s="2">
         <v>100</v>
       </c>
       <c r="L274" s="2">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M274" s="2">
         <v>0</v>
       </c>
       <c r="N274" s="2">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="275" spans="1:14">
       <c r="A275" s="2">
-        <v>102772</v>
+        <v>102075</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>177</v>
+        <v>702</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2">
-        <v>7616</v>
+        <v>7141</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G275" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H275" s="2" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="I275" s="2">
         <v>92</v>
       </c>
       <c r="J275" s="2">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="K275" s="2">
         <v>100</v>
       </c>
       <c r="L275" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M275" s="2">
         <v>0</v>
       </c>
       <c r="N275" s="2">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" s="2">
-        <v>102075</v>
+        <v>113138</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>705</v>
+        <v>571</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
-        <v>7141</v>
+        <v>7110</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H276" s="2" t="s">
         <v>706</v>
       </c>
       <c r="I276" s="2">
         <v>92</v>
       </c>
       <c r="J276" s="2">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="K276" s="2">
         <v>100</v>
       </c>
       <c r="L276" s="2">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="M276" s="2">
         <v>0</v>
       </c>
       <c r="N276" s="2">
-        <v>139</v>
+        <v>135</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" s="2">
-        <v>113138</v>
+        <v>102772</v>
       </c>
       <c r="B277" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C277" s="2" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2">
-        <v>7110</v>
+        <v>7616</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H277" s="2" t="s">
         <v>708</v>
       </c>
       <c r="I277" s="2">
         <v>92</v>
       </c>
       <c r="J277" s="2">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="K277" s="2">
         <v>100</v>
       </c>
       <c r="L277" s="2">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="M277" s="2">
         <v>0</v>
       </c>
       <c r="N277" s="2">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" s="2">
         <v>107017</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>709</v>
       </c>
       <c r="C278" s="2" t="s">
         <v>710</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2">
         <v>7078</v>
       </c>
       <c r="F278" s="2"/>
       <c r="G278" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H278" s="2" t="s">
         <v>711</v>
       </c>
       <c r="I278" s="2">
         <v>93</v>
       </c>
       <c r="J278" s="2">
         <v>83</v>
       </c>
       <c r="K278" s="2">
         <v>100</v>
       </c>
       <c r="L278" s="2">
         <v>38</v>
       </c>
       <c r="M278" s="2">
         <v>0</v>
       </c>
       <c r="N278" s="2">
         <v>138</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" s="2">
-        <v>102773</v>
+        <v>113139</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>712</v>
       </c>
       <c r="C279" s="2" t="s">
         <v>713</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2">
-        <v>7089</v>
+        <v>7096</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H279" s="2" t="s">
         <v>714</v>
       </c>
       <c r="I279" s="2">
         <v>93</v>
       </c>
       <c r="J279" s="2">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K279" s="2">
         <v>100</v>
       </c>
       <c r="L279" s="2">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="M279" s="2">
         <v>0</v>
       </c>
       <c r="N279" s="2">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" s="2">
-        <v>113139</v>
+        <v>102773</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>715</v>
       </c>
       <c r="C280" s="2" t="s">
         <v>716</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2">
-        <v>7096</v>
+        <v>7089</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H280" s="2" t="s">
         <v>717</v>
       </c>
       <c r="I280" s="2">
         <v>93</v>
       </c>
       <c r="J280" s="2">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="K280" s="2">
         <v>100</v>
       </c>
       <c r="L280" s="2">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="M280" s="2">
         <v>0</v>
       </c>
       <c r="N280" s="2">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" s="2">
         <v>102840</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>718</v>
       </c>
       <c r="C281" s="2" t="s">
         <v>719</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2">
         <v>7641</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H281" s="2" t="s">
         <v>720</v>
       </c>
       <c r="I281" s="2">
         <v>94</v>
       </c>
       <c r="J281" s="2">
         <v>88</v>
       </c>
       <c r="K281" s="2">
         <v>100</v>
       </c>
       <c r="L281" s="2">
         <v>33</v>
       </c>
       <c r="M281" s="2">
         <v>0</v>
       </c>
       <c r="N281" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" s="2">
-        <v>102000</v>
+        <v>102774</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>558</v>
+        <v>246</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>559</v>
+        <v>721</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2">
-        <v>7126</v>
+        <v>7059</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G282" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H282" s="2" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="I282" s="2">
         <v>94</v>
       </c>
       <c r="J282" s="2">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K282" s="2">
         <v>100</v>
       </c>
       <c r="L282" s="2">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="M282" s="2">
         <v>0</v>
       </c>
       <c r="N282" s="2">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" s="2">
-        <v>102774</v>
+        <v>102000</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>246</v>
+        <v>556</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>722</v>
+        <v>557</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2">
-        <v>7059</v>
+        <v>7126</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H283" s="2" t="s">
         <v>723</v>
       </c>
       <c r="I283" s="2">
         <v>94</v>
       </c>
       <c r="J283" s="2">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="K283" s="2">
         <v>100</v>
       </c>
       <c r="L283" s="2">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M283" s="2">
         <v>0</v>
       </c>
       <c r="N283" s="2">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="284" spans="1:14">
       <c r="A284" s="2">
-        <v>102775</v>
+        <v>113141</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>724</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>725</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2">
-        <v>7082</v>
+        <v>7123</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G284" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H284" s="2" t="s">
         <v>726</v>
       </c>
       <c r="I284" s="2">
         <v>95</v>
       </c>
       <c r="J284" s="2">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="K284" s="2">
         <v>100</v>
       </c>
       <c r="L284" s="2">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="M284" s="2">
         <v>0</v>
       </c>
       <c r="N284" s="2">
-        <v>135</v>
+        <v>132</v>
       </c>
     </row>
     <row r="285" spans="1:14">
       <c r="A285" s="2">
-        <v>113141</v>
+        <v>102775</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>727</v>
       </c>
       <c r="C285" s="2" t="s">
         <v>728</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2">
-        <v>7123</v>
+        <v>7082</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H285" s="2" t="s">
         <v>729</v>
       </c>
       <c r="I285" s="2">
         <v>95</v>
       </c>
       <c r="J285" s="2">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="K285" s="2">
         <v>100</v>
       </c>
       <c r="L285" s="2">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M285" s="2">
         <v>0</v>
       </c>
       <c r="N285" s="2">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" s="2">
         <v>105632</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2">
         <v>7133</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H286" s="2" t="s">
         <v>730</v>
       </c>
       <c r="I286" s="2">
         <v>95</v>
       </c>
       <c r="J286" s="2">
         <v>85</v>
       </c>
       <c r="K286" s="2">
         <v>100</v>
       </c>
       <c r="L286" s="2">
         <v>36</v>
       </c>
       <c r="M286" s="2">
         <v>0</v>
       </c>
       <c r="N286" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="287" spans="1:14">
       <c r="A287" s="2">
-        <v>102074</v>
+        <v>102776</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>472</v>
+        <v>731</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>473</v>
+        <v>732</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2">
-        <v>7135</v>
+        <v>7508</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H287" s="2" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="I287" s="2">
         <v>96</v>
       </c>
       <c r="J287" s="2">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K287" s="2">
         <v>100</v>
       </c>
       <c r="L287" s="2">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="M287" s="2">
         <v>0</v>
       </c>
       <c r="N287" s="2">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="288" spans="1:14">
       <c r="A288" s="2">
-        <v>102776</v>
+        <v>102074</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>732</v>
+        <v>472</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>733</v>
+        <v>473</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2">
-        <v>7508</v>
+        <v>7135</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H288" s="2" t="s">
         <v>734</v>
       </c>
       <c r="I288" s="2">
         <v>96</v>
       </c>
       <c r="J288" s="2">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K288" s="2">
         <v>100</v>
       </c>
       <c r="L288" s="2">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M288" s="2">
         <v>0</v>
       </c>
       <c r="N288" s="2">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="289" spans="1:14">
       <c r="A289" s="2">
         <v>113142</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>735</v>
       </c>
       <c r="C289" s="2" t="s">
         <v>736</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2">
         <v>7502</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H289" s="2" t="s">
         <v>737</v>
       </c>
@@ -18574,607 +18574,607 @@
       </c>
       <c r="H290" s="2" t="s">
         <v>740</v>
       </c>
       <c r="I290" s="2">
         <v>97</v>
       </c>
       <c r="J290" s="2">
         <v>91</v>
       </c>
       <c r="K290" s="2">
         <v>100</v>
       </c>
       <c r="L290" s="2">
         <v>30</v>
       </c>
       <c r="M290" s="2">
         <v>0</v>
       </c>
       <c r="N290" s="2">
         <v>130</v>
       </c>
     </row>
     <row r="291" spans="1:14">
       <c r="A291" s="2">
-        <v>107021</v>
+        <v>102777</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>430</v>
+        <v>186</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>431</v>
+        <v>187</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2">
-        <v>7204</v>
+        <v>7617</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H291" s="2" t="s">
         <v>741</v>
       </c>
       <c r="I291" s="2">
         <v>97</v>
       </c>
       <c r="J291" s="2">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K291" s="2">
         <v>100</v>
       </c>
       <c r="L291" s="2">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M291" s="2">
         <v>0</v>
       </c>
       <c r="N291" s="2">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="292" spans="1:14">
       <c r="A292" s="2">
-        <v>102777</v>
+        <v>107021</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>186</v>
+        <v>430</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>187</v>
+        <v>431</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2">
-        <v>7617</v>
+        <v>7204</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H292" s="2" t="s">
         <v>742</v>
       </c>
       <c r="I292" s="2">
         <v>97</v>
       </c>
       <c r="J292" s="2">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="K292" s="2">
         <v>100</v>
       </c>
       <c r="L292" s="2">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M292" s="2">
         <v>0</v>
       </c>
       <c r="N292" s="2">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="293" spans="1:14">
       <c r="A293" s="2">
         <v>107022</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>743</v>
       </c>
       <c r="C293" s="2" t="s">
         <v>744</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2">
         <v>7585</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H293" s="2" t="s">
         <v>745</v>
       </c>
       <c r="I293" s="2">
         <v>98</v>
       </c>
       <c r="J293" s="2">
         <v>88</v>
       </c>
       <c r="K293" s="2">
         <v>100</v>
       </c>
       <c r="L293" s="2">
         <v>33</v>
       </c>
       <c r="M293" s="2">
         <v>0</v>
       </c>
       <c r="N293" s="2">
         <v>133</v>
       </c>
     </row>
     <row r="294" spans="1:14">
       <c r="A294" s="2">
-        <v>113144</v>
+        <v>100188</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>746</v>
       </c>
       <c r="C294" s="2" t="s">
         <v>747</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2">
-        <v>7152</v>
+        <v>8022</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>28</v>
+        <v>194</v>
       </c>
       <c r="G294" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H294" s="2" t="s">
         <v>748</v>
       </c>
       <c r="I294" s="2">
         <v>98</v>
       </c>
       <c r="J294" s="2">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="K294" s="2">
         <v>100</v>
       </c>
       <c r="L294" s="2">
-        <v>29</v>
+        <v>210</v>
       </c>
       <c r="M294" s="2">
         <v>0</v>
       </c>
       <c r="N294" s="2">
-        <v>129</v>
+        <v>310</v>
       </c>
     </row>
     <row r="295" spans="1:14">
       <c r="A295" s="2">
-        <v>100188</v>
+        <v>113144</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>749</v>
       </c>
       <c r="C295" s="2" t="s">
         <v>750</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2">
-        <v>8022</v>
+        <v>7152</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>194</v>
+        <v>28</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H295" s="2" t="s">
         <v>751</v>
       </c>
       <c r="I295" s="2">
         <v>98</v>
       </c>
       <c r="J295" s="2">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="K295" s="2">
         <v>100</v>
       </c>
       <c r="L295" s="2">
-        <v>210</v>
+        <v>29</v>
       </c>
       <c r="M295" s="2">
         <v>0</v>
       </c>
       <c r="N295" s="2">
-        <v>310</v>
+        <v>129</v>
       </c>
     </row>
     <row r="296" spans="1:14">
       <c r="A296" s="2">
         <v>113145</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>752</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>753</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2">
         <v>7620</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G296" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H296" s="2" t="s">
         <v>754</v>
       </c>
       <c r="I296" s="2">
         <v>99</v>
       </c>
       <c r="J296" s="2">
         <v>93</v>
       </c>
       <c r="K296" s="2">
         <v>100</v>
       </c>
       <c r="L296" s="2">
         <v>28</v>
       </c>
       <c r="M296" s="2">
         <v>0</v>
       </c>
       <c r="N296" s="2">
         <v>128</v>
       </c>
     </row>
     <row r="297" spans="1:14">
       <c r="A297" s="2">
-        <v>102779</v>
+        <v>107023</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>755</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>756</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2">
-        <v>7509</v>
-[...3 lines deleted...]
-      </c>
+        <v>7156</v>
+      </c>
+      <c r="F297" s="2"/>
       <c r="G297" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H297" s="2" t="s">
         <v>757</v>
       </c>
       <c r="I297" s="2">
         <v>99</v>
       </c>
       <c r="J297" s="2">
         <v>89</v>
       </c>
       <c r="K297" s="2">
         <v>100</v>
       </c>
       <c r="L297" s="2">
         <v>32</v>
       </c>
       <c r="M297" s="2">
         <v>0</v>
       </c>
       <c r="N297" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="298" spans="1:14">
       <c r="A298" s="2">
-        <v>107023</v>
+        <v>102779</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>758</v>
       </c>
       <c r="C298" s="2" t="s">
         <v>759</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2">
-        <v>7156</v>
-[...1 lines deleted...]
-      <c r="F298" s="2"/>
+        <v>7509</v>
+      </c>
+      <c r="F298" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G298" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H298" s="2" t="s">
         <v>760</v>
       </c>
       <c r="I298" s="2">
         <v>99</v>
       </c>
       <c r="J298" s="2">
         <v>89</v>
       </c>
       <c r="K298" s="2">
         <v>100</v>
       </c>
       <c r="L298" s="2">
         <v>32</v>
       </c>
       <c r="M298" s="2">
         <v>0</v>
       </c>
       <c r="N298" s="2">
         <v>132</v>
       </c>
     </row>
     <row r="299" spans="1:14">
       <c r="A299" s="2">
-        <v>107031</v>
+        <v>102780</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>761</v>
       </c>
       <c r="C299" s="2" t="s">
         <v>762</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2">
-        <v>7106</v>
+        <v>7078</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H299" s="2" t="s">
         <v>763</v>
       </c>
       <c r="I299" s="2">
         <v>100</v>
       </c>
       <c r="J299" s="2">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="K299" s="2">
         <v>100</v>
       </c>
       <c r="L299" s="2">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="M299" s="2">
         <v>0</v>
       </c>
       <c r="N299" s="2">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" s="2">
-        <v>102780</v>
+        <v>107031</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>764</v>
       </c>
       <c r="C300" s="2" t="s">
         <v>765</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2">
-        <v>7078</v>
+        <v>7106</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H300" s="2" t="s">
         <v>766</v>
       </c>
       <c r="I300" s="2">
         <v>100</v>
       </c>
       <c r="J300" s="2">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="K300" s="2">
         <v>100</v>
       </c>
       <c r="L300" s="2">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="M300" s="2">
         <v>0</v>
       </c>
       <c r="N300" s="2">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" s="2">
         <v>107024</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>767</v>
       </c>
       <c r="C301" s="2" t="s">
         <v>768</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2">
         <v>7161</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H301" s="2" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="I301" s="2">
         <v>100</v>
       </c>
       <c r="J301" s="2">
         <v>90</v>
       </c>
       <c r="K301" s="2">
         <v>100</v>
       </c>
       <c r="L301" s="2">
         <v>31</v>
       </c>
       <c r="M301" s="2">
         <v>0</v>
       </c>
       <c r="N301" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" s="2">
-        <v>101037</v>
+        <v>102781</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>769</v>
+        <v>321</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>124</v>
+        <v>322</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2">
-        <v>7543</v>
+        <v>7095</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G302" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H302" s="2" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="I302" s="2">
         <v>101</v>
       </c>
       <c r="J302" s="2">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="K302" s="2">
         <v>100</v>
       </c>
       <c r="L302" s="2">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="M302" s="2">
         <v>0</v>
       </c>
       <c r="N302" s="2">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="303" spans="1:14">
       <c r="A303" s="2">
-        <v>107025</v>
+        <v>101037</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>481</v>
+        <v>770</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>482</v>
+        <v>121</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2">
-        <v>7509</v>
-[...1 lines deleted...]
-      <c r="F303" s="2"/>
+        <v>7543</v>
+      </c>
+      <c r="F303" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="G303" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H303" s="2" t="s">
         <v>771</v>
       </c>
       <c r="I303" s="2">
         <v>101</v>
       </c>
       <c r="J303" s="2">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="K303" s="2">
         <v>100</v>
       </c>
       <c r="L303" s="2">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="M303" s="2">
         <v>0</v>
       </c>
       <c r="N303" s="2">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" s="2">
-        <v>102781</v>
+        <v>107025</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>321</v>
+        <v>484</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>322</v>
+        <v>485</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
-        <v>7095</v>
-[...3 lines deleted...]
-      </c>
+        <v>7509</v>
+      </c>
+      <c r="F304" s="2"/>
       <c r="G304" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H304" s="2" t="s">
         <v>772</v>
       </c>
       <c r="I304" s="2">
         <v>101</v>
       </c>
       <c r="J304" s="2">
         <v>91</v>
       </c>
       <c r="K304" s="2">
         <v>100</v>
       </c>
       <c r="L304" s="2">
         <v>30</v>
       </c>
       <c r="M304" s="2">
         <v>0</v>
       </c>
       <c r="N304" s="2">
         <v>130</v>
       </c>
     </row>
@@ -19245,587 +19245,587 @@
       </c>
       <c r="I306" s="2">
         <v>102</v>
       </c>
       <c r="J306" s="2">
         <v>92</v>
       </c>
       <c r="K306" s="2">
         <v>100</v>
       </c>
       <c r="L306" s="2">
         <v>29</v>
       </c>
       <c r="M306" s="2">
         <v>0</v>
       </c>
       <c r="N306" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="307" spans="1:14">
       <c r="A307" s="2">
         <v>107026</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2">
         <v>7165</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G307" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H307" s="2" t="s">
         <v>778</v>
       </c>
       <c r="I307" s="2">
         <v>102</v>
       </c>
       <c r="J307" s="2">
         <v>92</v>
       </c>
       <c r="K307" s="2">
         <v>100</v>
       </c>
       <c r="L307" s="2">
         <v>29</v>
       </c>
       <c r="M307" s="2">
         <v>0</v>
       </c>
       <c r="N307" s="2">
         <v>129</v>
       </c>
     </row>
     <row r="308" spans="1:14">
       <c r="A308" s="2">
-        <v>113149</v>
+        <v>102783</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>779</v>
       </c>
       <c r="C308" s="2" t="s">
         <v>780</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2">
-        <v>8034</v>
+        <v>7169</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H308" s="2" t="s">
         <v>781</v>
       </c>
       <c r="I308" s="2">
         <v>103</v>
       </c>
       <c r="J308" s="2">
-        <v>7</v>
+        <v>93</v>
       </c>
       <c r="K308" s="2">
         <v>100</v>
       </c>
       <c r="L308" s="2">
-        <v>240</v>
+        <v>28</v>
       </c>
       <c r="M308" s="2">
         <v>0</v>
       </c>
       <c r="N308" s="2">
-        <v>340</v>
+        <v>128</v>
       </c>
     </row>
     <row r="309" spans="1:14">
       <c r="A309" s="2">
-        <v>102783</v>
+        <v>113149</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>782</v>
       </c>
       <c r="C309" s="2" t="s">
         <v>783</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2">
-        <v>7169</v>
+        <v>8034</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H309" s="2" t="s">
         <v>784</v>
       </c>
       <c r="I309" s="2">
         <v>103</v>
       </c>
       <c r="J309" s="2">
-        <v>93</v>
+        <v>7</v>
       </c>
       <c r="K309" s="2">
         <v>100</v>
       </c>
       <c r="L309" s="2">
-        <v>28</v>
+        <v>240</v>
       </c>
       <c r="M309" s="2">
         <v>0</v>
       </c>
       <c r="N309" s="2">
-        <v>128</v>
+        <v>340</v>
       </c>
     </row>
     <row r="310" spans="1:14">
       <c r="A310" s="2">
         <v>103587</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>785</v>
       </c>
       <c r="C310" s="2" t="s">
         <v>786</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2">
         <v>8048</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H310" s="2" t="s">
         <v>787</v>
       </c>
       <c r="I310" s="2">
         <v>103</v>
       </c>
       <c r="J310" s="2">
         <v>11</v>
       </c>
       <c r="K310" s="2">
         <v>100</v>
       </c>
       <c r="L310" s="2">
         <v>200</v>
       </c>
       <c r="M310" s="2">
         <v>0</v>
       </c>
       <c r="N310" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:14">
       <c r="A311" s="2">
         <v>107027</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2">
         <v>8038</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H311" s="2" t="s">
         <v>788</v>
       </c>
       <c r="I311" s="2">
         <v>104</v>
       </c>
       <c r="J311" s="2">
         <v>12</v>
       </c>
       <c r="K311" s="2">
         <v>100</v>
       </c>
       <c r="L311" s="2">
         <v>190</v>
       </c>
       <c r="M311" s="2">
         <v>0</v>
       </c>
       <c r="N311" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="312" spans="1:14">
       <c r="A312" s="2">
-        <v>102886</v>
+        <v>102784</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>789</v>
       </c>
       <c r="C312" s="2" t="s">
         <v>790</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2">
-        <v>7586</v>
+        <v>8507</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="H312" s="2" t="s">
         <v>791</v>
       </c>
       <c r="I312" s="2">
         <v>104</v>
       </c>
       <c r="J312" s="2">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="K312" s="2">
         <v>100</v>
       </c>
       <c r="L312" s="2">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="M312" s="2">
         <v>0</v>
       </c>
       <c r="N312" s="2">
-        <v>124</v>
+        <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:14">
       <c r="A313" s="2">
-        <v>102784</v>
+        <v>102886</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>792</v>
       </c>
       <c r="C313" s="2" t="s">
         <v>793</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2">
-        <v>8507</v>
+        <v>7586</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="H313" s="2" t="s">
         <v>794</v>
       </c>
       <c r="I313" s="2">
         <v>104</v>
       </c>
       <c r="J313" s="2">
-        <v>11</v>
+        <v>97</v>
       </c>
       <c r="K313" s="2">
         <v>100</v>
       </c>
       <c r="L313" s="2">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="M313" s="2">
         <v>0</v>
       </c>
       <c r="N313" s="2">
-        <v>300</v>
+        <v>124</v>
       </c>
     </row>
     <row r="314" spans="1:14">
       <c r="A314" s="2">
         <v>113151</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>795</v>
       </c>
       <c r="C314" s="2" t="s">
         <v>796</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2">
         <v>7609</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H314" s="2" t="s">
         <v>797</v>
       </c>
       <c r="I314" s="2">
         <v>105</v>
       </c>
       <c r="J314" s="2">
         <v>98</v>
       </c>
       <c r="K314" s="2">
         <v>100</v>
       </c>
       <c r="L314" s="2">
         <v>23</v>
       </c>
       <c r="M314" s="2">
         <v>0</v>
       </c>
       <c r="N314" s="2">
         <v>123</v>
       </c>
     </row>
     <row r="315" spans="1:14">
       <c r="A315" s="2">
-        <v>102785</v>
+        <v>104513</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>363</v>
+        <v>798</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>364</v>
+        <v>322</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2">
-        <v>7039</v>
+        <v>7038</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H315" s="2" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="I315" s="2">
         <v>105</v>
       </c>
       <c r="J315" s="2">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="K315" s="2">
         <v>100</v>
       </c>
       <c r="L315" s="2">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M315" s="2">
         <v>0</v>
       </c>
       <c r="N315" s="2">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" s="2">
-        <v>104513</v>
+        <v>102785</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>799</v>
+        <v>360</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>322</v>
+        <v>361</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2">
-        <v>7038</v>
+        <v>7039</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H316" s="2" t="s">
         <v>800</v>
       </c>
       <c r="I316" s="2">
         <v>105</v>
       </c>
       <c r="J316" s="2">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K316" s="2">
         <v>100</v>
       </c>
       <c r="L316" s="2">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M316" s="2">
         <v>0</v>
       </c>
       <c r="N316" s="2">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="317" spans="1:14">
       <c r="A317" s="2">
-        <v>113152</v>
+        <v>102786</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>801</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>802</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2">
-        <v>7066</v>
+        <v>7060</v>
       </c>
       <c r="F317" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H317" s="2" t="s">
         <v>803</v>
-      </c>
-[...4 lines deleted...]
-        <v>797</v>
       </c>
       <c r="I317" s="2">
         <v>106</v>
       </c>
       <c r="J317" s="2">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="K317" s="2">
         <v>100</v>
       </c>
       <c r="L317" s="2">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="M317" s="2">
         <v>0</v>
       </c>
       <c r="N317" s="2">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" s="2">
-        <v>102786</v>
+        <v>107030</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>804</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>805</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2">
-        <v>7060</v>
-[...3 lines deleted...]
-      </c>
+        <v>7547</v>
+      </c>
+      <c r="F318" s="2"/>
       <c r="G318" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H318" s="2" t="s">
         <v>806</v>
       </c>
       <c r="I318" s="2">
         <v>106</v>
       </c>
       <c r="J318" s="2">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="K318" s="2">
         <v>100</v>
       </c>
       <c r="L318" s="2">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="M318" s="2">
         <v>0</v>
       </c>
       <c r="N318" s="2">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="2">
-        <v>107030</v>
+        <v>113152</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>807</v>
       </c>
       <c r="C319" s="2" t="s">
         <v>808</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2">
-        <v>7547</v>
-[...1 lines deleted...]
-      <c r="F319" s="2"/>
+        <v>7066</v>
+      </c>
+      <c r="F319" s="2" t="s">
+        <v>809</v>
+      </c>
       <c r="G319" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H319" s="2" t="s">
-        <v>809</v>
+        <v>797</v>
       </c>
       <c r="I319" s="2">
         <v>106</v>
       </c>
       <c r="J319" s="2">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="K319" s="2">
         <v>100</v>
       </c>
       <c r="L319" s="2">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M319" s="2">
         <v>0</v>
       </c>
       <c r="N319" s="2">
-        <v>127</v>
+        <v>122</v>
       </c>
     </row>
     <row r="320" spans="1:14">
       <c r="A320" s="2">
         <v>107046</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>810</v>
       </c>
       <c r="C320" s="2" t="s">
         <v>811</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2">
         <v>7060</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H320" s="2" t="s">
         <v>812</v>
       </c>
@@ -19873,54 +19873,54 @@
       </c>
       <c r="I321" s="2">
         <v>107</v>
       </c>
       <c r="J321" s="2">
         <v>96</v>
       </c>
       <c r="K321" s="2">
         <v>100</v>
       </c>
       <c r="L321" s="2">
         <v>25</v>
       </c>
       <c r="M321" s="2">
         <v>0</v>
       </c>
       <c r="N321" s="2">
         <v>125</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" s="2">
         <v>107031</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2">
         <v>7029</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H322" s="2" t="s">
         <v>816</v>
       </c>
       <c r="I322" s="2">
         <v>107</v>
       </c>
       <c r="J322" s="2">
         <v>95</v>
       </c>
       <c r="K322" s="2">
         <v>100</v>
       </c>
       <c r="L322" s="2">
         <v>26</v>
@@ -20093,86 +20093,86 @@
       <c r="L326" s="2">
         <v>20</v>
       </c>
       <c r="M326" s="2">
         <v>0</v>
       </c>
       <c r="N326" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="327" spans="1:14">
       <c r="A327" s="2">
         <v>102830</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>743</v>
       </c>
       <c r="C327" s="2" t="s">
         <v>827</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2">
         <v>7591</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H327" s="2" t="s">
         <v>828</v>
       </c>
       <c r="I327" s="2">
         <v>109</v>
       </c>
       <c r="J327" s="2">
         <v>97</v>
       </c>
       <c r="K327" s="2">
         <v>100</v>
       </c>
       <c r="L327" s="2">
         <v>24</v>
       </c>
       <c r="M327" s="2">
         <v>0</v>
       </c>
       <c r="N327" s="2">
         <v>124</v>
       </c>
     </row>
     <row r="328" spans="1:14">
       <c r="A328" s="2">
         <v>102789</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2">
         <v>7004</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H328" s="2" t="s">
         <v>829</v>
       </c>
       <c r="I328" s="2">
         <v>109</v>
       </c>
       <c r="J328" s="2">
         <v>98</v>
       </c>
       <c r="K328" s="2">
         <v>100</v>
       </c>
       <c r="L328" s="2">
         <v>23</v>
@@ -20341,51 +20341,51 @@
       <c r="L332" s="2">
         <v>190</v>
       </c>
       <c r="M332" s="2">
         <v>0</v>
       </c>
       <c r="N332" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="333" spans="1:14">
       <c r="A333" s="2">
         <v>100104</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>654</v>
       </c>
       <c r="C333" s="2" t="s">
         <v>655</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2">
         <v>7641</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G333" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H333" s="2" t="s">
         <v>841</v>
       </c>
       <c r="I333" s="2">
         <v>111</v>
       </c>
       <c r="J333" s="2">
         <v>99</v>
       </c>
       <c r="K333" s="2">
         <v>100</v>
       </c>
       <c r="L333" s="2">
         <v>22</v>
       </c>
       <c r="M333" s="2">
         <v>0</v>
       </c>
       <c r="N333" s="2">
         <v>122</v>
       </c>
@@ -20425,51 +20425,51 @@
       <c r="L334" s="2">
         <v>20</v>
       </c>
       <c r="M334" s="2">
         <v>0</v>
       </c>
       <c r="N334" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="335" spans="1:14">
       <c r="A335" s="2">
         <v>107036</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>609</v>
       </c>
       <c r="C335" s="2" t="s">
         <v>610</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2">
         <v>7608</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G335" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H335" s="2" t="s">
         <v>845</v>
       </c>
       <c r="I335" s="2">
         <v>112</v>
       </c>
       <c r="J335" s="2">
         <v>100</v>
       </c>
       <c r="K335" s="2">
         <v>100</v>
       </c>
       <c r="L335" s="2">
         <v>21</v>
       </c>
       <c r="M335" s="2">
         <v>0</v>
       </c>
       <c r="N335" s="2">
         <v>121</v>
       </c>
@@ -20915,51 +20915,51 @@
       </c>
       <c r="I346" s="2">
         <v>115</v>
       </c>
       <c r="J346" s="2">
         <v>103</v>
       </c>
       <c r="K346" s="2">
         <v>100</v>
       </c>
       <c r="L346" s="2">
         <v>20</v>
       </c>
       <c r="M346" s="2">
         <v>0</v>
       </c>
       <c r="N346" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="347" spans="1:14">
       <c r="A347" s="2">
         <v>107028</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C347" s="2" t="s">
         <v>873</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2">
         <v>8045</v>
       </c>
       <c r="F347" s="2"/>
       <c r="G347" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H347" s="2" t="s">
         <v>874</v>
       </c>
       <c r="I347" s="2">
         <v>116</v>
       </c>
       <c r="J347" s="2">
         <v>13</v>
       </c>
       <c r="K347" s="2">
         <v>100</v>
       </c>
       <c r="L347" s="2">
@@ -21079,51 +21079,51 @@
       </c>
       <c r="I350" s="2">
         <v>116</v>
       </c>
       <c r="J350" s="2">
         <v>109</v>
       </c>
       <c r="K350" s="2">
         <v>100</v>
       </c>
       <c r="L350" s="2">
         <v>20</v>
       </c>
       <c r="M350" s="2">
         <v>0</v>
       </c>
       <c r="N350" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:14">
       <c r="A351" s="2">
         <v>107073</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="C351" s="2" t="s">
         <v>883</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2">
         <v>7574</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H351" s="2" t="s">
         <v>884</v>
       </c>
       <c r="I351" s="2">
         <v>117</v>
       </c>
       <c r="J351" s="2">
         <v>110</v>
       </c>
       <c r="K351" s="2">
         <v>100</v>
@@ -21285,51 +21285,51 @@
       </c>
       <c r="I355" s="2">
         <v>118</v>
       </c>
       <c r="J355" s="2">
         <v>105</v>
       </c>
       <c r="K355" s="2">
         <v>100</v>
       </c>
       <c r="L355" s="2">
         <v>20</v>
       </c>
       <c r="M355" s="2">
         <v>0</v>
       </c>
       <c r="N355" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="356" spans="1:14">
       <c r="A356" s="2">
         <v>101976</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C356" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2">
         <v>7114</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H356" s="2" t="s">
         <v>892</v>
       </c>
       <c r="I356" s="2">
         <v>118</v>
       </c>
       <c r="J356" s="2">
         <v>105</v>
       </c>
       <c r="K356" s="2">
         <v>100</v>
@@ -21456,51 +21456,51 @@
       </c>
       <c r="J359" s="2">
         <v>106</v>
       </c>
       <c r="K359" s="2">
         <v>100</v>
       </c>
       <c r="L359" s="2">
         <v>20</v>
       </c>
       <c r="M359" s="2">
         <v>0</v>
       </c>
       <c r="N359" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="360" spans="1:14">
       <c r="A360" s="2">
         <v>102838</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>903</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2">
         <v>7506</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G360" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H360" s="2" t="s">
         <v>904</v>
       </c>
       <c r="I360" s="2">
         <v>120</v>
       </c>
       <c r="J360" s="2">
         <v>107</v>
       </c>
       <c r="K360" s="2">
         <v>100</v>
       </c>
       <c r="L360" s="2">
         <v>20</v>
@@ -21593,51 +21593,51 @@
       <c r="N362" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:14">
       <c r="A363" s="2">
         <v>102801</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>909</v>
       </c>
       <c r="C363" s="2" t="s">
         <v>910</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2">
         <v>7131</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G363" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H363" s="2" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="I363" s="2">
         <v>121</v>
       </c>
       <c r="J363" s="2">
         <v>108</v>
       </c>
       <c r="K363" s="2">
         <v>100</v>
       </c>
       <c r="L363" s="2">
         <v>20</v>
       </c>
       <c r="M363" s="2">
         <v>0</v>
       </c>
       <c r="N363" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="364" spans="1:14">
       <c r="A364" s="2">
         <v>113167</v>
       </c>
       <c r="B364" s="2" t="s">
@@ -22032,118 +22032,118 @@
       </c>
       <c r="H373" s="2" t="s">
         <v>937</v>
       </c>
       <c r="I373" s="2">
         <v>124</v>
       </c>
       <c r="J373" s="2">
         <v>115</v>
       </c>
       <c r="K373" s="2">
         <v>100</v>
       </c>
       <c r="L373" s="2">
         <v>20</v>
       </c>
       <c r="M373" s="2">
         <v>0</v>
       </c>
       <c r="N373" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="374" spans="1:14">
       <c r="A374" s="2">
-        <v>102836</v>
+        <v>101006</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>938</v>
+        <v>344</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>939</v>
+        <v>345</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2">
-        <v>7599</v>
+        <v>7648</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>28</v>
+        <v>194</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H374" s="2" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="I374" s="2">
         <v>125</v>
       </c>
       <c r="J374" s="2">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="K374" s="2">
         <v>100</v>
       </c>
       <c r="L374" s="2">
         <v>20</v>
       </c>
       <c r="M374" s="2">
         <v>0</v>
       </c>
       <c r="N374" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:14">
       <c r="A375" s="2">
-        <v>101006</v>
+        <v>102836</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>347</v>
+        <v>939</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>348</v>
+        <v>940</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2">
-        <v>7648</v>
+        <v>7599</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>194</v>
+        <v>28</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H375" s="2" t="s">
         <v>941</v>
       </c>
       <c r="I375" s="2">
         <v>125</v>
       </c>
       <c r="J375" s="2">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="K375" s="2">
         <v>100</v>
       </c>
       <c r="L375" s="2">
         <v>20</v>
       </c>
       <c r="M375" s="2">
         <v>0</v>
       </c>
       <c r="N375" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="376" spans="1:14">
       <c r="A376" s="2">
         <v>102805</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>942</v>
       </c>
       <c r="C376" s="2" t="s">
         <v>943</v>
       </c>
       <c r="D376" s="2"/>
@@ -22461,51 +22461,51 @@
       <c r="L383" s="2">
         <v>20</v>
       </c>
       <c r="M383" s="2">
         <v>0</v>
       </c>
       <c r="N383" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="384" spans="1:14">
       <c r="A384" s="2">
         <v>113174</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>963</v>
       </c>
       <c r="C384" s="2" t="s">
         <v>964</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2">
         <v>7568</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H384" s="2" t="s">
         <v>960</v>
       </c>
       <c r="I384" s="2">
         <v>128</v>
       </c>
       <c r="J384" s="2">
         <v>119</v>
       </c>
       <c r="K384" s="2">
         <v>100</v>
       </c>
       <c r="L384" s="2">
         <v>20</v>
       </c>
       <c r="M384" s="2">
         <v>0</v>
       </c>
       <c r="N384" s="2">
         <v>120</v>
       </c>
@@ -22956,51 +22956,51 @@
       </c>
       <c r="J395" s="2">
         <v>16</v>
       </c>
       <c r="K395" s="2">
         <v>100</v>
       </c>
       <c r="L395" s="2">
         <v>150</v>
       </c>
       <c r="M395" s="2">
         <v>0</v>
       </c>
       <c r="N395" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="396" spans="1:14">
       <c r="A396" s="2">
         <v>113178</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>995</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2">
         <v>7212</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H396" s="2" t="s">
         <v>996</v>
       </c>
       <c r="I396" s="2">
         <v>132</v>
       </c>
       <c r="J396" s="2">
         <v>122</v>
       </c>
       <c r="K396" s="2">
         <v>100</v>
       </c>
       <c r="L396" s="2">
         <v>20</v>
@@ -23122,51 +23122,51 @@
       </c>
       <c r="J399" s="2">
         <v>123</v>
       </c>
       <c r="K399" s="2">
         <v>100</v>
       </c>
       <c r="L399" s="2">
         <v>20</v>
       </c>
       <c r="M399" s="2">
         <v>0</v>
       </c>
       <c r="N399" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="400" spans="1:14">
       <c r="A400" s="2">
         <v>107055</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2">
         <v>7130</v>
       </c>
       <c r="F400" s="2"/>
       <c r="G400" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H400" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="I400" s="2">
         <v>133</v>
       </c>
       <c r="J400" s="2">
         <v>119</v>
       </c>
       <c r="K400" s="2">
         <v>100</v>
       </c>
       <c r="L400" s="2">
         <v>20</v>
       </c>
       <c r="M400" s="2">
@@ -23629,51 +23629,51 @@
       <c r="L411" s="2">
         <v>20</v>
       </c>
       <c r="M411" s="2">
         <v>0</v>
       </c>
       <c r="N411" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="412" spans="1:14">
       <c r="A412" s="2">
         <v>113357</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="C412" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2">
         <v>8511</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H412" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="I412" s="2">
         <v>137</v>
       </c>
       <c r="J412" s="2">
         <v>11</v>
       </c>
       <c r="K412" s="2">
         <v>100</v>
       </c>
       <c r="L412" s="2">
         <v>200</v>
       </c>
       <c r="M412" s="2">
         <v>0</v>
       </c>
       <c r="N412" s="2">
         <v>300</v>
       </c>
@@ -23700,139 +23700,139 @@
       </c>
       <c r="H413" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="I413" s="2">
         <v>138</v>
       </c>
       <c r="J413" s="2">
         <v>127</v>
       </c>
       <c r="K413" s="2">
         <v>100</v>
       </c>
       <c r="L413" s="2">
         <v>20</v>
       </c>
       <c r="M413" s="2">
         <v>0</v>
       </c>
       <c r="N413" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="414" spans="1:14">
       <c r="A414" s="2">
-        <v>107060</v>
+        <v>101030</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>961</v>
+        <v>1048</v>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2">
-        <v>7500</v>
-[...1 lines deleted...]
-      <c r="F414" s="2"/>
+        <v>7547</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>175</v>
+      </c>
       <c r="G414" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H414" s="2" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="I414" s="2">
         <v>138</v>
       </c>
       <c r="J414" s="2">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="K414" s="2">
         <v>100</v>
       </c>
       <c r="L414" s="2">
         <v>20</v>
       </c>
       <c r="M414" s="2">
         <v>0</v>
       </c>
       <c r="N414" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="415" spans="1:14">
       <c r="A415" s="2">
-        <v>101030</v>
+        <v>107060</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>1050</v>
+        <v>961</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2">
-        <v>7547</v>
-[...3 lines deleted...]
-      </c>
+        <v>7500</v>
+      </c>
+      <c r="F415" s="2"/>
       <c r="G415" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H415" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="I415" s="2">
         <v>138</v>
       </c>
       <c r="J415" s="2">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="K415" s="2">
         <v>100</v>
       </c>
       <c r="L415" s="2">
         <v>20</v>
       </c>
       <c r="M415" s="2">
         <v>0</v>
       </c>
       <c r="N415" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="416" spans="1:14">
       <c r="A416" s="2">
         <v>102819</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2">
         <v>7071</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G416" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H416" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="I416" s="2">
         <v>139</v>
       </c>
       <c r="J416" s="2">
         <v>122</v>
       </c>
       <c r="K416" s="2">
         <v>100</v>
       </c>
       <c r="L416" s="2">
         <v>20</v>
@@ -24202,93 +24202,93 @@
       </c>
       <c r="J425" s="2">
         <v>124</v>
       </c>
       <c r="K425" s="2">
         <v>100</v>
       </c>
       <c r="L425" s="2">
         <v>20</v>
       </c>
       <c r="M425" s="2">
         <v>0</v>
       </c>
       <c r="N425" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="426" spans="1:14">
       <c r="A426" s="2">
         <v>113188</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2">
         <v>7068</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G426" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H426" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="I426" s="2">
         <v>142</v>
       </c>
       <c r="J426" s="2">
         <v>130</v>
       </c>
       <c r="K426" s="2">
         <v>100</v>
       </c>
       <c r="L426" s="2">
         <v>20</v>
       </c>
       <c r="M426" s="2">
         <v>0</v>
       </c>
       <c r="N426" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="427" spans="1:14">
       <c r="A427" s="2">
         <v>107064</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2">
         <v>8015</v>
       </c>
       <c r="F427" s="2"/>
       <c r="G427" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H427" s="2" t="s">
         <v>928</v>
       </c>
       <c r="I427" s="2">
         <v>142</v>
       </c>
       <c r="J427" s="2">
         <v>15</v>
       </c>
       <c r="K427" s="2">
         <v>100</v>
       </c>
       <c r="L427" s="2">
         <v>160</v>
       </c>
       <c r="M427" s="2">
@@ -24365,54 +24365,54 @@
       </c>
       <c r="I429" s="2">
         <v>143</v>
       </c>
       <c r="J429" s="2">
         <v>125</v>
       </c>
       <c r="K429" s="2">
         <v>100</v>
       </c>
       <c r="L429" s="2">
         <v>20</v>
       </c>
       <c r="M429" s="2">
         <v>0</v>
       </c>
       <c r="N429" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="430" spans="1:14">
       <c r="A430" s="2">
         <v>102776</v>
       </c>
       <c r="B430" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="C430" s="2" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2">
         <v>7532</v>
       </c>
       <c r="F430" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G430" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H430" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="I430" s="2">
         <v>143</v>
       </c>
       <c r="J430" s="2">
         <v>131</v>
       </c>
       <c r="K430" s="2">
         <v>100</v>
       </c>
       <c r="L430" s="2">
         <v>20</v>
@@ -24531,54 +24531,54 @@
       </c>
       <c r="I433" s="2">
         <v>144</v>
       </c>
       <c r="J433" s="2">
         <v>128</v>
       </c>
       <c r="K433" s="2">
         <v>100</v>
       </c>
       <c r="L433" s="2">
         <v>20</v>
       </c>
       <c r="M433" s="2">
         <v>0</v>
       </c>
       <c r="N433" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="434" spans="1:14">
       <c r="A434" s="2">
         <v>102825</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2">
         <v>7619</v>
       </c>
       <c r="F434" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G434" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H434" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="I434" s="2">
         <v>145</v>
       </c>
       <c r="J434" s="2">
         <v>126</v>
       </c>
       <c r="K434" s="2">
         <v>100</v>
       </c>
       <c r="L434" s="2">
         <v>20</v>
@@ -24824,51 +24824,51 @@
       </c>
       <c r="J440" s="2">
         <v>128</v>
       </c>
       <c r="K440" s="2">
         <v>100</v>
       </c>
       <c r="L440" s="2">
         <v>20</v>
       </c>
       <c r="M440" s="2">
         <v>0</v>
       </c>
       <c r="N440" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="441" spans="1:14">
       <c r="A441" s="2">
         <v>102838</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>903</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2">
         <v>7616</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G441" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H441" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="I441" s="2">
         <v>147</v>
       </c>
       <c r="J441" s="2">
         <v>134</v>
       </c>
       <c r="K441" s="2">
         <v>100</v>
       </c>
       <c r="L441" s="2">
         <v>20</v>
@@ -25025,54 +25025,54 @@
       </c>
       <c r="I445" s="2">
         <v>148</v>
       </c>
       <c r="J445" s="2">
         <v>132</v>
       </c>
       <c r="K445" s="2">
         <v>100</v>
       </c>
       <c r="L445" s="2">
         <v>20</v>
       </c>
       <c r="M445" s="2">
         <v>0</v>
       </c>
       <c r="N445" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="446" spans="1:14">
       <c r="A446" s="2">
         <v>102724</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2">
         <v>7114</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G446" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H446" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="I446" s="2">
         <v>149</v>
       </c>
       <c r="J446" s="2">
         <v>133</v>
       </c>
       <c r="K446" s="2">
         <v>100</v>
       </c>
       <c r="L446" s="2">
         <v>20</v>
@@ -25243,51 +25243,51 @@
       <c r="L450" s="2">
         <v>20</v>
       </c>
       <c r="M450" s="2">
         <v>0</v>
       </c>
       <c r="N450" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="451" spans="1:14">
       <c r="A451" s="2">
         <v>102830</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>743</v>
       </c>
       <c r="C451" s="2" t="s">
         <v>827</v>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2">
         <v>7540</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G451" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H451" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="I451" s="2">
         <v>150</v>
       </c>
       <c r="J451" s="2">
         <v>131</v>
       </c>
       <c r="K451" s="2">
         <v>100</v>
       </c>
       <c r="L451" s="2">
         <v>20</v>
       </c>
       <c r="M451" s="2">
         <v>0</v>
       </c>
       <c r="N451" s="2">
         <v>120</v>
       </c>
@@ -25317,51 +25317,51 @@
       </c>
       <c r="I452" s="2">
         <v>151</v>
       </c>
       <c r="J452" s="2">
         <v>132</v>
       </c>
       <c r="K452" s="2">
         <v>100</v>
       </c>
       <c r="L452" s="2">
         <v>20</v>
       </c>
       <c r="M452" s="2">
         <v>0</v>
       </c>
       <c r="N452" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="453" spans="1:14">
       <c r="A453" s="2">
         <v>107073</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="C453" s="2" t="s">
         <v>883</v>
       </c>
       <c r="D453" s="2"/>
       <c r="E453" s="2">
         <v>7192</v>
       </c>
       <c r="F453" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G453" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H453" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="I453" s="2">
         <v>151</v>
       </c>
       <c r="J453" s="2">
         <v>135</v>
       </c>
       <c r="K453" s="2">
         <v>100</v>
@@ -25602,118 +25602,118 @@
       </c>
       <c r="H459" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="I459" s="2">
         <v>154</v>
       </c>
       <c r="J459" s="2">
         <v>135</v>
       </c>
       <c r="K459" s="2">
         <v>100</v>
       </c>
       <c r="L459" s="2">
         <v>20</v>
       </c>
       <c r="M459" s="2">
         <v>0</v>
       </c>
       <c r="N459" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="460" spans="1:14">
       <c r="A460" s="2">
-        <v>102835</v>
+        <v>107077</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>1160</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>222</v>
+        <v>1161</v>
       </c>
       <c r="D460" s="2"/>
       <c r="E460" s="2">
-        <v>7525</v>
+        <v>7515</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="G460" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H460" s="2" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="I460" s="2">
         <v>155</v>
       </c>
       <c r="J460" s="2">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="K460" s="2">
         <v>100</v>
       </c>
       <c r="L460" s="2">
         <v>20</v>
       </c>
       <c r="M460" s="2">
         <v>0</v>
       </c>
       <c r="N460" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="461" spans="1:14">
       <c r="A461" s="2">
-        <v>107077</v>
+        <v>102835</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>1163</v>
+        <v>218</v>
       </c>
       <c r="D461" s="2"/>
       <c r="E461" s="2">
-        <v>7515</v>
+        <v>7525</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>164</v>
+        <v>28</v>
       </c>
       <c r="G461" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H461" s="2" t="s">
         <v>1164</v>
       </c>
       <c r="I461" s="2">
         <v>155</v>
       </c>
       <c r="J461" s="2">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="K461" s="2">
         <v>100</v>
       </c>
       <c r="L461" s="2">
         <v>20</v>
       </c>
       <c r="M461" s="2">
         <v>0</v>
       </c>
       <c r="N461" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="462" spans="1:14">
       <c r="A462" s="2">
         <v>107078</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>905</v>
       </c>
       <c r="C462" s="2" t="s">
         <v>906</v>
       </c>
       <c r="D462" s="2"/>
@@ -25731,54 +25731,54 @@
       </c>
       <c r="I462" s="2">
         <v>156</v>
       </c>
       <c r="J462" s="2">
         <v>140</v>
       </c>
       <c r="K462" s="2">
         <v>100</v>
       </c>
       <c r="L462" s="2">
         <v>20</v>
       </c>
       <c r="M462" s="2">
         <v>0</v>
       </c>
       <c r="N462" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="463" spans="1:14">
       <c r="A463" s="2">
         <v>102836</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2">
         <v>7144</v>
       </c>
       <c r="F463" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G463" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H463" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="I463" s="2">
         <v>156</v>
       </c>
       <c r="J463" s="2">
         <v>137</v>
       </c>
       <c r="K463" s="2">
         <v>100</v>
       </c>
       <c r="L463" s="2">
         <v>20</v>
@@ -25855,96 +25855,96 @@
       </c>
       <c r="I465" s="2">
         <v>157</v>
       </c>
       <c r="J465" s="2">
         <v>141</v>
       </c>
       <c r="K465" s="2">
         <v>100</v>
       </c>
       <c r="L465" s="2">
         <v>20</v>
       </c>
       <c r="M465" s="2">
         <v>0</v>
       </c>
       <c r="N465" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="466" spans="1:14">
       <c r="A466" s="2">
         <v>107080</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2">
         <v>7183</v>
       </c>
       <c r="F466" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G466" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H466" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="I466" s="2">
         <v>158</v>
       </c>
       <c r="J466" s="2">
         <v>142</v>
       </c>
       <c r="K466" s="2">
         <v>100</v>
       </c>
       <c r="L466" s="2">
         <v>20</v>
       </c>
       <c r="M466" s="2">
         <v>0</v>
       </c>
       <c r="N466" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="467" spans="1:14">
       <c r="A467" s="2">
         <v>102838</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>903</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2">
         <v>7601</v>
       </c>
       <c r="F467" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G467" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H467" s="2" t="s">
         <v>1174</v>
       </c>
       <c r="I467" s="2">
         <v>158</v>
       </c>
       <c r="J467" s="2">
         <v>138</v>
       </c>
       <c r="K467" s="2">
         <v>100</v>
       </c>
       <c r="L467" s="2">
         <v>20</v>
@@ -25979,61 +25979,61 @@
       </c>
       <c r="I468" s="2">
         <v>159</v>
       </c>
       <c r="J468" s="2">
         <v>143</v>
       </c>
       <c r="K468" s="2">
         <v>100</v>
       </c>
       <c r="L468" s="2">
         <v>20</v>
       </c>
       <c r="M468" s="2">
         <v>0</v>
       </c>
       <c r="N468" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="469" spans="1:14">
       <c r="A469" s="2">
         <v>100997</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="C469" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2">
         <v>7573</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G469" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H469" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="I469" s="2">
         <v>159</v>
       </c>
       <c r="J469" s="2">
         <v>139</v>
       </c>
       <c r="K469" s="2">
         <v>100</v>
       </c>
       <c r="L469" s="2">
         <v>20</v>
       </c>
       <c r="M469" s="2">
         <v>0</v>
       </c>
       <c r="N469" s="2">
         <v>120</v>
       </c>
@@ -27053,51 +27053,51 @@
       </c>
       <c r="I494" s="2">
         <v>172</v>
       </c>
       <c r="J494" s="2">
         <v>151</v>
       </c>
       <c r="K494" s="2">
         <v>100</v>
       </c>
       <c r="L494" s="2">
         <v>20</v>
       </c>
       <c r="M494" s="2">
         <v>0</v>
       </c>
       <c r="N494" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="495" spans="1:14">
       <c r="A495" s="2">
         <v>107094</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C495" s="2" t="s">
         <v>1237</v>
       </c>
       <c r="D495" s="2"/>
       <c r="E495" s="2">
         <v>7167</v>
       </c>
       <c r="F495" s="2"/>
       <c r="G495" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H495" s="2" t="s">
         <v>1238</v>
       </c>
       <c r="I495" s="2">
         <v>172</v>
       </c>
       <c r="J495" s="2">
         <v>153</v>
       </c>
       <c r="K495" s="2">
         <v>100</v>
       </c>
       <c r="L495" s="2">
@@ -27355,127 +27355,127 @@
       <c r="N501" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="502" spans="1:14">
       <c r="A502" s="2">
         <v>102408</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="C502" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2">
         <v>7108</v>
       </c>
       <c r="F502" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G502" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H502" s="2" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="I502" s="2">
         <v>176</v>
       </c>
       <c r="J502" s="2">
         <v>155</v>
       </c>
       <c r="K502" s="2">
         <v>100</v>
       </c>
       <c r="L502" s="2">
         <v>20</v>
       </c>
       <c r="M502" s="2">
         <v>0</v>
       </c>
       <c r="N502" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="503" spans="1:14">
       <c r="A503" s="2">
         <v>107098</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C503" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D503" s="2"/>
       <c r="E503" s="2">
         <v>7159</v>
       </c>
       <c r="F503" s="2"/>
       <c r="G503" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H503" s="2" t="s">
         <v>1255</v>
       </c>
       <c r="I503" s="2">
         <v>176</v>
       </c>
       <c r="J503" s="2">
         <v>157</v>
       </c>
       <c r="K503" s="2">
         <v>100</v>
       </c>
       <c r="L503" s="2">
         <v>20</v>
       </c>
       <c r="M503" s="2">
         <v>0</v>
       </c>
       <c r="N503" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="504" spans="1:14">
       <c r="A504" s="2">
         <v>101559</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="C504" s="2" t="s">
         <v>1257</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2">
         <v>8518</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G504" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H504" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="I504" s="2">
         <v>177</v>
       </c>
       <c r="J504" s="2">
         <v>20</v>
       </c>
       <c r="K504" s="2">
         <v>100</v>
       </c>
       <c r="L504" s="2">
         <v>110</v>
       </c>
       <c r="M504" s="2">
         <v>0</v>
       </c>
       <c r="N504" s="2">
         <v>210</v>
       </c>
@@ -27679,51 +27679,51 @@
       <c r="L509" s="2">
         <v>20</v>
       </c>
       <c r="M509" s="2">
         <v>0</v>
       </c>
       <c r="N509" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="510" spans="1:14">
       <c r="A510" s="2">
         <v>101476</v>
       </c>
       <c r="B510" s="2" t="s">
         <v>1273</v>
       </c>
       <c r="C510" s="2" t="s">
         <v>1274</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2">
         <v>7521</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G510" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H510" s="2" t="s">
         <v>1275</v>
       </c>
       <c r="I510" s="2">
         <v>180</v>
       </c>
       <c r="J510" s="2">
         <v>160</v>
       </c>
       <c r="K510" s="2">
         <v>100</v>
       </c>
       <c r="L510" s="2">
         <v>20</v>
       </c>
       <c r="M510" s="2">
         <v>0</v>
       </c>
       <c r="N510" s="2">
         <v>120</v>
       </c>
@@ -28125,54 +28125,54 @@
       </c>
       <c r="I520" s="2">
         <v>185</v>
       </c>
       <c r="J520" s="2">
         <v>163</v>
       </c>
       <c r="K520" s="2">
         <v>100</v>
       </c>
       <c r="L520" s="2">
         <v>20</v>
       </c>
       <c r="M520" s="2">
         <v>0</v>
       </c>
       <c r="N520" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="521" spans="1:14">
       <c r="A521" s="2">
         <v>107106</v>
       </c>
       <c r="B521" s="2" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D521" s="2"/>
       <c r="E521" s="2">
         <v>7655</v>
       </c>
       <c r="F521" s="2"/>
       <c r="G521" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H521" s="2" t="s">
         <v>1305</v>
       </c>
       <c r="I521" s="2">
         <v>185</v>
       </c>
       <c r="J521" s="2">
         <v>165</v>
       </c>
       <c r="K521" s="2">
         <v>100</v>
       </c>
       <c r="L521" s="2">
         <v>20</v>
       </c>
       <c r="M521" s="2">
@@ -28907,54 +28907,54 @@
       </c>
       <c r="I539" s="2">
         <v>194</v>
       </c>
       <c r="J539" s="2">
         <v>170</v>
       </c>
       <c r="K539" s="2">
         <v>100</v>
       </c>
       <c r="L539" s="2">
         <v>20</v>
       </c>
       <c r="M539" s="2">
         <v>0</v>
       </c>
       <c r="N539" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="540" spans="1:14">
       <c r="A540" s="2">
         <v>102737</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="D540" s="2"/>
       <c r="E540" s="2">
         <v>7138</v>
       </c>
       <c r="F540" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G540" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H540" s="2" t="s">
         <v>1350</v>
       </c>
       <c r="I540" s="2">
         <v>195</v>
       </c>
       <c r="J540" s="2">
         <v>171</v>
       </c>
       <c r="K540" s="2">
         <v>100</v>
       </c>
       <c r="L540" s="2">
         <v>20</v>
@@ -29157,51 +29157,51 @@
       </c>
       <c r="I545" s="2">
         <v>197</v>
       </c>
       <c r="J545" s="2">
         <v>172</v>
       </c>
       <c r="K545" s="2">
         <v>100</v>
       </c>
       <c r="L545" s="2">
         <v>20</v>
       </c>
       <c r="M545" s="2">
         <v>0</v>
       </c>
       <c r="N545" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="546" spans="1:14">
       <c r="A546" s="2">
         <v>102890</v>
       </c>
       <c r="B546" s="2" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C546" s="2" t="s">
         <v>1363</v>
       </c>
       <c r="D546" s="2"/>
       <c r="E546" s="2">
         <v>7638</v>
       </c>
       <c r="F546" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G546" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H546" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="I546" s="2">
         <v>198</v>
       </c>
       <c r="J546" s="2">
         <v>174</v>
       </c>
       <c r="K546" s="2">
         <v>100</v>
@@ -29861,54 +29861,54 @@
       </c>
       <c r="I562" s="2">
         <v>206</v>
       </c>
       <c r="J562" s="2">
         <v>180</v>
       </c>
       <c r="K562" s="2">
         <v>100</v>
       </c>
       <c r="L562" s="2">
         <v>20</v>
       </c>
       <c r="M562" s="2">
         <v>0</v>
       </c>
       <c r="N562" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="563" spans="1:14">
       <c r="A563" s="2">
         <v>102886</v>
       </c>
       <c r="B563" s="2" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="C563" s="2" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="D563" s="2"/>
       <c r="E563" s="2">
         <v>7519</v>
       </c>
       <c r="F563" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G563" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H563" s="2" t="s">
         <v>1401</v>
       </c>
       <c r="I563" s="2">
         <v>206</v>
       </c>
       <c r="J563" s="2">
         <v>180</v>
       </c>
       <c r="K563" s="2">
         <v>100</v>
       </c>
       <c r="L563" s="2">
         <v>20</v>
@@ -29988,51 +29988,51 @@
       </c>
       <c r="J565" s="2">
         <v>27</v>
       </c>
       <c r="K565" s="2">
         <v>100</v>
       </c>
       <c r="L565" s="2">
         <v>94</v>
       </c>
       <c r="M565" s="2">
         <v>0</v>
       </c>
       <c r="N565" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="566" spans="1:14">
       <c r="A566" s="2">
         <v>101048</v>
       </c>
       <c r="B566" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D566" s="2"/>
       <c r="E566" s="2">
         <v>7063</v>
       </c>
       <c r="F566" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G566" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H566" s="2" t="s">
         <v>1408</v>
       </c>
       <c r="I566" s="2">
         <v>208</v>
       </c>
       <c r="J566" s="2">
         <v>182</v>
       </c>
       <c r="K566" s="2">
         <v>100</v>
       </c>
       <c r="L566" s="2">
         <v>20</v>
@@ -30149,96 +30149,96 @@
       </c>
       <c r="I569" s="2">
         <v>209</v>
       </c>
       <c r="J569" s="2">
         <v>27</v>
       </c>
       <c r="K569" s="2">
         <v>100</v>
       </c>
       <c r="L569" s="2">
         <v>94</v>
       </c>
       <c r="M569" s="2">
         <v>0</v>
       </c>
       <c r="N569" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="570" spans="1:14">
       <c r="A570" s="2">
         <v>102890</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C570" s="2" t="s">
         <v>1363</v>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2">
         <v>7543</v>
       </c>
       <c r="F570" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G570" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H570" s="2" t="s">
         <v>1417</v>
       </c>
       <c r="I570" s="2">
         <v>210</v>
       </c>
       <c r="J570" s="2">
         <v>183</v>
       </c>
       <c r="K570" s="2">
         <v>100</v>
       </c>
       <c r="L570" s="2">
         <v>20</v>
       </c>
       <c r="M570" s="2">
         <v>0</v>
       </c>
       <c r="N570" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="571" spans="1:14">
       <c r="A571" s="2">
         <v>107131</v>
       </c>
       <c r="B571" s="2" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="D571" s="2"/>
       <c r="E571" s="2">
         <v>7191</v>
       </c>
       <c r="F571" s="2"/>
       <c r="G571" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H571" s="2" t="s">
         <v>1418</v>
       </c>
       <c r="I571" s="2">
         <v>210</v>
       </c>
       <c r="J571" s="2">
         <v>183</v>
       </c>
       <c r="K571" s="2">
         <v>100</v>
       </c>
       <c r="L571" s="2">
         <v>20</v>
       </c>
       <c r="M571" s="2">
@@ -30353,51 +30353,51 @@
       </c>
       <c r="I574" s="2">
         <v>212</v>
       </c>
       <c r="J574" s="2">
         <v>185</v>
       </c>
       <c r="K574" s="2">
         <v>100</v>
       </c>
       <c r="L574" s="2">
         <v>20</v>
       </c>
       <c r="M574" s="2">
         <v>0</v>
       </c>
       <c r="N574" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="575" spans="1:14">
       <c r="A575" s="2">
         <v>102892</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C575" s="2" t="s">
         <v>1427</v>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2">
         <v>7081</v>
       </c>
       <c r="F575" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G575" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H575" s="2" t="s">
         <v>1428</v>
       </c>
       <c r="I575" s="2">
         <v>212</v>
       </c>
       <c r="J575" s="2">
         <v>185</v>
       </c>
       <c r="K575" s="2">
         <v>100</v>
@@ -30643,51 +30643,51 @@
       </c>
       <c r="I581" s="2">
         <v>215</v>
       </c>
       <c r="J581" s="2">
         <v>188</v>
       </c>
       <c r="K581" s="2">
         <v>100</v>
       </c>
       <c r="L581" s="2">
         <v>20</v>
       </c>
       <c r="M581" s="2">
         <v>0</v>
       </c>
       <c r="N581" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="582" spans="1:14">
       <c r="A582" s="2">
         <v>102896</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C582" s="2" t="s">
         <v>1446</v>
       </c>
       <c r="D582" s="2"/>
       <c r="E582" s="2">
         <v>7502</v>
       </c>
       <c r="F582" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G582" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H582" s="2" t="s">
         <v>1447</v>
       </c>
       <c r="I582" s="2">
         <v>216</v>
       </c>
       <c r="J582" s="2">
         <v>188</v>
       </c>
       <c r="K582" s="2">
         <v>100</v>
@@ -30809,51 +30809,51 @@
       </c>
       <c r="I585" s="2">
         <v>217</v>
       </c>
       <c r="J585" s="2">
         <v>189</v>
       </c>
       <c r="K585" s="2">
         <v>100</v>
       </c>
       <c r="L585" s="2">
         <v>20</v>
       </c>
       <c r="M585" s="2">
         <v>0</v>
       </c>
       <c r="N585" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="586" spans="1:14">
       <c r="A586" s="2">
         <v>102898</v>
       </c>
       <c r="B586" s="2" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="C586" s="2" t="s">
         <v>1455</v>
       </c>
       <c r="D586" s="2"/>
       <c r="E586" s="2">
         <v>8036</v>
       </c>
       <c r="F586" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G586" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H586" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="I586" s="2">
         <v>218</v>
       </c>
       <c r="J586" s="2">
         <v>29</v>
       </c>
       <c r="K586" s="2">
         <v>100</v>
@@ -31100,51 +31100,51 @@
       </c>
       <c r="J592" s="2">
         <v>193</v>
       </c>
       <c r="K592" s="2">
         <v>100</v>
       </c>
       <c r="L592" s="2">
         <v>20</v>
       </c>
       <c r="M592" s="2">
         <v>0</v>
       </c>
       <c r="N592" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="593" spans="1:14">
       <c r="A593" s="2">
         <v>102901</v>
       </c>
       <c r="B593" s="2" t="s">
         <v>1469</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D593" s="2"/>
       <c r="E593" s="2">
         <v>7589</v>
       </c>
       <c r="F593" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G593" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H593" s="2" t="s">
         <v>1470</v>
       </c>
       <c r="I593" s="2">
         <v>221</v>
       </c>
       <c r="J593" s="2">
         <v>192</v>
       </c>
       <c r="K593" s="2">
         <v>100</v>
       </c>
       <c r="L593" s="2">
         <v>20</v>
@@ -31511,54 +31511,54 @@
       </c>
       <c r="I602" s="2">
         <v>226</v>
       </c>
       <c r="J602" s="2">
         <v>196</v>
       </c>
       <c r="K602" s="2">
         <v>100</v>
       </c>
       <c r="L602" s="2">
         <v>20</v>
       </c>
       <c r="M602" s="2">
         <v>0</v>
       </c>
       <c r="N602" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="603" spans="1:14">
       <c r="A603" s="2">
         <v>101037</v>
       </c>
       <c r="B603" s="2" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C603" s="2" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D603" s="2"/>
       <c r="E603" s="2">
         <v>7594</v>
       </c>
       <c r="F603" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G603" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H603" s="2" t="s">
         <v>1490</v>
       </c>
       <c r="I603" s="2">
         <v>226</v>
       </c>
       <c r="J603" s="2">
         <v>197</v>
       </c>
       <c r="K603" s="2">
         <v>100</v>
       </c>
       <c r="L603" s="2">
         <v>20</v>
@@ -31762,51 +31762,51 @@
       </c>
       <c r="J608" s="2">
         <v>197</v>
       </c>
       <c r="K608" s="2">
         <v>100</v>
       </c>
       <c r="L608" s="2">
         <v>20</v>
       </c>
       <c r="M608" s="2">
         <v>0</v>
       </c>
       <c r="N608" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="609" spans="1:14">
       <c r="A609" s="2">
         <v>107150</v>
       </c>
       <c r="B609" s="2" t="s">
         <v>1508</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D609" s="2"/>
       <c r="E609" s="2">
         <v>7082</v>
       </c>
       <c r="F609" s="2"/>
       <c r="G609" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H609" s="2" t="s">
         <v>1509</v>
       </c>
       <c r="I609" s="2">
         <v>229</v>
       </c>
       <c r="J609" s="2">
         <v>200</v>
       </c>
       <c r="K609" s="2">
         <v>100</v>
       </c>
       <c r="L609" s="2">
         <v>20</v>
       </c>
       <c r="M609" s="2">
@@ -31839,51 +31839,51 @@
       </c>
       <c r="I610" s="2">
         <v>230</v>
       </c>
       <c r="J610" s="2">
         <v>30</v>
       </c>
       <c r="K610" s="2">
         <v>100</v>
       </c>
       <c r="L610" s="2">
         <v>91</v>
       </c>
       <c r="M610" s="2">
         <v>0</v>
       </c>
       <c r="N610" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="611" spans="1:14">
       <c r="A611" s="2">
         <v>102910</v>
       </c>
       <c r="B611" s="2" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="C611" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="D611" s="2"/>
       <c r="E611" s="2">
         <v>7099</v>
       </c>
       <c r="F611" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G611" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H611" s="2" t="s">
         <v>1514</v>
       </c>
       <c r="I611" s="2">
         <v>230</v>
       </c>
       <c r="J611" s="2">
         <v>198</v>
       </c>
       <c r="K611" s="2">
         <v>100</v>
@@ -32005,51 +32005,51 @@
       </c>
       <c r="I614" s="2">
         <v>232</v>
       </c>
       <c r="J614" s="2">
         <v>200</v>
       </c>
       <c r="K614" s="2">
         <v>100</v>
       </c>
       <c r="L614" s="2">
         <v>20</v>
       </c>
       <c r="M614" s="2">
         <v>0</v>
       </c>
       <c r="N614" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="615" spans="1:14">
       <c r="A615" s="2">
         <v>107153</v>
       </c>
       <c r="B615" s="2" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="C615" s="2" t="s">
         <v>1371</v>
       </c>
       <c r="D615" s="2"/>
       <c r="E615" s="2">
         <v>7531</v>
       </c>
       <c r="F615" s="2"/>
       <c r="G615" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H615" s="2" t="s">
         <v>1524</v>
       </c>
       <c r="I615" s="2">
         <v>232</v>
       </c>
       <c r="J615" s="2">
         <v>202</v>
       </c>
       <c r="K615" s="2">
         <v>100</v>
       </c>
       <c r="L615" s="2">
@@ -32301,51 +32301,51 @@
       <c r="L621" s="2">
         <v>20</v>
       </c>
       <c r="M621" s="2">
         <v>0</v>
       </c>
       <c r="N621" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="622" spans="1:14">
       <c r="A622" s="2">
         <v>102916</v>
       </c>
       <c r="B622" s="2" t="s">
         <v>1542</v>
       </c>
       <c r="C622" s="2" t="s">
         <v>1543</v>
       </c>
       <c r="D622" s="2"/>
       <c r="E622" s="2">
         <v>8025</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="G622" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H622" s="2" t="s">
         <v>1544</v>
       </c>
       <c r="I622" s="2">
         <v>236</v>
       </c>
       <c r="J622" s="2">
         <v>34</v>
       </c>
       <c r="K622" s="2">
         <v>100</v>
       </c>
       <c r="L622" s="2">
         <v>87</v>
       </c>
       <c r="M622" s="2">
         <v>0</v>
       </c>
       <c r="N622" s="2">
         <v>187</v>
       </c>
@@ -32375,51 +32375,51 @@
       </c>
       <c r="I623" s="2">
         <v>236</v>
       </c>
       <c r="J623" s="2">
         <v>205</v>
       </c>
       <c r="K623" s="2">
         <v>100</v>
       </c>
       <c r="L623" s="2">
         <v>20</v>
       </c>
       <c r="M623" s="2">
         <v>0</v>
       </c>
       <c r="N623" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="624" spans="1:14">
       <c r="A624" s="2">
         <v>107158</v>
       </c>
       <c r="B624" s="2" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="C624" s="2" t="s">
         <v>1546</v>
       </c>
       <c r="D624" s="2"/>
       <c r="E624" s="2">
         <v>7166</v>
       </c>
       <c r="F624" s="2"/>
       <c r="G624" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H624" s="2" t="s">
         <v>1547</v>
       </c>
       <c r="I624" s="2">
         <v>237</v>
       </c>
       <c r="J624" s="2">
         <v>206</v>
       </c>
       <c r="K624" s="2">
         <v>100</v>
       </c>
       <c r="L624" s="2">
@@ -32457,54 +32457,54 @@
       </c>
       <c r="I625" s="2">
         <v>237</v>
       </c>
       <c r="J625" s="2">
         <v>203</v>
       </c>
       <c r="K625" s="2">
         <v>100</v>
       </c>
       <c r="L625" s="2">
         <v>20</v>
       </c>
       <c r="M625" s="2">
         <v>0</v>
       </c>
       <c r="N625" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="626" spans="1:14">
       <c r="A626" s="2">
         <v>100188</v>
       </c>
       <c r="B626" s="2" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="C626" s="2" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D626" s="2"/>
       <c r="E626" s="2">
         <v>8007</v>
       </c>
       <c r="F626" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G626" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H626" s="2" t="s">
         <v>1549</v>
       </c>
       <c r="I626" s="2">
         <v>238</v>
       </c>
       <c r="J626" s="2">
         <v>32</v>
       </c>
       <c r="K626" s="2">
         <v>100</v>
       </c>
       <c r="L626" s="2">
         <v>89</v>
@@ -32872,51 +32872,51 @@
       </c>
       <c r="J635" s="2">
         <v>210</v>
       </c>
       <c r="K635" s="2">
         <v>100</v>
       </c>
       <c r="L635" s="2">
         <v>20</v>
       </c>
       <c r="M635" s="2">
         <v>0</v>
       </c>
       <c r="N635" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="636" spans="1:14">
       <c r="A636" s="2">
         <v>102923</v>
       </c>
       <c r="B636" s="2" t="s">
         <v>1572</v>
       </c>
       <c r="C636" s="2" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="D636" s="2"/>
       <c r="E636" s="2">
         <v>7065</v>
       </c>
       <c r="F636" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G636" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H636" s="2" t="s">
         <v>1573</v>
       </c>
       <c r="I636" s="2">
         <v>243</v>
       </c>
       <c r="J636" s="2">
         <v>208</v>
       </c>
       <c r="K636" s="2">
         <v>100</v>
       </c>
       <c r="L636" s="2">
         <v>20</v>
@@ -32994,93 +32994,93 @@
       </c>
       <c r="J638" s="2">
         <v>212</v>
       </c>
       <c r="K638" s="2">
         <v>100</v>
       </c>
       <c r="L638" s="2">
         <v>20</v>
       </c>
       <c r="M638" s="2">
         <v>0</v>
       </c>
       <c r="N638" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="639" spans="1:14">
       <c r="A639" s="2">
         <v>102924</v>
       </c>
       <c r="B639" s="2" t="s">
         <v>1579</v>
       </c>
       <c r="C639" s="2" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D639" s="2"/>
       <c r="E639" s="2">
         <v>7042</v>
       </c>
       <c r="F639" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G639" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H639" s="2" t="s">
         <v>1580</v>
       </c>
       <c r="I639" s="2">
         <v>244</v>
       </c>
       <c r="J639" s="2">
         <v>209</v>
       </c>
       <c r="K639" s="2">
         <v>100</v>
       </c>
       <c r="L639" s="2">
         <v>20</v>
       </c>
       <c r="M639" s="2">
         <v>0</v>
       </c>
       <c r="N639" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="640" spans="1:14">
       <c r="A640" s="2">
         <v>102925</v>
       </c>
       <c r="B640" s="2" t="s">
         <v>1581</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2">
         <v>7094</v>
       </c>
       <c r="F640" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G640" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H640" s="2" t="s">
         <v>1582</v>
       </c>
       <c r="I640" s="2">
         <v>245</v>
       </c>
       <c r="J640" s="2">
         <v>210</v>
       </c>
       <c r="K640" s="2">
         <v>100</v>
       </c>
       <c r="L640" s="2">
         <v>20</v>
@@ -33196,116 +33196,116 @@
       </c>
       <c r="H643" s="2" t="s">
         <v>1590</v>
       </c>
       <c r="I643" s="2">
         <v>246</v>
       </c>
       <c r="J643" s="2">
         <v>214</v>
       </c>
       <c r="K643" s="2">
         <v>100</v>
       </c>
       <c r="L643" s="2">
         <v>20</v>
       </c>
       <c r="M643" s="2">
         <v>0</v>
       </c>
       <c r="N643" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="644" spans="1:14">
       <c r="A644" s="2">
-        <v>101610</v>
+        <v>107168</v>
       </c>
       <c r="B644" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="C644" s="2" t="s">
         <v>1591</v>
-      </c>
-[...1 lines deleted...]
-        <v>1592</v>
       </c>
       <c r="D644" s="2"/>
       <c r="E644" s="2">
-        <v>7594</v>
-[...3 lines deleted...]
-      </c>
+        <v>7001</v>
+      </c>
+      <c r="F644" s="2"/>
       <c r="G644" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H644" s="2" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="I644" s="2">
         <v>247</v>
       </c>
       <c r="J644" s="2">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="K644" s="2">
         <v>100</v>
       </c>
       <c r="L644" s="2">
         <v>20</v>
       </c>
       <c r="M644" s="2">
         <v>0</v>
       </c>
       <c r="N644" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="645" spans="1:14">
       <c r="A645" s="2">
-        <v>107168</v>
+        <v>101610</v>
       </c>
       <c r="B645" s="2" t="s">
-        <v>246</v>
+        <v>1593</v>
       </c>
       <c r="C645" s="2" t="s">
         <v>1594</v>
       </c>
       <c r="D645" s="2"/>
       <c r="E645" s="2">
-        <v>7001</v>
-[...1 lines deleted...]
-      <c r="F645" s="2"/>
+        <v>7594</v>
+      </c>
+      <c r="F645" s="2" t="s">
+        <v>161</v>
+      </c>
       <c r="G645" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H645" s="2" t="s">
         <v>1595</v>
       </c>
       <c r="I645" s="2">
         <v>247</v>
       </c>
       <c r="J645" s="2">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="K645" s="2">
         <v>100</v>
       </c>
       <c r="L645" s="2">
         <v>20</v>
       </c>
       <c r="M645" s="2">
         <v>0</v>
       </c>
       <c r="N645" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="646" spans="1:14">
       <c r="A646" s="2">
         <v>102872</v>
       </c>
       <c r="B646" s="2" t="s">
         <v>1337</v>
       </c>
       <c r="C646" s="2" t="s">
         <v>1338</v>
       </c>
       <c r="D646" s="2"/>
@@ -33860,88 +33860,88 @@
       </c>
       <c r="J659" s="2">
         <v>217</v>
       </c>
       <c r="K659" s="2">
         <v>100</v>
       </c>
       <c r="L659" s="2">
         <v>20</v>
       </c>
       <c r="M659" s="2">
         <v>0</v>
       </c>
       <c r="N659" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="660" spans="1:14">
       <c r="A660" s="2">
         <v>107176</v>
       </c>
       <c r="B660" s="2" t="s">
         <v>1629</v>
       </c>
       <c r="C660" s="2" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="D660" s="2"/>
       <c r="E660" s="2">
         <v>7106</v>
       </c>
       <c r="F660" s="2"/>
       <c r="G660" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H660" s="2" t="s">
         <v>1630</v>
       </c>
       <c r="I660" s="2">
         <v>255</v>
       </c>
       <c r="J660" s="2">
         <v>222</v>
       </c>
       <c r="K660" s="2">
         <v>100</v>
       </c>
       <c r="L660" s="2">
         <v>20</v>
       </c>
       <c r="M660" s="2">
         <v>0</v>
       </c>
       <c r="N660" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="661" spans="1:14">
       <c r="A661" s="2">
         <v>102935</v>
       </c>
       <c r="B661" s="2" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="C661" s="2" t="s">
         <v>1631</v>
       </c>
       <c r="D661" s="2"/>
       <c r="E661" s="2">
         <v>7531</v>
       </c>
       <c r="F661" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G661" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H661" s="2" t="s">
         <v>1632</v>
       </c>
       <c r="I661" s="2">
         <v>255</v>
       </c>
       <c r="J661" s="2">
         <v>218</v>
       </c>
       <c r="K661" s="2">
         <v>100</v>
@@ -35133,91 +35133,91 @@
       </c>
       <c r="I690" s="2">
         <v>270</v>
       </c>
       <c r="J690" s="2">
         <v>229</v>
       </c>
       <c r="K690" s="2">
         <v>100</v>
       </c>
       <c r="L690" s="2">
         <v>20</v>
       </c>
       <c r="M690" s="2">
         <v>0</v>
       </c>
       <c r="N690" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="691" spans="1:14">
       <c r="A691" s="2">
         <v>107191</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C691" s="2" t="s">
         <v>1705</v>
       </c>
       <c r="D691" s="2"/>
       <c r="E691" s="2">
         <v>7145</v>
       </c>
       <c r="F691" s="2"/>
       <c r="G691" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H691" s="2" t="s">
         <v>1706</v>
       </c>
       <c r="I691" s="2">
         <v>270</v>
       </c>
       <c r="J691" s="2">
         <v>235</v>
       </c>
       <c r="K691" s="2">
         <v>100</v>
       </c>
       <c r="L691" s="2">
         <v>20</v>
       </c>
       <c r="M691" s="2">
         <v>0</v>
       </c>
       <c r="N691" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="692" spans="1:14">
       <c r="A692" s="2">
         <v>107192</v>
       </c>
       <c r="B692" s="2" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C692" s="2" t="s">
         <v>1707</v>
       </c>
       <c r="D692" s="2"/>
       <c r="E692" s="2">
         <v>7631</v>
       </c>
       <c r="F692" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G692" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H692" s="2" t="s">
         <v>1708</v>
       </c>
       <c r="I692" s="2">
         <v>271</v>
       </c>
       <c r="J692" s="2">
         <v>236</v>
       </c>
       <c r="K692" s="2">
         <v>100</v>
@@ -36041,177 +36041,177 @@
       </c>
       <c r="I712" s="2">
         <v>281</v>
       </c>
       <c r="J712" s="2">
         <v>244</v>
       </c>
       <c r="K712" s="2">
         <v>100</v>
       </c>
       <c r="L712" s="2">
         <v>20</v>
       </c>
       <c r="M712" s="2">
         <v>0</v>
       </c>
       <c r="N712" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="713" spans="1:14">
       <c r="A713" s="2">
         <v>102961</v>
       </c>
       <c r="B713" s="2" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C713" s="2" t="s">
         <v>1754</v>
       </c>
       <c r="D713" s="2"/>
       <c r="E713" s="2">
         <v>7500</v>
       </c>
       <c r="F713" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G713" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H713" s="2" t="s">
         <v>1755</v>
       </c>
       <c r="I713" s="2">
         <v>281</v>
       </c>
       <c r="J713" s="2">
         <v>236</v>
       </c>
       <c r="K713" s="2">
         <v>100</v>
       </c>
       <c r="L713" s="2">
         <v>20</v>
       </c>
       <c r="M713" s="2">
         <v>0</v>
       </c>
       <c r="N713" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="714" spans="1:14">
       <c r="A714" s="2">
-        <v>102031</v>
+        <v>102962</v>
       </c>
       <c r="B714" s="2" t="s">
         <v>1756</v>
       </c>
       <c r="C714" s="2" t="s">
         <v>1757</v>
       </c>
       <c r="D714" s="2"/>
       <c r="E714" s="2">
-        <v>8017</v>
+        <v>8515</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>194</v>
+        <v>28</v>
       </c>
       <c r="G714" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H714" s="2" t="s">
         <v>1758</v>
       </c>
       <c r="I714" s="2">
         <v>282</v>
       </c>
       <c r="J714" s="2">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="K714" s="2">
         <v>100</v>
       </c>
       <c r="L714" s="2">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="M714" s="2">
         <v>0</v>
       </c>
       <c r="N714" s="2">
-        <v>183</v>
+        <v>175</v>
       </c>
     </row>
     <row r="715" spans="1:14">
       <c r="A715" s="2">
-        <v>102962</v>
+        <v>102031</v>
       </c>
       <c r="B715" s="2" t="s">
         <v>1759</v>
       </c>
       <c r="C715" s="2" t="s">
         <v>1760</v>
       </c>
       <c r="D715" s="2"/>
       <c r="E715" s="2">
-        <v>8515</v>
+        <v>8017</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>28</v>
+        <v>194</v>
       </c>
       <c r="G715" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H715" s="2" t="s">
         <v>1761</v>
       </c>
       <c r="I715" s="2">
         <v>282</v>
       </c>
       <c r="J715" s="2">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="K715" s="2">
         <v>100</v>
       </c>
       <c r="L715" s="2">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="M715" s="2">
         <v>0</v>
       </c>
       <c r="N715" s="2">
-        <v>175</v>
+        <v>183</v>
       </c>
     </row>
     <row r="716" spans="1:14">
       <c r="A716" s="2">
         <v>102964</v>
       </c>
       <c r="B716" s="2" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="C716" s="2" t="s">
         <v>1762</v>
       </c>
       <c r="D716" s="2"/>
       <c r="E716" s="2">
         <v>7053</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G716" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H716" s="2" t="s">
         <v>1763</v>
       </c>
       <c r="I716" s="2">
         <v>283</v>
       </c>
       <c r="J716" s="2">
         <v>237</v>
       </c>
       <c r="K716" s="2">
         <v>100</v>
@@ -36591,51 +36591,51 @@
       <c r="L725" s="2">
         <v>20</v>
       </c>
       <c r="M725" s="2">
         <v>0</v>
       </c>
       <c r="N725" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="726" spans="1:14">
       <c r="A726" s="2">
         <v>102968</v>
       </c>
       <c r="B726" s="2" t="s">
         <v>1785</v>
       </c>
       <c r="C726" s="2" t="s">
         <v>1786</v>
       </c>
       <c r="D726" s="2"/>
       <c r="E726" s="2">
         <v>7001</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="G726" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H726" s="2" t="s">
         <v>1787</v>
       </c>
       <c r="I726" s="2">
         <v>288</v>
       </c>
       <c r="J726" s="2">
         <v>242</v>
       </c>
       <c r="K726" s="2">
         <v>100</v>
       </c>
       <c r="L726" s="2">
         <v>20</v>
       </c>
       <c r="M726" s="2">
         <v>0</v>
       </c>
       <c r="N726" s="2">
         <v>120</v>
       </c>
@@ -36668,51 +36668,51 @@
       </c>
       <c r="J727" s="2">
         <v>250</v>
       </c>
       <c r="K727" s="2">
         <v>100</v>
       </c>
       <c r="L727" s="2">
         <v>20</v>
       </c>
       <c r="M727" s="2">
         <v>0</v>
       </c>
       <c r="N727" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:14">
       <c r="A728" s="2">
         <v>107210</v>
       </c>
       <c r="B728" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="C728" s="2" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="D728" s="2"/>
       <c r="E728" s="2">
         <v>7157</v>
       </c>
       <c r="F728" s="2"/>
       <c r="G728" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H728" s="2" t="s">
         <v>1789</v>
       </c>
       <c r="I728" s="2">
         <v>289</v>
       </c>
       <c r="J728" s="2">
         <v>251</v>
       </c>
       <c r="K728" s="2">
         <v>100</v>
       </c>
       <c r="L728" s="2">
         <v>20</v>
       </c>
       <c r="M728" s="2">
@@ -36913,54 +36913,54 @@
       </c>
       <c r="I733" s="2">
         <v>291</v>
       </c>
       <c r="J733" s="2">
         <v>253</v>
       </c>
       <c r="K733" s="2">
         <v>100</v>
       </c>
       <c r="L733" s="2">
         <v>20</v>
       </c>
       <c r="M733" s="2">
         <v>0</v>
       </c>
       <c r="N733" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="734" spans="1:14">
       <c r="A734" s="2">
         <v>102825</v>
       </c>
       <c r="B734" s="2" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C734" s="2" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D734" s="2"/>
       <c r="E734" s="2">
         <v>7541</v>
       </c>
       <c r="F734" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G734" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H734" s="2" t="s">
         <v>1803</v>
       </c>
       <c r="I734" s="2">
         <v>292</v>
       </c>
       <c r="J734" s="2">
         <v>254</v>
       </c>
       <c r="K734" s="2">
         <v>100</v>
       </c>
       <c r="L734" s="2">
         <v>20</v>
@@ -37039,51 +37039,51 @@
       </c>
       <c r="I736" s="2">
         <v>293</v>
       </c>
       <c r="J736" s="2">
         <v>246</v>
       </c>
       <c r="K736" s="2">
         <v>100</v>
       </c>
       <c r="L736" s="2">
         <v>20</v>
       </c>
       <c r="M736" s="2">
         <v>0</v>
       </c>
       <c r="N736" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="737" spans="1:14">
       <c r="A737" s="2">
         <v>107214</v>
       </c>
       <c r="B737" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C737" s="2" t="s">
         <v>1809</v>
       </c>
       <c r="D737" s="2"/>
       <c r="E737" s="2">
         <v>7652</v>
       </c>
       <c r="F737" s="2"/>
       <c r="G737" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H737" s="2" t="s">
         <v>1810</v>
       </c>
       <c r="I737" s="2">
         <v>293</v>
       </c>
       <c r="J737" s="2">
         <v>255</v>
       </c>
       <c r="K737" s="2">
         <v>100</v>
       </c>
       <c r="L737" s="2">
@@ -37909,51 +37909,51 @@
       </c>
       <c r="I757" s="2">
         <v>303</v>
       </c>
       <c r="J757" s="2">
         <v>264</v>
       </c>
       <c r="K757" s="2">
         <v>100</v>
       </c>
       <c r="L757" s="2">
         <v>20</v>
       </c>
       <c r="M757" s="2">
         <v>0</v>
       </c>
       <c r="N757" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="758" spans="1:14">
       <c r="A758" s="2">
         <v>107225</v>
       </c>
       <c r="B758" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C758" s="2" t="s">
         <v>1859</v>
       </c>
       <c r="D758" s="2"/>
       <c r="E758" s="2">
         <v>7150</v>
       </c>
       <c r="F758" s="2"/>
       <c r="G758" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H758" s="2" t="s">
         <v>1860</v>
       </c>
       <c r="I758" s="2">
         <v>304</v>
       </c>
       <c r="J758" s="2">
         <v>265</v>
       </c>
       <c r="K758" s="2">
         <v>100</v>
       </c>
       <c r="L758" s="2">
@@ -38280,131 +38280,131 @@
       </c>
       <c r="J766" s="2">
         <v>269</v>
       </c>
       <c r="K766" s="2">
         <v>100</v>
       </c>
       <c r="L766" s="2">
         <v>20</v>
       </c>
       <c r="M766" s="2">
         <v>0</v>
       </c>
       <c r="N766" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="767" spans="1:14">
       <c r="A767" s="2">
         <v>107230</v>
       </c>
       <c r="B767" s="2" t="s">
         <v>1880</v>
       </c>
       <c r="C767" s="2" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="D767" s="2"/>
       <c r="E767" s="2">
         <v>7202</v>
       </c>
       <c r="F767" s="2"/>
       <c r="G767" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H767" s="2" t="s">
         <v>1881</v>
       </c>
       <c r="I767" s="2">
         <v>309</v>
       </c>
       <c r="J767" s="2">
         <v>270</v>
       </c>
       <c r="K767" s="2">
         <v>100</v>
       </c>
       <c r="L767" s="2">
         <v>20</v>
       </c>
       <c r="M767" s="2">
         <v>0</v>
       </c>
       <c r="N767" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="768" spans="1:14">
       <c r="A768" s="2">
         <v>107231</v>
       </c>
       <c r="B768" s="2" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="C768" s="2" t="s">
         <v>1882</v>
       </c>
       <c r="D768" s="2"/>
       <c r="E768" s="2">
         <v>7568</v>
       </c>
       <c r="F768" s="2"/>
       <c r="G768" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H768" s="2" t="s">
         <v>1883</v>
       </c>
       <c r="I768" s="2">
         <v>310</v>
       </c>
       <c r="J768" s="2">
         <v>271</v>
       </c>
       <c r="K768" s="2">
         <v>100</v>
       </c>
       <c r="L768" s="2">
         <v>20</v>
       </c>
       <c r="M768" s="2">
         <v>0</v>
       </c>
       <c r="N768" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="769" spans="1:14">
       <c r="A769" s="2">
         <v>102924</v>
       </c>
       <c r="B769" s="2" t="s">
         <v>1579</v>
       </c>
       <c r="C769" s="2" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D769" s="2"/>
       <c r="E769" s="2">
         <v>7129</v>
       </c>
       <c r="F769" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G769" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H769" s="2" t="s">
         <v>1884</v>
       </c>
       <c r="I769" s="2">
         <v>311</v>
       </c>
       <c r="J769" s="2">
         <v>272</v>
       </c>
       <c r="K769" s="2">
         <v>100</v>
       </c>
       <c r="L769" s="2">
         <v>20</v>
@@ -38564,51 +38564,51 @@
       </c>
       <c r="J773" s="2">
         <v>274</v>
       </c>
       <c r="K773" s="2">
         <v>100</v>
       </c>
       <c r="L773" s="2">
         <v>20</v>
       </c>
       <c r="M773" s="2">
         <v>0</v>
       </c>
       <c r="N773" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="774" spans="1:14">
       <c r="A774" s="2">
         <v>107237</v>
       </c>
       <c r="B774" s="2" t="s">
         <v>1895</v>
       </c>
       <c r="C774" s="2" t="s">
-        <v>1760</v>
+        <v>1757</v>
       </c>
       <c r="D774" s="2"/>
       <c r="E774" s="2">
         <v>8000</v>
       </c>
       <c r="F774" s="2"/>
       <c r="G774" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H774" s="2" t="s">
         <v>1896</v>
       </c>
       <c r="I774" s="2">
         <v>316</v>
       </c>
       <c r="J774" s="2">
         <v>42</v>
       </c>
       <c r="K774" s="2">
         <v>100</v>
       </c>
       <c r="L774" s="2">
         <v>79</v>
       </c>
       <c r="M774" s="2">
@@ -39333,51 +39333,51 @@
       </c>
       <c r="I792" s="2">
         <v>334</v>
       </c>
       <c r="J792" s="2">
         <v>288</v>
       </c>
       <c r="K792" s="2">
         <v>100</v>
       </c>
       <c r="L792" s="2">
         <v>20</v>
       </c>
       <c r="M792" s="2">
         <v>0</v>
       </c>
       <c r="N792" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="793" spans="1:14">
       <c r="A793" s="2">
         <v>107256</v>
       </c>
       <c r="B793" s="2" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="C793" s="2" t="s">
         <v>1939</v>
       </c>
       <c r="D793" s="2"/>
       <c r="E793" s="2">
         <v>8037</v>
       </c>
       <c r="F793" s="2"/>
       <c r="G793" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H793" s="2" t="s">
         <v>1940</v>
       </c>
       <c r="I793" s="2">
         <v>335</v>
       </c>
       <c r="J793" s="2">
         <v>47</v>
       </c>
       <c r="K793" s="2">
         <v>100</v>
       </c>
       <c r="L793" s="2">
@@ -39495,51 +39495,51 @@
       </c>
       <c r="I796" s="2">
         <v>338</v>
       </c>
       <c r="J796" s="2">
         <v>290</v>
       </c>
       <c r="K796" s="2">
         <v>100</v>
       </c>
       <c r="L796" s="2">
         <v>20</v>
       </c>
       <c r="M796" s="2">
         <v>0</v>
       </c>
       <c r="N796" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="797" spans="1:14">
       <c r="A797" s="2">
         <v>107260</v>
       </c>
       <c r="B797" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C797" s="2" t="s">
         <v>1947</v>
       </c>
       <c r="D797" s="2"/>
       <c r="E797" s="2">
         <v>7066</v>
       </c>
       <c r="F797" s="2"/>
       <c r="G797" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H797" s="2" t="s">
         <v>1948</v>
       </c>
       <c r="I797" s="2">
         <v>339</v>
       </c>
       <c r="J797" s="2">
         <v>291</v>
       </c>
       <c r="K797" s="2">
         <v>100</v>
       </c>
       <c r="L797" s="2">
@@ -39782,51 +39782,51 @@
       </c>
       <c r="J803" s="2">
         <v>296</v>
       </c>
       <c r="K803" s="2">
         <v>100</v>
       </c>
       <c r="L803" s="2">
         <v>20</v>
       </c>
       <c r="M803" s="2">
         <v>0</v>
       </c>
       <c r="N803" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="804" spans="1:14">
       <c r="A804" s="2">
         <v>103054</v>
       </c>
       <c r="B804" s="2" t="s">
         <v>1964</v>
       </c>
       <c r="C804" s="2" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="D804" s="2"/>
       <c r="E804" s="2">
         <v>7600</v>
       </c>
       <c r="F804" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G804" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H804" s="2" t="s">
         <v>1965</v>
       </c>
       <c r="I804" s="2">
         <v>346</v>
       </c>
       <c r="J804" s="2">
         <v>297</v>
       </c>
       <c r="K804" s="2">
         <v>100</v>
       </c>
       <c r="L804" s="2">
         <v>20</v>
@@ -40301,51 +40301,51 @@
       </c>
       <c r="I816" s="2">
         <v>358</v>
       </c>
       <c r="J816" s="2">
         <v>54</v>
       </c>
       <c r="K816" s="2">
         <v>100</v>
       </c>
       <c r="L816" s="2">
         <v>67</v>
       </c>
       <c r="M816" s="2">
         <v>0</v>
       </c>
       <c r="N816" s="2">
         <v>167</v>
       </c>
     </row>
     <row r="817" spans="1:14">
       <c r="A817" s="2">
         <v>107280</v>
       </c>
       <c r="B817" s="2" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="C817" s="2" t="s">
         <v>1998</v>
       </c>
       <c r="D817" s="2"/>
       <c r="E817" s="2">
         <v>7552</v>
       </c>
       <c r="F817" s="2"/>
       <c r="G817" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H817" s="2" t="s">
         <v>1999</v>
       </c>
       <c r="I817" s="2">
         <v>359</v>
       </c>
       <c r="J817" s="2">
         <v>305</v>
       </c>
       <c r="K817" s="2">
         <v>100</v>
       </c>
       <c r="L817" s="2">