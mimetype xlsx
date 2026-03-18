--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -221,78 +221,78 @@
   <si>
     <t>18:41:04</t>
   </si>
   <si>
     <t>Wiwat</t>
   </si>
   <si>
     <t>Yingram</t>
   </si>
   <si>
     <t>19:20:05</t>
   </si>
   <si>
     <t>Joanna</t>
   </si>
   <si>
     <t>Kruk</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>19:57:20</t>
   </si>
   <si>
+    <t>Sakdithorn</t>
+  </si>
+  <si>
+    <t>Aksornwech</t>
+  </si>
+  <si>
+    <t>20:07:45</t>
+  </si>
+  <si>
     <t>Wasin</t>
   </si>
   <si>
     <t>Wongpornpakdee</t>
   </si>
   <si>
-    <t>20:07:45</t>
-[...5 lines deleted...]
-    <t>Aksornwech</t>
+    <t>Joeffery</t>
+  </si>
+  <si>
+    <t>Camara</t>
+  </si>
+  <si>
+    <t>21:17:34</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>McCabe</t>
-  </si>
-[...7 lines deleted...]
-    <t>Camara</t>
   </si>
   <si>
     <t>Kongkitt</t>
   </si>
   <si>
     <t>Lertprasartporn</t>
   </si>
   <si>
     <t>22:41:53</t>
   </si>
   <si>
     <t>Siawhua</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>22:43:32</t>
   </si>
   <si>
     <t>Michel</t>
   </si>
   <si>
     <t>Jamar</t>
   </si>
@@ -1564,189 +1564,189 @@
       </c>
       <c r="H16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I16" s="2">
         <v>15</v>
       </c>
       <c r="J16" s="2">
         <v>2</v>
       </c>
       <c r="K16" s="2">
         <v>150</v>
       </c>
       <c r="L16" s="2">
         <v>350</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>103088</v>
+        <v>103087</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>10011</v>
+        <v>10051</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I17" s="2">
         <v>16</v>
       </c>
       <c r="J17" s="2">
         <v>14</v>
       </c>
       <c r="K17" s="2">
         <v>150</v>
       </c>
       <c r="L17" s="2">
         <v>170</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>103087</v>
+        <v>103088</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
-        <v>10051</v>
+        <v>10011</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I18" s="2">
         <v>16</v>
       </c>
       <c r="J18" s="2">
         <v>14</v>
       </c>
       <c r="K18" s="2">
         <v>150</v>
       </c>
       <c r="L18" s="2">
         <v>170</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>103089</v>
+        <v>102631</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2">
-        <v>10054</v>
-[...1 lines deleted...]
-      <c r="F19" s="2"/>
+        <v>10001</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I19" s="2">
         <v>18</v>
       </c>
       <c r="J19" s="2">
         <v>16</v>
       </c>
       <c r="K19" s="2">
         <v>150</v>
       </c>
       <c r="L19" s="2">
         <v>150</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>102631</v>
+        <v>103089</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
-        <v>10001</v>
-[...3 lines deleted...]
-      </c>
+        <v>10054</v>
+      </c>
+      <c r="F20" s="2"/>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I20" s="2">
         <v>18</v>
       </c>
       <c r="J20" s="2">
         <v>16</v>
       </c>
       <c r="K20" s="2">
         <v>150</v>
       </c>
       <c r="L20" s="2">
         <v>150</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>300</v>
       </c>
     </row>