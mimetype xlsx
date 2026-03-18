--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -71,176 +71,176 @@
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Kaise</t>
   </si>
   <si>
     <t>貝瀬　淳</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
+    <t>03:28:10</t>
+  </si>
+  <si>
     <t>03:24:09</t>
   </si>
   <si>
-    <t>03:28:10</t>
-[...1 lines deleted...]
-  <si>
     <t>Kenta</t>
   </si>
   <si>
     <t>Endo</t>
   </si>
   <si>
+    <t>03:27:47</t>
+  </si>
+  <si>
     <t>03:36:40</t>
   </si>
   <si>
-    <t>03:27:47</t>
-[...1 lines deleted...]
-  <si>
     <t>Hayato</t>
   </si>
   <si>
     <t>Kimura</t>
   </si>
   <si>
     <t>03:28:25</t>
   </si>
   <si>
     <t>Satoshi</t>
   </si>
   <si>
     <t>Shimamoto</t>
   </si>
   <si>
     <t>03:44:42</t>
   </si>
   <si>
+    <t>Toyokazu</t>
+  </si>
+  <si>
+    <t>Igarashi</t>
+  </si>
+  <si>
+    <t>03:59:01</t>
+  </si>
+  <si>
     <t>Kazuyuki</t>
   </si>
   <si>
     <t>Takahashi</t>
   </si>
   <si>
     <t>03:39:27</t>
   </si>
   <si>
-    <t>Toyokazu</t>
-[...5 lines deleted...]
-    <t>03:59:01</t>
+    <t>Daisuke</t>
+  </si>
+  <si>
+    <t>Kobayashi</t>
+  </si>
+  <si>
+    <t>小林　大輔</t>
+  </si>
+  <si>
+    <t>03:40:10</t>
   </si>
   <si>
     <t>Takahasi</t>
   </si>
   <si>
     <t>04:00:36</t>
   </si>
   <si>
-    <t>Daisuke</t>
-[...10 lines deleted...]
-  <si>
     <t>03:41:22</t>
   </si>
   <si>
     <t>Kenichi</t>
   </si>
   <si>
     <t>Fujimaki</t>
   </si>
   <si>
     <t>藤巻　謙一</t>
   </si>
   <si>
     <t>04:10:10</t>
   </si>
   <si>
+    <t>Dai</t>
+  </si>
+  <si>
+    <t>Fuse</t>
+  </si>
+  <si>
+    <t>04:11:14</t>
+  </si>
+  <si>
     <t>Tomohiro</t>
   </si>
   <si>
     <t>Mizukoshi</t>
   </si>
   <si>
     <t>水越　友洋</t>
   </si>
   <si>
     <t>03:42:26</t>
   </si>
   <si>
-    <t>Dai</t>
-[...5 lines deleted...]
-    <t>04:11:14</t>
+    <t>Yuichi</t>
+  </si>
+  <si>
+    <t>Aiko</t>
+  </si>
+  <si>
+    <t>03:56:57</t>
   </si>
   <si>
     <t>Chiharu</t>
   </si>
   <si>
     <t>Watanabe</t>
   </si>
   <si>
     <t>04:11:37</t>
   </si>
   <si>
-    <t>Yuichi</t>
-[...7 lines deleted...]
-  <si>
     <t>03:59:26</t>
   </si>
   <si>
     <t>Yasumitsu</t>
   </si>
   <si>
     <t>Yamazaki</t>
   </si>
   <si>
     <t>山崎　保光</t>
   </si>
   <si>
     <t>04:12:11</t>
   </si>
   <si>
     <t>03:59:51</t>
   </si>
   <si>
     <t>Eri</t>
   </si>
   <si>
     <t>Kuwahara</t>
   </si>
   <si>
     <t>Female</t>
@@ -308,68 +308,68 @@
   <si>
     <t>Makoto</t>
   </si>
   <si>
     <t>Yoshida</t>
   </si>
   <si>
     <t>04:27:02</t>
   </si>
   <si>
     <t>Maurice</t>
   </si>
   <si>
     <t>MURRAY</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>04:17:55</t>
   </si>
   <si>
     <t>04:36:55</t>
   </si>
   <si>
+    <t>Ryota</t>
+  </si>
+  <si>
+    <t>Ichiju</t>
+  </si>
+  <si>
+    <t>04:39:22</t>
+  </si>
+  <si>
     <t>Koji</t>
   </si>
   <si>
     <t>SAKAGAMI</t>
   </si>
   <si>
     <t>04:21:11</t>
   </si>
   <si>
-    <t>Ryota</t>
-[...7 lines deleted...]
-  <si>
     <t>Hiroaki</t>
   </si>
   <si>
     <t>Kato</t>
   </si>
   <si>
     <t>04:25:33</t>
   </si>
   <si>
     <t>Bo Young</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>04:48:20</t>
   </si>
   <si>
     <t>Ryoma</t>
   </si>
   <si>
     <t>Yamamoto</t>
@@ -506,396 +506,396 @@
   <si>
     <t>Mayumi</t>
   </si>
   <si>
     <t>小林　真弓</t>
   </si>
   <si>
     <t>05:03:01</t>
   </si>
   <si>
     <t>Yasuyuki</t>
   </si>
   <si>
     <t>ABE</t>
   </si>
   <si>
     <t>04:55:27</t>
   </si>
   <si>
     <t>Kurata</t>
   </si>
   <si>
     <t>05:03:04</t>
   </si>
   <si>
+    <t>Junichiro</t>
+  </si>
+  <si>
+    <t>Hirata</t>
+  </si>
+  <si>
+    <t>05:03:34</t>
+  </si>
+  <si>
     <t>Yasuo</t>
   </si>
   <si>
     <t>Sugawara</t>
   </si>
   <si>
     <t>04:55:34</t>
   </si>
   <si>
-    <t>Junichiro</t>
-[...5 lines deleted...]
-    <t>05:03:34</t>
+    <t>Arata</t>
+  </si>
+  <si>
+    <t>Sasaki</t>
+  </si>
+  <si>
+    <t>04:56:19</t>
   </si>
   <si>
     <t>Tomoko</t>
   </si>
   <si>
     <t>Ueda</t>
   </si>
   <si>
     <t>05:03:57</t>
   </si>
   <si>
-    <t>Arata</t>
-[...7 lines deleted...]
-  <si>
     <t>Yoshimura</t>
   </si>
   <si>
     <t>05:05:40</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Cowley</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>05:00:04</t>
   </si>
   <si>
+    <t>Masatoshi</t>
+  </si>
+  <si>
+    <t>Miyamura</t>
+  </si>
+  <si>
+    <t>05:07:34</t>
+  </si>
+  <si>
     <t>05:01:05</t>
   </si>
   <si>
-    <t>Masatoshi</t>
-[...7 lines deleted...]
-  <si>
     <t>Kiminori</t>
   </si>
   <si>
     <t>05:10:36</t>
   </si>
   <si>
     <t>Yu</t>
   </si>
   <si>
     <t>SASAKI</t>
   </si>
   <si>
     <t>05:01:32</t>
   </si>
   <si>
+    <t>Masakazu</t>
+  </si>
+  <si>
+    <t>TAKAHASHI</t>
+  </si>
+  <si>
+    <t>05:01:48</t>
+  </si>
+  <si>
     <t>Hirotoshi</t>
   </si>
   <si>
     <t>Amasaki</t>
   </si>
   <si>
     <t>05:11:50</t>
   </si>
   <si>
-    <t>Masakazu</t>
-[...5 lines deleted...]
-    <t>05:01:48</t>
+    <t>Naoaki</t>
+  </si>
+  <si>
+    <t>Odaira</t>
+  </si>
+  <si>
+    <t>大平　直明</t>
+  </si>
+  <si>
+    <t>05:12:48</t>
   </si>
   <si>
     <t>Ryuichi</t>
   </si>
   <si>
     <t>YAMASHITA</t>
   </si>
   <si>
     <t>05:02:11</t>
   </si>
   <si>
-    <t>Naoaki</t>
-[...10 lines deleted...]
-  <si>
     <t>Yoshinobu</t>
   </si>
   <si>
     <t>Takano</t>
   </si>
   <si>
     <t>05:13:44</t>
   </si>
   <si>
     <t>Tatsuya</t>
   </si>
   <si>
     <t>Ishimura</t>
   </si>
   <si>
     <t>05:03:24</t>
   </si>
   <si>
+    <t>Isao</t>
+  </si>
+  <si>
+    <t>KUMAGAI</t>
+  </si>
+  <si>
+    <t>05:03:51</t>
+  </si>
+  <si>
     <t>Toshio</t>
   </si>
   <si>
     <t>Sakata</t>
   </si>
   <si>
     <t>05:15:08</t>
   </si>
   <si>
-    <t>Isao</t>
-[...5 lines deleted...]
-    <t>05:03:51</t>
+    <t>Ishiyama</t>
+  </si>
+  <si>
+    <t>05:16:51</t>
   </si>
   <si>
     <t>Wataru</t>
   </si>
   <si>
     <t>05:04:59</t>
   </si>
   <si>
-    <t>Ishiyama</t>
-[...4 lines deleted...]
-  <si>
     <t>Akio</t>
   </si>
   <si>
     <t>菅井　誠朗</t>
   </si>
   <si>
     <t>05:17:16</t>
   </si>
   <si>
     <t>Masao</t>
   </si>
   <si>
     <t>Koizumi</t>
   </si>
   <si>
     <t>05:07:40</t>
   </si>
   <si>
+    <t>Kazutoshi</t>
+  </si>
+  <si>
+    <t>HORIIKE</t>
+  </si>
+  <si>
+    <t>05:08:25</t>
+  </si>
+  <si>
     <t>Mitsuru</t>
   </si>
   <si>
     <t>Takeuchi</t>
   </si>
   <si>
     <t>05:17:47</t>
   </si>
   <si>
-    <t>Kazutoshi</t>
-[...5 lines deleted...]
-    <t>05:08:25</t>
+    <t>Akinori</t>
+  </si>
+  <si>
+    <t>Tanezawa</t>
+  </si>
+  <si>
+    <t>05:21:36</t>
   </si>
   <si>
     <t>Masahiro</t>
   </si>
   <si>
     <t>KOIDE</t>
   </si>
   <si>
     <t>05:09:23</t>
   </si>
   <si>
-    <t>Akinori</t>
-[...7 lines deleted...]
-  <si>
     <t>Miura</t>
   </si>
   <si>
     <t>05:22:18</t>
   </si>
   <si>
     <t>05:13:26</t>
   </si>
   <si>
+    <t>05:17:40</t>
+  </si>
+  <si>
     <t>Yuji</t>
   </si>
   <si>
     <t>Omomo</t>
   </si>
   <si>
     <t>05:23:48</t>
   </si>
   <si>
-    <t>05:17:40</t>
+    <t>Hasegawa</t>
+  </si>
+  <si>
+    <t>05:24:25</t>
   </si>
   <si>
     <t>ENOMOTO</t>
   </si>
   <si>
     <t>05:18:03</t>
   </si>
   <si>
-    <t>Hasegawa</t>
-[...2 lines deleted...]
-    <t>05:24:25</t>
+    <t>Akira</t>
+  </si>
+  <si>
+    <t>MINAGAWA</t>
+  </si>
+  <si>
+    <t>05:18:54</t>
   </si>
   <si>
     <t>Takeru</t>
   </si>
   <si>
     <t>05:26:02</t>
   </si>
   <si>
-    <t>Akira</t>
-[...7 lines deleted...]
-  <si>
     <t>05:19:24</t>
   </si>
   <si>
     <t>05:26:17</t>
   </si>
   <si>
+    <t>Kazuhiro</t>
+  </si>
+  <si>
+    <t>Ikeda</t>
+  </si>
+  <si>
+    <t>05:27:23</t>
+  </si>
+  <si>
     <t>Keisuke</t>
   </si>
   <si>
     <t>Ito</t>
   </si>
   <si>
     <t>05:21:58</t>
   </si>
   <si>
-    <t>Kazuhiro</t>
-[...5 lines deleted...]
-    <t>05:27:23</t>
+    <t>Shigeyuki</t>
+  </si>
+  <si>
+    <t>Matsui</t>
   </si>
   <si>
     <t>Yukio</t>
   </si>
   <si>
     <t>Kasahara</t>
   </si>
   <si>
     <t>笠原　幸夫</t>
   </si>
   <si>
     <t>05:27:50</t>
   </si>
   <si>
-    <t>Shigeyuki</t>
-[...4 lines deleted...]
-  <si>
     <t>WATANABE</t>
   </si>
   <si>
     <t>05:25:21</t>
   </si>
   <si>
     <t>05:28:20</t>
   </si>
   <si>
+    <t>Yuri</t>
+  </si>
+  <si>
+    <t>Kamata</t>
+  </si>
+  <si>
+    <t>05:29:56</t>
+  </si>
+  <si>
     <t>SATO</t>
   </si>
   <si>
     <t>05:26:55</t>
   </si>
   <si>
-    <t>Yuri</t>
-[...5 lines deleted...]
-    <t>05:29:56</t>
+    <t>Taro</t>
+  </si>
+  <si>
+    <t>Higuchi</t>
+  </si>
+  <si>
+    <t>05:28:31</t>
   </si>
   <si>
     <t>Motohiro</t>
-  </si>
-[...7 lines deleted...]
-    <t>05:28:31</t>
   </si>
   <si>
     <t>Eiki</t>
   </si>
   <si>
     <t>05:28:54</t>
   </si>
   <si>
     <t>Masaki</t>
   </si>
   <si>
     <t>GAKUHARI</t>
   </si>
   <si>
     <t>05:29:00</t>
   </si>
   <si>
     <t>Shigeru</t>
   </si>
   <si>
     <t>KAWAKAMI</t>
   </si>
   <si>
     <t>05:29:19</t>
   </si>
@@ -1348,179 +1348,179 @@
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
         <v>101226</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="2">
-        <v>3153</v>
+        <v>9002</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
         <v>101226</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="2">
-        <v>9002</v>
+        <v>3153</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
         <v>104860</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>1097</v>
+        <v>3101</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
         <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
         <v>104860</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>3101</v>
+        <v>1097</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
@@ -1592,189 +1592,189 @@
       </c>
       <c r="H7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
         <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
         <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>104908</v>
+        <v>104862</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2">
-        <v>3154</v>
+        <v>1018</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
         <v>4</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
         <v>300</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>104862</v>
+        <v>104908</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2">
-        <v>1018</v>
+        <v>3154</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>104863</v>
+        <v>101251</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E10" s="2">
-        <v>1022</v>
+        <v>3005</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
         <v>5</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>275</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>101251</v>
+        <v>104863</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D11" s="2" t="s">
         <v>41</v>
       </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>3005</v>
+        <v>1022</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
         <v>5</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
         <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
@@ -1848,227 +1848,227 @@
       </c>
       <c r="H13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>106722</v>
+        <v>104865</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="D14" s="2"/>
+      <c r="E14" s="2">
+        <v>1014</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H14" s="2" t="s">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>7</v>
       </c>
       <c r="K14" s="2">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="L14" s="2">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>0</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>104865</v>
+        <v>106722</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="C15" s="2" t="s">
+      <c r="D15" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>1014</v>
+        <v>3003</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>7</v>
       </c>
       <c r="K15" s="2">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="L15" s="2">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>340</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>104866</v>
+        <v>104922</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>9001</v>
+        <v>3103</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
         <v>8</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>230</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>104922</v>
+        <v>104866</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>3103</v>
+        <v>9001</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>230</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>104862</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>3009</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
         <v>9</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>220</v>
@@ -2107,54 +2107,54 @@
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
         <v>9</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>220</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
         <v>104866</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2">
         <v>3155</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
         <v>10</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
         <v>210</v>
@@ -2362,51 +2362,51 @@
       </c>
       <c r="J25" s="2">
         <v>11</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>200</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>101249</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="2">
         <v>3113</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>12</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
@@ -2610,130 +2610,130 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>97</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>14</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
         <v>170</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>109502</v>
+        <v>104873</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>3013</v>
+        <v>1088</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>100</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>104873</v>
+        <v>109502</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
-        <v>1088</v>
+        <v>3013</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>103</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>104927</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>3045</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>106</v>
       </c>
@@ -2991,51 +2991,51 @@
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
         <v>18</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
         <v>130</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
         <v>104876</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
         <v>1039</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>126</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>18</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
@@ -3369,51 +3369,51 @@
       </c>
       <c r="I49" s="2">
         <v>24</v>
       </c>
       <c r="J49" s="2">
         <v>22</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
         <v>99</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
         <v>101255</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>150</v>
       </c>
       <c r="E50" s="2">
         <v>3129</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>69</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I50" s="2">
         <v>25</v>
       </c>
       <c r="J50" s="2">
         <v>3</v>
       </c>
@@ -3500,51 +3500,51 @@
       </c>
       <c r="J52" s="2">
         <v>23</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
         <v>98</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="2">
         <v>101285</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E53" s="2">
         <v>1417</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>69</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I53" s="2">
         <v>26</v>
       </c>
       <c r="J53" s="2">
         <v>3</v>
       </c>
       <c r="K53" s="2">
         <v>100</v>
       </c>
@@ -3622,222 +3622,222 @@
       </c>
       <c r="H55" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I55" s="2">
         <v>27</v>
       </c>
       <c r="J55" s="2">
         <v>24</v>
       </c>
       <c r="K55" s="2">
         <v>100</v>
       </c>
       <c r="L55" s="2">
         <v>97</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>109513</v>
+        <v>104883</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>3117</v>
+        <v>1236</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>166</v>
       </c>
       <c r="I56" s="2">
         <v>28</v>
       </c>
       <c r="J56" s="2">
         <v>25</v>
       </c>
       <c r="K56" s="2">
         <v>100</v>
       </c>
       <c r="L56" s="2">
         <v>96</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>104883</v>
+        <v>109513</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>1236</v>
+        <v>3117</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I57" s="2">
         <v>28</v>
       </c>
       <c r="J57" s="2">
         <v>25</v>
       </c>
       <c r="K57" s="2">
         <v>100</v>
       </c>
       <c r="L57" s="2">
         <v>96</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>104884</v>
+        <v>109514</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>9003</v>
+        <v>3016</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>172</v>
       </c>
       <c r="I58" s="2">
         <v>29</v>
       </c>
       <c r="J58" s="2">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="K58" s="2">
         <v>100</v>
       </c>
       <c r="L58" s="2">
-        <v>300</v>
+        <v>95</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="2">
-        <v>109514</v>
+        <v>104884</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>3016</v>
+        <v>9003</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>175</v>
       </c>
       <c r="I59" s="2">
         <v>29</v>
       </c>
       <c r="J59" s="2">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="K59" s="2">
         <v>100</v>
       </c>
       <c r="L59" s="2">
-        <v>95</v>
+        <v>300</v>
       </c>
       <c r="M59" s="2">
         <v>0</v>
       </c>
       <c r="N59" s="2">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="2">
         <v>104885</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2">
         <v>1051</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>177</v>
       </c>
       <c r="I60" s="2">
         <v>30</v>
       </c>
       <c r="J60" s="2">
         <v>26</v>
       </c>
       <c r="K60" s="2">
         <v>100</v>
@@ -3874,130 +3874,130 @@
       </c>
       <c r="H61" s="2" t="s">
         <v>181</v>
       </c>
       <c r="I61" s="2">
         <v>30</v>
       </c>
       <c r="J61" s="2">
         <v>27</v>
       </c>
       <c r="K61" s="2">
         <v>100</v>
       </c>
       <c r="L61" s="2">
         <v>94</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>194</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="2">
-        <v>104882</v>
+        <v>104886</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>14</v>
+        <v>182</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>162</v>
+        <v>183</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>3088</v>
+        <v>1010</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="I62" s="2">
         <v>31</v>
       </c>
       <c r="J62" s="2">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K62" s="2">
         <v>100</v>
       </c>
       <c r="L62" s="2">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M62" s="2">
         <v>0</v>
       </c>
       <c r="N62" s="2">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2">
-        <v>104886</v>
+        <v>104882</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>183</v>
+        <v>14</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>184</v>
+        <v>162</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2">
-        <v>1010</v>
+        <v>3088</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>185</v>
       </c>
       <c r="I63" s="2">
         <v>31</v>
       </c>
       <c r="J63" s="2">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K63" s="2">
         <v>100</v>
       </c>
       <c r="L63" s="2">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>104887</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>1095</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>187</v>
       </c>
@@ -4042,216 +4042,216 @@
       </c>
       <c r="H65" s="2" t="s">
         <v>190</v>
       </c>
       <c r="I65" s="2">
         <v>32</v>
       </c>
       <c r="J65" s="2">
         <v>29</v>
       </c>
       <c r="K65" s="2">
         <v>100</v>
       </c>
       <c r="L65" s="2">
         <v>92</v>
       </c>
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
-        <v>104888</v>
+        <v>109518</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
-        <v>1123</v>
+        <v>3001</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>193</v>
       </c>
       <c r="I66" s="2">
         <v>33</v>
       </c>
       <c r="J66" s="2">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K66" s="2">
         <v>100</v>
       </c>
       <c r="L66" s="2">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
-        <v>109518</v>
+        <v>104888</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>3001</v>
+        <v>1123</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>196</v>
       </c>
       <c r="I67" s="2">
         <v>33</v>
       </c>
       <c r="J67" s="2">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K67" s="2">
         <v>100</v>
       </c>
       <c r="L67" s="2">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
-        <v>109519</v>
+        <v>101337</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="D68" s="2"/>
+      <c r="D68" s="2" t="s">
+        <v>199</v>
+      </c>
       <c r="E68" s="2">
-        <v>3125</v>
+        <v>1058</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I68" s="2">
         <v>34</v>
       </c>
       <c r="J68" s="2">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="K68" s="2">
         <v>100</v>
       </c>
       <c r="L68" s="2">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M68" s="2">
         <v>0</v>
       </c>
       <c r="N68" s="2">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2">
-        <v>101337</v>
+        <v>109519</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D69" s="2" t="s">
         <v>202</v>
       </c>
+      <c r="D69" s="2"/>
       <c r="E69" s="2">
-        <v>1058</v>
+        <v>3125</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>203</v>
       </c>
       <c r="I69" s="2">
         <v>34</v>
       </c>
       <c r="J69" s="2">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K69" s="2">
         <v>100</v>
       </c>
       <c r="L69" s="2">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="M69" s="2">
         <v>0</v>
       </c>
       <c r="N69" s="2">
-        <v>191</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="2">
         <v>104890</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2">
         <v>1111</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>206</v>
       </c>
@@ -4296,214 +4296,214 @@
       </c>
       <c r="H71" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I71" s="2">
         <v>35</v>
       </c>
       <c r="J71" s="2">
         <v>32</v>
       </c>
       <c r="K71" s="2">
         <v>100</v>
       </c>
       <c r="L71" s="2">
         <v>89</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>189</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2">
-        <v>104891</v>
+        <v>109521</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
-        <v>1202</v>
+        <v>3039</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I72" s="2">
         <v>36</v>
       </c>
       <c r="J72" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K72" s="2">
         <v>100</v>
       </c>
       <c r="L72" s="2">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="M72" s="2">
         <v>0</v>
       </c>
       <c r="N72" s="2">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2">
-        <v>109521</v>
+        <v>104891</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
-        <v>3039</v>
+        <v>1202</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>215</v>
       </c>
       <c r="I73" s="2">
         <v>36</v>
       </c>
       <c r="J73" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="K73" s="2">
         <v>100</v>
       </c>
       <c r="L73" s="2">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
-        <v>109522</v>
+        <v>104892</v>
       </c>
       <c r="B74" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C74" s="2" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
-        <v>3096</v>
+        <v>1069</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>217</v>
       </c>
       <c r="I74" s="2">
         <v>37</v>
       </c>
       <c r="J74" s="2">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K74" s="2">
         <v>100</v>
       </c>
       <c r="L74" s="2">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
-        <v>104892</v>
+        <v>109522</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>98</v>
+        <v>218</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>218</v>
+        <v>192</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
-        <v>1069</v>
+        <v>3096</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>219</v>
       </c>
       <c r="I75" s="2">
         <v>37</v>
       </c>
       <c r="J75" s="2">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K75" s="2">
         <v>100</v>
       </c>
       <c r="L75" s="2">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2">
         <v>101296</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>221</v>
       </c>
       <c r="E76" s="2">
         <v>1040</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H76" s="2" t="s">
@@ -4550,561 +4550,561 @@
       </c>
       <c r="H77" s="2" t="s">
         <v>225</v>
       </c>
       <c r="I77" s="2">
         <v>38</v>
       </c>
       <c r="J77" s="2">
         <v>35</v>
       </c>
       <c r="K77" s="2">
         <v>100</v>
       </c>
       <c r="L77" s="2">
         <v>86</v>
       </c>
       <c r="M77" s="2">
         <v>0</v>
       </c>
       <c r="N77" s="2">
         <v>186</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="2">
-        <v>104894</v>
+        <v>109524</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>226</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
-        <v>1062</v>
+        <v>3106</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>228</v>
       </c>
       <c r="I78" s="2">
         <v>39</v>
       </c>
       <c r="J78" s="2">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K78" s="2">
         <v>100</v>
       </c>
       <c r="L78" s="2">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>109524</v>
+        <v>104894</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>3106</v>
+        <v>1062</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>231</v>
       </c>
       <c r="I79" s="2">
         <v>39</v>
       </c>
       <c r="J79" s="2">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="K79" s="2">
         <v>100</v>
       </c>
       <c r="L79" s="2">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>109525</v>
+        <v>104895</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>3025</v>
+        <v>1084</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>234</v>
       </c>
       <c r="I80" s="2">
         <v>40</v>
       </c>
       <c r="J80" s="2">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="K80" s="2">
         <v>100</v>
       </c>
       <c r="L80" s="2">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="2">
-        <v>104895</v>
+        <v>109525</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
-        <v>1084</v>
+        <v>3025</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>237</v>
       </c>
       <c r="I81" s="2">
         <v>40</v>
       </c>
       <c r="J81" s="2">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K81" s="2">
         <v>100</v>
       </c>
       <c r="L81" s="2">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>104896</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>1077</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>239</v>
       </c>
       <c r="I82" s="2">
         <v>41</v>
       </c>
       <c r="J82" s="2">
         <v>37</v>
       </c>
       <c r="K82" s="2">
         <v>100</v>
       </c>
       <c r="L82" s="2">
         <v>84</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>184</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
         <v>104895</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
         <v>3049</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>240</v>
       </c>
       <c r="I83" s="2">
         <v>41</v>
       </c>
       <c r="J83" s="2">
         <v>38</v>
       </c>
       <c r="K83" s="2">
         <v>100</v>
       </c>
       <c r="L83" s="2">
         <v>83</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>183</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>104897</v>
+        <v>104880</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>241</v>
+        <v>146</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>242</v>
+        <v>147</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>1232</v>
+        <v>3094</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="I84" s="2">
         <v>42</v>
       </c>
       <c r="J84" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K84" s="2">
         <v>100</v>
       </c>
       <c r="L84" s="2">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
-        <v>104880</v>
+        <v>104897</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>146</v>
+        <v>242</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>147</v>
+        <v>243</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2">
-        <v>3094</v>
+        <v>1232</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>244</v>
       </c>
       <c r="I85" s="2">
         <v>42</v>
       </c>
       <c r="J85" s="2">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="K85" s="2">
         <v>100</v>
       </c>
       <c r="L85" s="2">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
-        <v>109528</v>
+        <v>104898</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>101</v>
+        <v>133</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>245</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
-        <v>3098</v>
+        <v>1117</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>246</v>
       </c>
       <c r="I86" s="2">
         <v>43</v>
       </c>
       <c r="J86" s="2">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="K86" s="2">
         <v>100</v>
       </c>
       <c r="L86" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
-        <v>104898</v>
+        <v>109528</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>133</v>
+        <v>98</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
-        <v>1117</v>
+        <v>3098</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>248</v>
       </c>
       <c r="I87" s="2">
         <v>43</v>
       </c>
       <c r="J87" s="2">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K87" s="2">
         <v>100</v>
       </c>
       <c r="L87" s="2">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
-        <v>104899</v>
+        <v>109529</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>40</v>
+        <v>250</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>1037</v>
+        <v>3047</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I88" s="2">
         <v>44</v>
       </c>
       <c r="J88" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K88" s="2">
         <v>100</v>
       </c>
       <c r="L88" s="2">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="2">
-        <v>109529</v>
+        <v>104899</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>252</v>
+        <v>38</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>3047</v>
+        <v>1037</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>253</v>
       </c>
       <c r="I89" s="2">
         <v>44</v>
       </c>
       <c r="J89" s="2">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K89" s="2">
         <v>100</v>
       </c>
       <c r="L89" s="2">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>104899</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>3018</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>254</v>
       </c>
       <c r="I90" s="2">
         <v>45</v>
       </c>
       <c r="J90" s="2">
         <v>42</v>
       </c>
       <c r="K90" s="2">
         <v>100</v>
       </c>
       <c r="L90" s="2">
         <v>79</v>
@@ -5138,479 +5138,479 @@
       </c>
       <c r="H91" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I91" s="2">
         <v>45</v>
       </c>
       <c r="J91" s="2">
         <v>41</v>
       </c>
       <c r="K91" s="2">
         <v>100</v>
       </c>
       <c r="L91" s="2">
         <v>80</v>
       </c>
       <c r="M91" s="2">
         <v>0</v>
       </c>
       <c r="N91" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="2">
-        <v>109531</v>
+        <v>104901</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
-        <v>3084</v>
+        <v>1047</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>258</v>
       </c>
       <c r="I92" s="2">
         <v>46</v>
       </c>
       <c r="J92" s="2">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K92" s="2">
         <v>100</v>
       </c>
       <c r="L92" s="2">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>104901</v>
+        <v>109531</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>259</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>260</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>1047</v>
+        <v>3084</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>261</v>
       </c>
       <c r="I93" s="2">
         <v>46</v>
       </c>
       <c r="J93" s="2">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K93" s="2">
         <v>100</v>
       </c>
       <c r="L93" s="2">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>101352</v>
+        <v>104903</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="D94" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>1201</v>
+        <v>3063</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>265</v>
+        <v>244</v>
       </c>
       <c r="I94" s="2">
         <v>47</v>
       </c>
       <c r="J94" s="2">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K94" s="2">
         <v>100</v>
       </c>
       <c r="L94" s="2">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
       <c r="N94" s="2">
-        <v>178</v>
+        <v>177</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2">
-        <v>104903</v>
+        <v>101352</v>
       </c>
       <c r="B95" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="D95" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="C95" s="2" t="s">
+      <c r="E95" s="2">
+        <v>1201</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H95" s="2" t="s">
         <v>267</v>
-      </c>
-[...11 lines deleted...]
-        <v>243</v>
       </c>
       <c r="I95" s="2">
         <v>47</v>
       </c>
       <c r="J95" s="2">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="K95" s="2">
         <v>100</v>
       </c>
       <c r="L95" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M95" s="2">
         <v>0</v>
       </c>
       <c r="N95" s="2">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="2">
         <v>109533</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>268</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>3072</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>269</v>
       </c>
       <c r="I96" s="2">
         <v>48</v>
       </c>
       <c r="J96" s="2">
         <v>45</v>
       </c>
       <c r="K96" s="2">
         <v>100</v>
       </c>
       <c r="L96" s="2">
         <v>76</v>
       </c>
       <c r="M96" s="2">
         <v>0</v>
       </c>
       <c r="N96" s="2">
         <v>176</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2">
         <v>104903</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
         <v>1101</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>270</v>
       </c>
       <c r="I97" s="2">
         <v>48</v>
       </c>
       <c r="J97" s="2">
         <v>44</v>
       </c>
       <c r="K97" s="2">
         <v>100</v>
       </c>
       <c r="L97" s="2">
         <v>77</v>
       </c>
       <c r="M97" s="2">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="2">
-        <v>109534</v>
+        <v>104904</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>207</v>
+        <v>271</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2">
-        <v>3062</v>
+        <v>1401</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="I98" s="2">
         <v>49</v>
       </c>
       <c r="J98" s="2">
-        <v>46</v>
+        <v>5</v>
       </c>
       <c r="K98" s="2">
         <v>100</v>
       </c>
       <c r="L98" s="2">
-        <v>75</v>
+        <v>275</v>
       </c>
       <c r="M98" s="2">
         <v>0</v>
       </c>
       <c r="N98" s="2">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="2">
-        <v>104904</v>
+        <v>109534</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>273</v>
+        <v>207</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
-        <v>1401</v>
+        <v>3062</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I99" s="2">
         <v>49</v>
       </c>
       <c r="J99" s="2">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="K99" s="2">
         <v>100</v>
       </c>
       <c r="L99" s="2">
-        <v>275</v>
+        <v>75</v>
       </c>
       <c r="M99" s="2">
         <v>0</v>
       </c>
       <c r="N99" s="2">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="2">
-        <v>104905</v>
+        <v>109535</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2">
-        <v>1003</v>
+        <v>3056</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="I100" s="2">
         <v>50</v>
       </c>
       <c r="J100" s="2">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="K100" s="2">
         <v>100</v>
       </c>
       <c r="L100" s="2">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="M100" s="2">
         <v>0</v>
       </c>
       <c r="N100" s="2">
-        <v>176</v>
+        <v>174</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="2">
-        <v>109535</v>
+        <v>104905</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>3056</v>
+        <v>1003</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="I101" s="2">
         <v>50</v>
       </c>
       <c r="J101" s="2">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K101" s="2">
         <v>100</v>
       </c>
       <c r="L101" s="2">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="M101" s="2">
         <v>0</v>
       </c>
       <c r="N101" s="2">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="2">
         <v>105005</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
         <v>3116</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>281</v>
       </c>
       <c r="I102" s="2">
         <v>51</v>
       </c>
       <c r="J102" s="2">
         <v>48</v>
       </c>
       <c r="K102" s="2">
         <v>100</v>
       </c>
       <c r="L102" s="2">
         <v>73</v>