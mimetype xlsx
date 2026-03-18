--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -314,83 +314,83 @@
   <si>
     <t>15:02:43</t>
   </si>
   <si>
     <t>Pakawat</t>
   </si>
   <si>
     <t>Nilapong</t>
   </si>
   <si>
     <t>15:05:05</t>
   </si>
   <si>
     <t>Jules</t>
   </si>
   <si>
     <t>Freund</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>15:09:48</t>
   </si>
   <si>
+    <t>Joey</t>
+  </si>
+  <si>
+    <t>Chan</t>
+  </si>
+  <si>
+    <t>15:09:55</t>
+  </si>
+  <si>
     <t>Meng Kiat</t>
   </si>
   <si>
     <t>Chua</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
-    <t>15:09:55</t>
-[...5 lines deleted...]
-    <t>Chan</t>
+    <t>Wai Teng</t>
+  </si>
+  <si>
+    <t>Lew</t>
+  </si>
+  <si>
+    <t>15:10:13</t>
   </si>
   <si>
     <t>Siokhar</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
-    <t>15:10:13</t>
-[...7 lines deleted...]
-  <si>
     <t>Issariya</t>
   </si>
   <si>
     <t>Tumdee</t>
   </si>
   <si>
     <t>15:16:26</t>
   </si>
   <si>
     <t>Sirichai</t>
   </si>
   <si>
     <t>Sirikienthong</t>
   </si>
   <si>
     <t>15:27:19</t>
   </si>
   <si>
     <t>Parinparin</t>
   </si>
   <si>
     <t>Soponjitaporn</t>
   </si>
   <si>
     <t>Rex</t>
@@ -581,65 +581,65 @@
   <si>
     <t>Piluk</t>
   </si>
   <si>
     <t>17:34:38</t>
   </si>
   <si>
     <t>Suraroek</t>
   </si>
   <si>
     <t>Praesi</t>
   </si>
   <si>
     <t>17:36:57</t>
   </si>
   <si>
     <t>Pattarapong</t>
   </si>
   <si>
     <t>Palita</t>
   </si>
   <si>
     <t>17:42:06</t>
   </si>
   <si>
+    <t>Atsadang</t>
+  </si>
+  <si>
+    <t>Chotichod</t>
+  </si>
+  <si>
+    <t>17:54:33</t>
+  </si>
+  <si>
     <t>Phakphume</t>
   </si>
   <si>
     <t>Tongbundit</t>
   </si>
   <si>
-    <t>17:54:33</t>
-[...7 lines deleted...]
-  <si>
     <t>Worapong</t>
   </si>
   <si>
     <t>Poonsawat</t>
   </si>
   <si>
     <t>17:56:21</t>
   </si>
   <si>
     <t>Sithiroj</t>
   </si>
   <si>
     <t>Sasisajja</t>
   </si>
   <si>
     <t>18:02:16</t>
   </si>
   <si>
     <t>Chidchanok</t>
   </si>
   <si>
     <t>Wattanakul</t>
   </si>
   <si>
     <t>18:07:07</t>
@@ -773,93 +773,93 @@
   <si>
     <t>Monsicha</t>
   </si>
   <si>
     <t>Ngamvitayasiri</t>
   </si>
   <si>
     <t>Arnupong</t>
   </si>
   <si>
     <t>Jaisamoot</t>
   </si>
   <si>
     <t>19:39:16</t>
   </si>
   <si>
     <t>Achawin</t>
   </si>
   <si>
     <t>Souysuwan</t>
   </si>
   <si>
     <t>19:44:27</t>
   </si>
   <si>
+    <t>Prapat</t>
+  </si>
+  <si>
+    <t>Aramchot</t>
+  </si>
+  <si>
+    <t>20:22:38</t>
+  </si>
+  <si>
     <t>Surawut</t>
   </si>
   <si>
     <t>Aungkutranon</t>
   </si>
   <si>
-    <t>20:22:38</t>
-[...7 lines deleted...]
-  <si>
     <t>Sinee</t>
   </si>
   <si>
     <t>Tinnachotsophon</t>
   </si>
   <si>
     <t>20:32:22</t>
   </si>
   <si>
     <t>Chowalit</t>
   </si>
   <si>
     <t>Kratornklang</t>
   </si>
   <si>
     <t>20:32:40</t>
   </si>
   <si>
+    <t>Kah Yee</t>
+  </si>
+  <si>
+    <t>Chau</t>
+  </si>
+  <si>
+    <t>21:18:47</t>
+  </si>
+  <si>
     <t>Pei Ting</t>
-  </si>
-[...7 lines deleted...]
-    <t>Chau</t>
   </si>
   <si>
     <t>Peerapat</t>
   </si>
   <si>
     <t>Chantarattana</t>
   </si>
   <si>
     <t>21:49:17</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2320,190 +2320,190 @@
       </c>
       <c r="H26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I26" s="2">
         <v>25</v>
       </c>
       <c r="J26" s="2">
         <v>22</v>
       </c>
       <c r="K26" s="2">
         <v>120</v>
       </c>
       <c r="L26" s="2">
         <v>99</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>219</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>103134</v>
+        <v>101446</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>70077</v>
+        <v>70075</v>
       </c>
       <c r="F27" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H27" s="2" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="I27" s="2">
         <v>26</v>
       </c>
       <c r="J27" s="2">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="K27" s="2">
         <v>120</v>
       </c>
       <c r="L27" s="2">
-        <v>98</v>
+        <v>300</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>218</v>
+        <v>420</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>101446</v>
+        <v>103134</v>
       </c>
       <c r="B28" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>70075</v>
+        <v>70077</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>31</v>
+        <v>105</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I28" s="2">
         <v>26</v>
       </c>
       <c r="J28" s="2">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="K28" s="2">
         <v>120</v>
       </c>
       <c r="L28" s="2">
-        <v>300</v>
+        <v>98</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>420</v>
+        <v>218</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>103137</v>
+        <v>103136</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>70084</v>
+        <v>70144</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>31</v>
+        <v>105</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I29" s="2">
         <v>28</v>
       </c>
       <c r="J29" s="2">
         <v>5</v>
       </c>
       <c r="K29" s="2">
         <v>120</v>
       </c>
       <c r="L29" s="2">
         <v>275</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>395</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>103136</v>
+        <v>103137</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>70144</v>
+        <v>70084</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>102</v>
+        <v>31</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I30" s="2">
         <v>28</v>
       </c>
       <c r="J30" s="2">
         <v>5</v>
       </c>
       <c r="K30" s="2">
         <v>120</v>
       </c>
       <c r="L30" s="2">
         <v>275</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>395</v>
       </c>
@@ -3580,103 +3580,103 @@
       </c>
       <c r="H56" s="2" t="s">
         <v>188</v>
       </c>
       <c r="I56" s="2">
         <v>55</v>
       </c>
       <c r="J56" s="2">
         <v>44</v>
       </c>
       <c r="K56" s="2">
         <v>120</v>
       </c>
       <c r="L56" s="2">
         <v>77</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>197</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="2">
-        <v>103165</v>
+        <v>103164</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>70111</v>
+        <v>70112</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I57" s="2">
         <v>56</v>
       </c>
       <c r="J57" s="2">
         <v>45</v>
       </c>
       <c r="K57" s="2">
         <v>120</v>
       </c>
       <c r="L57" s="2">
         <v>76</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
         <v>196</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2">
-        <v>103164</v>
+        <v>103165</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>70112</v>
+        <v>70111</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>191</v>
       </c>
       <c r="I58" s="2">
         <v>56</v>
       </c>
       <c r="J58" s="2">
         <v>45</v>
       </c>
       <c r="K58" s="2">
         <v>120</v>
       </c>
       <c r="L58" s="2">
         <v>76</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
@@ -4504,103 +4504,103 @@
       </c>
       <c r="H78" s="2" t="s">
         <v>252</v>
       </c>
       <c r="I78" s="2">
         <v>77</v>
       </c>
       <c r="J78" s="2">
         <v>61</v>
       </c>
       <c r="K78" s="2">
         <v>120</v>
       </c>
       <c r="L78" s="2">
         <v>60</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2">
-        <v>103186</v>
+        <v>103187</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>70024</v>
+        <v>70006</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I79" s="2">
         <v>78</v>
       </c>
       <c r="J79" s="2">
         <v>62</v>
       </c>
       <c r="K79" s="2">
         <v>120</v>
       </c>
       <c r="L79" s="2">
         <v>59</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>179</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="2">
-        <v>103187</v>
+        <v>103186</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>70006</v>
+        <v>70024</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I80" s="2">
         <v>78</v>
       </c>
       <c r="J80" s="2">
         <v>62</v>
       </c>
       <c r="K80" s="2">
         <v>120</v>
       </c>
       <c r="L80" s="2">
         <v>59</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
@@ -4672,112 +4672,112 @@
       </c>
       <c r="H82" s="2" t="s">
         <v>263</v>
       </c>
       <c r="I82" s="2">
         <v>81</v>
       </c>
       <c r="J82" s="2">
         <v>64</v>
       </c>
       <c r="K82" s="2">
         <v>120</v>
       </c>
       <c r="L82" s="2">
         <v>57</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>177</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
-        <v>103190</v>
+        <v>101442</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>105</v>
+        <v>265</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2">
-        <v>70147</v>
+        <v>70116</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I83" s="2">
         <v>82</v>
       </c>
       <c r="J83" s="2">
         <v>18</v>
       </c>
       <c r="K83" s="2">
         <v>120</v>
       </c>
       <c r="L83" s="2">
         <v>130</v>
       </c>
       <c r="M83" s="2">
         <v>0</v>
       </c>
       <c r="N83" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2">
-        <v>101442</v>
+        <v>103190</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>267</v>
+        <v>101</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>70116</v>
+        <v>70147</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I84" s="2">
         <v>82</v>
       </c>
       <c r="J84" s="2">
         <v>18</v>
       </c>
       <c r="K84" s="2">
         <v>120</v>
       </c>
       <c r="L84" s="2">
         <v>130</v>
       </c>
       <c r="M84" s="2">
         <v>0</v>
       </c>
       <c r="N84" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="2">
         <v>103192</v>
       </c>
       <c r="B85" s="2" t="s">