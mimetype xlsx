--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -242,65 +242,65 @@
   <si>
     <t>Vileza</t>
   </si>
   <si>
     <t>Aldyan</t>
   </si>
   <si>
     <t>15:49:24</t>
   </si>
   <si>
     <t>Ahmed Faiz</t>
   </si>
   <si>
     <t>Safwan Ahmed Mahir</t>
   </si>
   <si>
     <t>15:54:01</t>
   </si>
   <si>
     <t>Arwan</t>
   </si>
   <si>
     <t>15:57:34</t>
   </si>
   <si>
+    <t>Yudi</t>
+  </si>
+  <si>
+    <t>Christiawan</t>
+  </si>
+  <si>
+    <t>15:57:37</t>
+  </si>
+  <si>
     <t>Risky</t>
   </si>
   <si>
     <t>Miftakhul Huda</t>
   </si>
   <si>
-    <t>15:57:37</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Wai Hong </t>
   </si>
   <si>
     <t>Yoo</t>
   </si>
   <si>
     <t>16:01:37</t>
   </si>
   <si>
     <t>Tsae</t>
   </si>
   <si>
     <t>Ling Toh</t>
   </si>
   <si>
     <t>16:01:38</t>
   </si>
   <si>
     <t>Indra</t>
   </si>
   <si>
     <t>Toyo</t>
   </si>
   <si>
     <t>16:06:12</t>
@@ -533,63 +533,63 @@
   <si>
     <t>Muhammad</t>
   </si>
   <si>
     <t>Zainal Mutaqin</t>
   </si>
   <si>
     <t>17:32:56</t>
   </si>
   <si>
     <t>Rachel</t>
   </si>
   <si>
     <t>Fachruddin</t>
   </si>
   <si>
     <t>17:33:33</t>
   </si>
   <si>
     <t>Yunardi</t>
   </si>
   <si>
     <t>17:36:16</t>
   </si>
   <si>
+    <t>Ronald</t>
+  </si>
+  <si>
+    <t>Sahulata</t>
+  </si>
+  <si>
+    <t>17:36:17</t>
+  </si>
+  <si>
     <t>Bima Rama</t>
   </si>
   <si>
     <t>Dunas Dunas</t>
-  </si>
-[...7 lines deleted...]
-    <t>Sahulata</t>
   </si>
   <si>
     <t>Wahyu</t>
   </si>
   <si>
     <t>Widagdo Purnomo</t>
   </si>
   <si>
     <t>17:38:54</t>
   </si>
   <si>
     <t>Sohib Arfan</t>
   </si>
   <si>
     <t>17:38:57</t>
   </si>
   <si>
     <t>Hendrik</t>
   </si>
   <si>
     <t>Hariyanto</t>
   </si>
   <si>
     <t>17:40:06</t>
   </si>
@@ -1879,103 +1879,103 @@
       </c>
       <c r="H20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I20" s="2">
         <v>19</v>
       </c>
       <c r="J20" s="2">
         <v>17</v>
       </c>
       <c r="K20" s="2">
         <v>70</v>
       </c>
       <c r="L20" s="2">
         <v>1</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
         <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>102427</v>
+        <v>100735</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2">
-        <v>7112</v>
+        <v>7042</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I21" s="2">
         <v>20</v>
       </c>
       <c r="J21" s="2">
         <v>18</v>
       </c>
       <c r="K21" s="2">
         <v>70</v>
       </c>
       <c r="L21" s="2">
         <v>1</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>71</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>100735</v>
+        <v>102427</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
-        <v>7042</v>
+        <v>7112</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I22" s="2">
         <v>20</v>
       </c>
       <c r="J22" s="2">
         <v>18</v>
       </c>
       <c r="K22" s="2">
         <v>70</v>
       </c>
       <c r="L22" s="2">
         <v>1</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
@@ -3307,103 +3307,103 @@
       </c>
       <c r="H54" s="2" t="s">
         <v>172</v>
       </c>
       <c r="I54" s="2">
         <v>53</v>
       </c>
       <c r="J54" s="2">
         <v>47</v>
       </c>
       <c r="K54" s="2">
         <v>70</v>
       </c>
       <c r="L54" s="2">
         <v>1</v>
       </c>
       <c r="M54" s="2">
         <v>0</v>
       </c>
       <c r="N54" s="2">
         <v>71</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="2">
-        <v>102461</v>
+        <v>102460</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>7032</v>
+        <v>7159</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>175</v>
       </c>
       <c r="I55" s="2">
         <v>54</v>
       </c>
       <c r="J55" s="2">
         <v>48</v>
       </c>
       <c r="K55" s="2">
         <v>70</v>
       </c>
       <c r="L55" s="2">
         <v>1</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>71</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2">
-        <v>102460</v>
+        <v>102461</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2">
-        <v>7159</v>
+        <v>7032</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>175</v>
       </c>
       <c r="I56" s="2">
         <v>54</v>
       </c>
       <c r="J56" s="2">
         <v>48</v>
       </c>
       <c r="K56" s="2">
         <v>70</v>
       </c>
       <c r="L56" s="2">
         <v>1</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>