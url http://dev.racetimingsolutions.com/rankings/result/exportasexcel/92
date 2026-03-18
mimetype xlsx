--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -995,69 +995,69 @@
   <si>
     <t>12:06:07</t>
   </si>
   <si>
     <t>Wai Shing</t>
   </si>
   <si>
     <t>Sin</t>
   </si>
   <si>
     <t>冼煒勝</t>
   </si>
   <si>
     <t>12:09:10</t>
   </si>
   <si>
     <t>Wai Ho</t>
   </si>
   <si>
     <t>談偉豪</t>
   </si>
   <si>
     <t>12:09:33</t>
   </si>
   <si>
+    <t>Even</t>
+  </si>
+  <si>
+    <t>Zhong</t>
+  </si>
+  <si>
+    <t>钟志福</t>
+  </si>
+  <si>
+    <t>12:12:49</t>
+  </si>
+  <si>
     <t>Shao Jun</t>
   </si>
   <si>
     <t>Mo</t>
   </si>
   <si>
     <t>莫少军</t>
-  </si>
-[...10 lines deleted...]
-    <t>钟志福</t>
   </si>
   <si>
     <t>Ka Yee</t>
   </si>
   <si>
     <t>黄嘉怡</t>
   </si>
   <si>
     <t>12:15:06</t>
   </si>
   <si>
     <t>Ri Ping</t>
   </si>
   <si>
     <t>刘日平</t>
   </si>
   <si>
     <t>12:15:18</t>
   </si>
   <si>
     <t>Chun Yan</t>
   </si>
   <si>
     <t>Bu</t>
   </si>
@@ -6011,107 +6011,107 @@
       </c>
       <c r="H92" s="2" t="s">
         <v>326</v>
       </c>
       <c r="I92" s="2">
         <v>91</v>
       </c>
       <c r="J92" s="2">
         <v>72</v>
       </c>
       <c r="K92" s="2">
         <v>63</v>
       </c>
       <c r="L92" s="2">
         <v>1</v>
       </c>
       <c r="M92" s="2">
         <v>0</v>
       </c>
       <c r="N92" s="2">
         <v>64</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="2">
-        <v>102326</v>
+        <v>102327</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>329</v>
       </c>
       <c r="E93" s="2">
-        <v>6033</v>
+        <v>6144</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>330</v>
       </c>
       <c r="I93" s="2">
         <v>92</v>
       </c>
       <c r="J93" s="2">
         <v>73</v>
       </c>
       <c r="K93" s="2">
         <v>63</v>
       </c>
       <c r="L93" s="2">
         <v>1</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>64</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="2">
-        <v>102327</v>
+        <v>102326</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>331</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>333</v>
       </c>
       <c r="E94" s="2">
-        <v>6144</v>
+        <v>6033</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>330</v>
       </c>
       <c r="I94" s="2">
         <v>92</v>
       </c>
       <c r="J94" s="2">
         <v>73</v>
       </c>
       <c r="K94" s="2">
         <v>63</v>
       </c>
       <c r="L94" s="2">
         <v>1</v>
       </c>
       <c r="M94" s="2">
         <v>0</v>
       </c>
@@ -6669,51 +6669,51 @@
       </c>
       <c r="J107" s="2">
         <v>83</v>
       </c>
       <c r="K107" s="2">
         <v>63</v>
       </c>
       <c r="L107" s="2">
         <v>1</v>
       </c>
       <c r="M107" s="2">
         <v>0</v>
       </c>
       <c r="N107" s="2">
         <v>64</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="2">
         <v>102341</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>375</v>
       </c>
       <c r="E108" s="2">
         <v>6128</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>376</v>
       </c>
       <c r="I108" s="2">
         <v>107</v>
       </c>
       <c r="J108" s="2">
         <v>84</v>
       </c>
       <c r="K108" s="2">
         <v>63</v>
       </c>