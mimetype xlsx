--- v0 (2025-10-24)
+++ v1 (2025-12-19)
@@ -83,71 +83,71 @@
   <si>
     <t>Joh</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>16:46:44</t>
   </si>
   <si>
     <t>Dzaki</t>
   </si>
   <si>
     <t>Wardana</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>16:59:51</t>
   </si>
   <si>
+    <t>Yohanis</t>
+  </si>
+  <si>
+    <t>Hiariej</t>
+  </si>
+  <si>
+    <t>17:08:08</t>
+  </si>
+  <si>
     <t>Laurent</t>
   </si>
   <si>
     <t>Tuffi</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>17:04:46</t>
   </si>
   <si>
-    <t>Yohanis</t>
-[...7 lines deleted...]
-  <si>
     <t>Samsudin</t>
   </si>
   <si>
     <t>T</t>
   </si>
   <si>
     <t>19:24:53</t>
   </si>
   <si>
     <t>Ruth</t>
   </si>
   <si>
     <t>Theresia</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>18:39:25</t>
   </si>
   <si>
     <t>Suparmin</t>
   </si>
   <si>
     <t>18:57:21</t>
@@ -185,318 +185,318 @@
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>22:45:15</t>
   </si>
   <si>
     <t xml:space="preserve">Leo Kharismanta </t>
   </si>
   <si>
     <t>Sitepu</t>
   </si>
   <si>
     <t>22:46:20</t>
   </si>
   <si>
     <t>Sri</t>
   </si>
   <si>
     <t>Wahyuni</t>
   </si>
   <si>
     <t>20:36:18</t>
   </si>
   <si>
+    <t>Romualdo Bacle  </t>
+  </si>
+  <si>
+    <t>Calbes</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>20:39:18</t>
+  </si>
+  <si>
     <t>Lemri</t>
   </si>
   <si>
     <t>Erwanto</t>
   </si>
   <si>
     <t>24:04:37</t>
   </si>
   <si>
-    <t>Romualdo Bacle  </t>
-[...8 lines deleted...]
-    <t>20:39:18</t>
+    <t>Danu</t>
+  </si>
+  <si>
+    <t>Afandi</t>
+  </si>
+  <si>
+    <t>24:12:31</t>
   </si>
   <si>
     <t>Alex</t>
   </si>
   <si>
     <t>Buechi</t>
   </si>
   <si>
     <t>20:41:10</t>
   </si>
   <si>
-    <t>Danu</t>
-[...5 lines deleted...]
-    <t>24:12:31</t>
+    <t>Wira</t>
+  </si>
+  <si>
+    <t>Wilantara</t>
+  </si>
+  <si>
+    <t>22:12:23</t>
   </si>
   <si>
     <t>Lily</t>
   </si>
   <si>
     <t>Suryani</t>
   </si>
   <si>
     <t>24:13:00</t>
   </si>
   <si>
-    <t>Wira</t>
-[...5 lines deleted...]
-    <t>22:12:23</t>
+    <t>Desmon Andriano</t>
+  </si>
+  <si>
+    <t>Selly Derly</t>
+  </si>
+  <si>
+    <t>22:55:55</t>
   </si>
   <si>
     <t>Sri Agus</t>
   </si>
   <si>
     <t>Budi Santoso</t>
   </si>
   <si>
     <t>24:19:06</t>
   </si>
   <si>
-    <t>Desmon Andriano</t>
-[...5 lines deleted...]
-    <t>22:55:55</t>
+    <t>Junji</t>
+  </si>
+  <si>
+    <t>Sano</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>24:49:53</t>
   </si>
   <si>
     <t>Achmad Fauzi</t>
   </si>
   <si>
     <t>Musthofa</t>
   </si>
   <si>
     <t>22:55:56</t>
   </si>
   <si>
-    <t>Junji</t>
-[...10 lines deleted...]
-  <si>
     <t>Andry</t>
   </si>
   <si>
     <t>Haryanto</t>
   </si>
   <si>
     <t>26:05:48</t>
   </si>
   <si>
     <t>Gary</t>
   </si>
   <si>
     <t>Sulistyo</t>
   </si>
   <si>
     <t>24:57:19</t>
   </si>
   <si>
     <t>Mohammad Redzuan</t>
   </si>
   <si>
     <t>Ali</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>26:37:50</t>
   </si>
   <si>
     <t>Welly</t>
   </si>
   <si>
     <t>Brianto</t>
   </si>
   <si>
     <t>28:40:01</t>
   </si>
   <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Machmud</t>
+  </si>
+  <si>
+    <t>26:37:53</t>
+  </si>
+  <si>
     <t>Komatsu</t>
   </si>
   <si>
     <t>Shinichi</t>
   </si>
   <si>
     <t>29:33:02</t>
   </si>
   <si>
-    <t>David</t>
-[...5 lines deleted...]
-    <t>26:37:53</t>
+    <t>Yutrizal</t>
+  </si>
+  <si>
+    <t>Jacoub</t>
+  </si>
+  <si>
+    <t>29:52:09</t>
   </si>
   <si>
     <t>Abong</t>
   </si>
   <si>
     <t>Soeparto</t>
   </si>
   <si>
     <t>26:37:54</t>
   </si>
   <si>
-    <t>Yutrizal</t>
-[...7 lines deleted...]
-  <si>
     <t>Yuichi</t>
   </si>
   <si>
     <t>Asaoka</t>
   </si>
   <si>
     <t>27:14:04</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Kuan</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>29:52:10</t>
   </si>
   <si>
     <t>27:14:05</t>
   </si>
   <si>
     <t>Nukhasin</t>
   </si>
   <si>
     <t>Santari</t>
   </si>
   <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Chalias</t>
+  </si>
+  <si>
+    <t>30:17:31</t>
+  </si>
+  <si>
     <t>Yong</t>
   </si>
   <si>
     <t>28:05:18</t>
   </si>
   <si>
-    <t>Vincent</t>
-[...5 lines deleted...]
-    <t>30:17:31</t>
+    <t>28:05:20</t>
   </si>
   <si>
     <t>Kasiono</t>
   </si>
   <si>
     <t>Gunawan</t>
   </si>
   <si>
     <t>30:20:33</t>
   </si>
   <si>
-    <t>28:05:20</t>
+    <t>Iwan</t>
+  </si>
+  <si>
+    <t>Hadiantoro</t>
+  </si>
+  <si>
+    <t>30:59:02</t>
   </si>
   <si>
     <t>Tetsuya</t>
   </si>
   <si>
     <t>Takubo</t>
   </si>
   <si>
     <t>28:55:06</t>
   </si>
   <si>
-    <t>Iwan</t>
-[...5 lines deleted...]
-    <t>30:59:02</t>
+    <t>Lindsay</t>
+  </si>
+  <si>
+    <t>Goodwin</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>31:22:26</t>
   </si>
   <si>
     <t>Linda</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>29:04:15</t>
-  </si>
-[...10 lines deleted...]
-    <t>31:22:26</t>
   </si>
   <si>
     <t>Yurbianto</t>
   </si>
   <si>
     <t>29:04:16</t>
   </si>
   <si>
     <t>Bernardus</t>
   </si>
   <si>
     <t>Wanandi</t>
   </si>
   <si>
     <t>29:04:17</t>
   </si>
   <si>
     <t>Rozielawati</t>
   </si>
   <si>
     <t>Hj Jamil</t>
   </si>
   <si>
     <t>29:35:39</t>
   </si>
@@ -1034,104 +1034,104 @@
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>101401</v>
+        <v>100974</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
-      <c r="E4" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E4" s="2"/>
       <c r="F4" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" s="2" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
         <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>100974</v>
+        <v>101401</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="D5" s="2"/>
+      <c r="E5" s="2">
+        <v>2020</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>28</v>
-      </c>
-[...3 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>450</v>
       </c>
@@ -1241,59 +1241,59 @@
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
         <v>3</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
         <v>325</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
         <v>425</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
         <v>101401</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>400</v>
       </c>
@@ -1524,454 +1524,454 @@
       </c>
       <c r="H15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>2</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>350</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>101977</v>
+        <v>102091</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="2"/>
-      <c r="E16" s="2"/>
+      <c r="E16" s="2">
+        <v>1013</v>
+      </c>
       <c r="F16" s="2" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="K16" s="2">
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>250</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102091</v>
+        <v>101977</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D17" s="2"/>
-      <c r="E17" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E17" s="2"/>
       <c r="F17" s="2" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>250</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>111963</v>
+        <v>104799</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="2"/>
-      <c r="E18" s="2">
-[...2 lines deleted...]
-      <c r="F18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>240</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>104799</v>
+        <v>111963</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="2"/>
-      <c r="E19" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E19" s="2">
+        <v>2004</v>
+      </c>
+      <c r="F19" s="2"/>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>240</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>102404</v>
+        <v>101019</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="2"/>
-      <c r="E20" s="2"/>
+      <c r="E20" s="2">
+        <v>2012</v>
+      </c>
       <c r="F20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>325</v>
+        <v>230</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>425</v>
+        <v>330</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>101019</v>
+        <v>102404</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="2"/>
-      <c r="E21" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E21" s="2"/>
       <c r="F21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
-        <v>230</v>
+        <v>325</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>330</v>
+        <v>425</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
-        <v>102405</v>
+        <v>111965</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="2"/>
-      <c r="E22" s="2"/>
+      <c r="E22" s="2">
+        <v>2023</v>
+      </c>
       <c r="F22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
-        <v>111965</v>
+        <v>102405</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D23" s="2"/>
-      <c r="E23" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E23" s="2"/>
       <c r="F23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
-        <v>111966</v>
+        <v>100998</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="2"/>
-      <c r="E24" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E24" s="2"/>
       <c r="F24" s="2" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I24" s="2">
         <v>12</v>
       </c>
       <c r="J24" s="2">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K24" s="2">
         <v>100</v>
       </c>
       <c r="L24" s="2">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
-        <v>100998</v>
+        <v>111966</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D25" s="2"/>
-      <c r="E25" s="2"/>
+      <c r="E25" s="2">
+        <v>2015</v>
+      </c>
       <c r="F25" s="2" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>111967</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>2028</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>91</v>
       </c>
@@ -2096,228 +2096,228 @@
       </c>
       <c r="H29" s="2" t="s">
         <v>101</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>14</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
         <v>200</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>101003</v>
+        <v>101409</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D30" s="2"/>
-      <c r="E30" s="2"/>
+      <c r="E30" s="2">
+        <v>2007</v>
+      </c>
       <c r="F30" s="2" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>101409</v>
+        <v>101003</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D31" s="2"/>
-      <c r="E31" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E31" s="2"/>
       <c r="F31" s="2" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>104795</v>
+        <v>104802</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E32" s="2"/>
       <c r="F32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>104802</v>
+        <v>104795</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D33" s="2"/>
-      <c r="E33" s="2"/>
+      <c r="E33" s="2">
+        <v>2008</v>
+      </c>
       <c r="F33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>102759</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>2018</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>116</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
         <v>15</v>
       </c>
       <c r="K34" s="2">
         <v>100</v>
       </c>
       <c r="L34" s="2">
         <v>160</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>260</v>
       </c>
@@ -2345,61 +2345,61 @@
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>17</v>
       </c>
       <c r="K35" s="2">
         <v>100</v>
       </c>
       <c r="L35" s="2">
         <v>170</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>107005</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>2031</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>121</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
         <v>16</v>
       </c>
       <c r="K36" s="2">
         <v>100</v>
       </c>
       <c r="L36" s="2">
         <v>150</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>250</v>
       </c>
@@ -2424,348 +2424,348 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>18</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>111969</v>
+        <v>100978</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D38" s="2"/>
-      <c r="E38" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E38" s="2"/>
       <c r="F38" s="2" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>100978</v>
+        <v>111969</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D39" s="2"/>
-      <c r="E39" s="2"/>
+      <c r="E39" s="2">
+        <v>1005</v>
+      </c>
       <c r="F39" s="2" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>128</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>101008</v>
+        <v>102404</v>
       </c>
       <c r="B40" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2">
+        <v>2025</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H40" s="2" t="s">
         <v>129</v>
-      </c>
-[...12 lines deleted...]
-        <v>131</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>140</v>
+        <v>325</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>102404</v>
+        <v>101008</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>70</v>
+        <v>130</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="D41" s="2"/>
-      <c r="E41" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E41" s="2"/>
       <c r="F41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>132</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>325</v>
+        <v>140</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>425</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>102830</v>
+        <v>101001</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D42" s="2"/>
-      <c r="E42" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E42" s="2"/>
       <c r="F42" s="2" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>135</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>130</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>101001</v>
+        <v>102830</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D43" s="2"/>
-      <c r="E43" s="2"/>
+      <c r="E43" s="2">
+        <v>2021</v>
+      </c>
       <c r="F43" s="2" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>138</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>130</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
-        <v>111970</v>
+        <v>104803</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D44" s="2"/>
-      <c r="E44" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E44" s="2"/>
       <c r="F44" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>142</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
         <v>4</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
         <v>300</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
-        <v>104803</v>
+        <v>111970</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D45" s="2"/>
-      <c r="E45" s="2"/>
+      <c r="E45" s="2">
+        <v>2006</v>
+      </c>
       <c r="F45" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>146</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>4</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>300</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
@@ -2923,54 +2923,54 @@
       </c>
       <c r="I49" s="2">
         <v>26</v>
       </c>
       <c r="J49" s="2">
         <v>21</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
         <v>100</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
         <v>101008</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
         <v>2010</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I50" s="2">
         <v>27</v>
       </c>
       <c r="J50" s="2">
         <v>22</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
         <v>99</v>