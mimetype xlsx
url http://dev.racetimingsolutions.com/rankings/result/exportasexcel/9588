--- v1 (2025-12-19)
+++ v2 (2026-03-18)
@@ -56,423 +56,423 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Dzaki</t>
+  </si>
+  <si>
+    <t>Wardana</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>16:59:51</t>
+  </si>
+  <si>
     <t>Sungsik</t>
   </si>
   <si>
     <t>Joh</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>16:46:44</t>
   </si>
   <si>
-    <t>Dzaki</t>
-[...8 lines deleted...]
-    <t>16:59:51</t>
+    <t>Laurent</t>
+  </si>
+  <si>
+    <t>Tuffi</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>17:04:46</t>
   </si>
   <si>
     <t>Yohanis</t>
   </si>
   <si>
     <t>Hiariej</t>
   </si>
   <si>
     <t>17:08:08</t>
   </si>
   <si>
-    <t>Laurent</t>
-[...8 lines deleted...]
-    <t>17:04:46</t>
+    <t>Ruth</t>
+  </si>
+  <si>
+    <t>Theresia</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>18:39:25</t>
   </si>
   <si>
     <t>Samsudin</t>
   </si>
   <si>
     <t>T</t>
   </si>
   <si>
     <t>19:24:53</t>
   </si>
   <si>
-    <t>Ruth</t>
-[...8 lines deleted...]
-    <t>18:39:25</t>
+    <t>21:06:06</t>
   </si>
   <si>
     <t>Suparmin</t>
   </si>
   <si>
     <t>18:57:21</t>
   </si>
   <si>
-    <t>21:06:06</t>
+    <t>Zhong</t>
+  </si>
+  <si>
+    <t>Liu</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>19:32:21</t>
   </si>
   <si>
     <t>22:45:14</t>
   </si>
   <si>
-    <t>Zhong</t>
-[...8 lines deleted...]
-    <t>19:32:21</t>
+    <t>Shindy</t>
+  </si>
+  <si>
+    <t>Patricia</t>
+  </si>
+  <si>
+    <t>22:45:15</t>
   </si>
   <si>
     <t>Ganda</t>
   </si>
   <si>
     <t>Kristyandhi</t>
   </si>
   <si>
     <t>20:14:56</t>
   </si>
   <si>
-    <t>Shindy</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Leo Kharismanta </t>
   </si>
   <si>
     <t>Sitepu</t>
   </si>
   <si>
     <t>22:46:20</t>
   </si>
   <si>
     <t>Sri</t>
   </si>
   <si>
     <t>Wahyuni</t>
   </si>
   <si>
     <t>20:36:18</t>
   </si>
   <si>
     <t>Romualdo Bacle  </t>
   </si>
   <si>
     <t>Calbes</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>20:39:18</t>
   </si>
   <si>
     <t>Lemri</t>
   </si>
   <si>
     <t>Erwanto</t>
   </si>
   <si>
     <t>24:04:37</t>
   </si>
   <si>
+    <t>Alex</t>
+  </si>
+  <si>
+    <t>Buechi</t>
+  </si>
+  <si>
+    <t>20:41:10</t>
+  </si>
+  <si>
     <t>Danu</t>
   </si>
   <si>
     <t>Afandi</t>
   </si>
   <si>
     <t>24:12:31</t>
   </si>
   <si>
-    <t>Alex</t>
-[...5 lines deleted...]
-    <t>20:41:10</t>
+    <t>Lily</t>
+  </si>
+  <si>
+    <t>Suryani</t>
+  </si>
+  <si>
+    <t>24:13:00</t>
   </si>
   <si>
     <t>Wira</t>
   </si>
   <si>
     <t>Wilantara</t>
   </si>
   <si>
     <t>22:12:23</t>
   </si>
   <si>
-    <t>Lily</t>
-[...7 lines deleted...]
-  <si>
     <t>Desmon Andriano</t>
   </si>
   <si>
     <t>Selly Derly</t>
   </si>
   <si>
     <t>22:55:55</t>
   </si>
   <si>
     <t>Sri Agus</t>
   </si>
   <si>
     <t>Budi Santoso</t>
   </si>
   <si>
     <t>24:19:06</t>
   </si>
   <si>
     <t>Junji</t>
   </si>
   <si>
     <t>Sano</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>24:49:53</t>
   </si>
   <si>
     <t>Achmad Fauzi</t>
   </si>
   <si>
     <t>Musthofa</t>
   </si>
   <si>
     <t>22:55:56</t>
   </si>
   <si>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>Sulistyo</t>
+  </si>
+  <si>
+    <t>24:57:19</t>
+  </si>
+  <si>
     <t>Andry</t>
   </si>
   <si>
     <t>Haryanto</t>
   </si>
   <si>
     <t>26:05:48</t>
   </si>
   <si>
-    <t>Gary</t>
-[...7 lines deleted...]
-  <si>
     <t>Mohammad Redzuan</t>
   </si>
   <si>
     <t>Ali</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>26:37:50</t>
   </si>
   <si>
     <t>Welly</t>
   </si>
   <si>
     <t>Brianto</t>
   </si>
   <si>
     <t>28:40:01</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Machmud</t>
   </si>
   <si>
     <t>26:37:53</t>
   </si>
   <si>
     <t>Komatsu</t>
   </si>
   <si>
     <t>Shinichi</t>
   </si>
   <si>
     <t>29:33:02</t>
   </si>
   <si>
+    <t>Abong</t>
+  </si>
+  <si>
+    <t>Soeparto</t>
+  </si>
+  <si>
+    <t>26:37:54</t>
+  </si>
+  <si>
     <t>Yutrizal</t>
   </si>
   <si>
     <t>Jacoub</t>
   </si>
   <si>
     <t>29:52:09</t>
   </si>
   <si>
-    <t>Abong</t>
-[...7 lines deleted...]
-  <si>
     <t>Yuichi</t>
   </si>
   <si>
     <t>Asaoka</t>
   </si>
   <si>
     <t>27:14:04</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Kuan</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>29:52:10</t>
   </si>
   <si>
     <t>27:14:05</t>
   </si>
   <si>
     <t>Nukhasin</t>
   </si>
   <si>
     <t>Santari</t>
   </si>
   <si>
+    <t>Yong</t>
+  </si>
+  <si>
+    <t>28:05:18</t>
+  </si>
+  <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>Chalias</t>
   </si>
   <si>
     <t>30:17:31</t>
   </si>
   <si>
-    <t>Yong</t>
-[...2 lines deleted...]
-    <t>28:05:18</t>
+    <t>Kasiono</t>
+  </si>
+  <si>
+    <t>Gunawan</t>
+  </si>
+  <si>
+    <t>30:20:33</t>
   </si>
   <si>
     <t>28:05:20</t>
   </si>
   <si>
-    <t>Kasiono</t>
-[...5 lines deleted...]
-    <t>30:20:33</t>
+    <t>Tetsuya</t>
+  </si>
+  <si>
+    <t>Takubo</t>
+  </si>
+  <si>
+    <t>28:55:06</t>
   </si>
   <si>
     <t>Iwan</t>
   </si>
   <si>
     <t>Hadiantoro</t>
   </si>
   <si>
     <t>30:59:02</t>
-  </si>
-[...7 lines deleted...]
-    <t>28:55:06</t>
   </si>
   <si>
     <t>Lindsay</t>
   </si>
   <si>
     <t>Goodwin</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>31:22:26</t>
   </si>
   <si>
     <t>Linda</t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>29:04:15</t>
   </si>
@@ -952,597 +952,597 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>103734</v>
+        <v>102872</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
-      <c r="E2" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E2" s="2"/>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>102872</v>
+        <v>103734</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
-      <c r="E3" s="2"/>
+      <c r="E3" s="2">
+        <v>1011</v>
+      </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>100974</v>
+        <v>101401</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
-      <c r="E4" s="2"/>
+      <c r="E4" s="2">
+        <v>2020</v>
+      </c>
       <c r="F4" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>2</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
         <v>350</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>101401</v>
+        <v>100974</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
-      <c r="E5" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E5" s="2"/>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>100</v>
       </c>
       <c r="L5" s="2">
         <v>350</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
-        <v>101991</v>
+        <v>101970</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
-      <c r="E6" s="2"/>
+      <c r="E6" s="2">
+        <v>2030</v>
+      </c>
       <c r="F6" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K6" s="2">
         <v>100</v>
       </c>
       <c r="L6" s="2">
-        <v>325</v>
+        <v>400</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
-        <v>101970</v>
+        <v>101991</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
-      <c r="E7" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E7" s="2"/>
       <c r="F7" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="2">
         <v>3</v>
       </c>
       <c r="J7" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K7" s="2">
         <v>100</v>
       </c>
       <c r="L7" s="2">
-        <v>400</v>
+        <v>325</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2">
-        <v>103067</v>
+        <v>101401</v>
       </c>
       <c r="B8" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="2" t="s">
         <v>37</v>
-      </c>
-[...12 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I8" s="2">
         <v>4</v>
       </c>
       <c r="J8" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K8" s="2">
         <v>100</v>
       </c>
       <c r="L8" s="2">
-        <v>325</v>
+        <v>300</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
       <c r="N8" s="2">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2">
-        <v>101401</v>
+        <v>103067</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="C9" s="2"/>
       <c r="D9" s="2"/>
-      <c r="E9" s="2"/>
+      <c r="E9" s="2">
+        <v>2016</v>
+      </c>
       <c r="F9" s="2" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
-        <v>300</v>
+        <v>325</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>101970</v>
+        <v>111961</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
-      <c r="E10" s="2"/>
+      <c r="E10" s="2">
+        <v>1007</v>
+      </c>
       <c r="F10" s="2" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
+        <v>300</v>
+      </c>
+      <c r="M10" s="2">
+        <v>0</v>
+      </c>
+      <c r="N10" s="2">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>111961</v>
+        <v>101970</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="D11" s="2"/>
-      <c r="E11" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E11" s="2"/>
       <c r="F11" s="2" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>111962</v>
+        <v>100987</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D12" s="2"/>
-      <c r="E12" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E12" s="2"/>
       <c r="F12" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
-        <v>275</v>
+        <v>350</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>100987</v>
+        <v>111962</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D13" s="2"/>
-      <c r="E13" s="2"/>
+      <c r="E13" s="2">
+        <v>2026</v>
+      </c>
       <c r="F13" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
-        <v>350</v>
+        <v>275</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
         <v>102403</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
         <v>7</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>275</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
         <v>102037</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>2009</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
         <v>2</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>350</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
@@ -1577,295 +1577,295 @@
         <v>100</v>
       </c>
       <c r="L16" s="2">
         <v>250</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
         <v>101977</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
         <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>100</v>
       </c>
       <c r="L17" s="2">
         <v>250</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
-        <v>104799</v>
+        <v>111963</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="2"/>
-      <c r="E18" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E18" s="2">
+        <v>2004</v>
+      </c>
+      <c r="F18" s="2"/>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I18" s="2">
         <v>9</v>
       </c>
       <c r="J18" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="K18" s="2">
         <v>100</v>
       </c>
       <c r="L18" s="2">
         <v>240</v>
       </c>
       <c r="M18" s="2">
         <v>0</v>
       </c>
       <c r="N18" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2">
-        <v>111963</v>
+        <v>104799</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="2"/>
-      <c r="E19" s="2">
-[...2 lines deleted...]
-      <c r="F19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I19" s="2">
         <v>9</v>
       </c>
       <c r="J19" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K19" s="2">
         <v>100</v>
       </c>
       <c r="L19" s="2">
         <v>240</v>
       </c>
       <c r="M19" s="2">
         <v>0</v>
       </c>
       <c r="N19" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="2">
-        <v>101019</v>
+        <v>102404</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="2"/>
-      <c r="E20" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E20" s="2"/>
       <c r="F20" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I20" s="2">
         <v>10</v>
       </c>
       <c r="J20" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="K20" s="2">
         <v>100</v>
       </c>
       <c r="L20" s="2">
-        <v>230</v>
+        <v>325</v>
       </c>
       <c r="M20" s="2">
         <v>0</v>
       </c>
       <c r="N20" s="2">
-        <v>330</v>
+        <v>425</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="2">
-        <v>102404</v>
+        <v>101019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="2"/>
-      <c r="E21" s="2"/>
+      <c r="E21" s="2">
+        <v>2012</v>
+      </c>
       <c r="F21" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I21" s="2">
         <v>10</v>
       </c>
       <c r="J21" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="K21" s="2">
         <v>100</v>
       </c>
       <c r="L21" s="2">
-        <v>325</v>
+        <v>230</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
-        <v>425</v>
+        <v>330</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>111965</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>2023</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>9</v>
       </c>
       <c r="K22" s="2">
         <v>100</v>
       </c>
       <c r="L22" s="2">
         <v>220</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>102405</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>11</v>
       </c>
       <c r="K23" s="2">
         <v>100</v>
       </c>
       <c r="L23" s="2">
         <v>230</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>330</v>
       </c>
@@ -1903,157 +1903,157 @@
       <c r="L24" s="2">
         <v>220</v>
       </c>
       <c r="M24" s="2">
         <v>0</v>
       </c>
       <c r="N24" s="2">
         <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="2">
         <v>111966</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2">
         <v>2015</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I25" s="2">
         <v>12</v>
       </c>
       <c r="J25" s="2">
         <v>10</v>
       </c>
       <c r="K25" s="2">
         <v>100</v>
       </c>
       <c r="L25" s="2">
         <v>210</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>310</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
-        <v>111967</v>
+        <v>100994</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="2"/>
-      <c r="E26" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E26" s="2"/>
       <c r="F26" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K26" s="2">
         <v>100</v>
       </c>
       <c r="L26" s="2">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
-        <v>100994</v>
+        <v>111967</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D27" s="2"/>
-      <c r="E27" s="2"/>
+      <c r="E27" s="2">
+        <v>2028</v>
+      </c>
       <c r="F27" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>94</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K27" s="2">
         <v>100</v>
       </c>
       <c r="L27" s="2">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
         <v>105211</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>95</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
         <v>1004</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>98</v>
       </c>
@@ -2067,93 +2067,93 @@
         <v>100</v>
       </c>
       <c r="L28" s="2">
         <v>190</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
         <v>101606</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>101</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
         <v>14</v>
       </c>
       <c r="K29" s="2">
         <v>100</v>
       </c>
       <c r="L29" s="2">
         <v>200</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
         <v>101409</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
         <v>2007</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
         <v>13</v>
       </c>
       <c r="K30" s="2">
         <v>100</v>
       </c>
       <c r="L30" s="2">
         <v>180</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
         <v>280</v>
       </c>
@@ -2178,128 +2178,128 @@
       </c>
       <c r="H31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
         <v>15</v>
       </c>
       <c r="K31" s="2">
         <v>100</v>
       </c>
       <c r="L31" s="2">
         <v>190</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>290</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
-        <v>104802</v>
+        <v>104795</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2"/>
+      <c r="E32" s="2">
+        <v>2008</v>
+      </c>
       <c r="F32" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I32" s="2">
         <v>16</v>
       </c>
       <c r="J32" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="K32" s="2">
         <v>100</v>
       </c>
       <c r="L32" s="2">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
-        <v>104795</v>
+        <v>104802</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D33" s="2"/>
-      <c r="E33" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E33" s="2"/>
       <c r="F33" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K33" s="2">
         <v>100</v>
       </c>
       <c r="L33" s="2">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>102759</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>2018</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>116</v>
       </c>
@@ -2395,673 +2395,673 @@
         <v>100</v>
       </c>
       <c r="L36" s="2">
         <v>150</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
         <v>102435</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>18</v>
       </c>
       <c r="K37" s="2">
         <v>100</v>
       </c>
       <c r="L37" s="2">
         <v>160</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>100978</v>
+        <v>111969</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2">
+        <v>1005</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" s="2" t="s">
         <v>125</v>
-      </c>
-[...9 lines deleted...]
-        <v>126</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K38" s="2">
         <v>100</v>
       </c>
       <c r="L38" s="2">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>111969</v>
+        <v>100978</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D39" s="2"/>
-      <c r="E39" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E39" s="2"/>
       <c r="F39" s="2" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>128</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="K39" s="2">
         <v>100</v>
       </c>
       <c r="L39" s="2">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
-        <v>102404</v>
+        <v>101008</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>74</v>
+        <v>130</v>
       </c>
       <c r="D40" s="2"/>
-      <c r="E40" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E40" s="2"/>
       <c r="F40" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="I40" s="2">
         <v>20</v>
       </c>
       <c r="J40" s="2">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="K40" s="2">
         <v>100</v>
       </c>
       <c r="L40" s="2">
-        <v>325</v>
+        <v>140</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
-        <v>425</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
-        <v>101008</v>
+        <v>102404</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>130</v>
+        <v>70</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>131</v>
+        <v>71</v>
       </c>
       <c r="D41" s="2"/>
-      <c r="E41" s="2"/>
+      <c r="E41" s="2">
+        <v>2025</v>
+      </c>
       <c r="F41" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>132</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="K41" s="2">
         <v>100</v>
       </c>
       <c r="L41" s="2">
-        <v>140</v>
+        <v>325</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
-        <v>101001</v>
+        <v>102830</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D42" s="2"/>
-      <c r="E42" s="2"/>
+      <c r="E42" s="2">
+        <v>2021</v>
+      </c>
       <c r="F42" s="2" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>135</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K42" s="2">
         <v>100</v>
       </c>
       <c r="L42" s="2">
         <v>130</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
-        <v>102830</v>
+        <v>101001</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D43" s="2"/>
-      <c r="E43" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E43" s="2"/>
       <c r="F43" s="2" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>138</v>
       </c>
       <c r="I43" s="2">
         <v>21</v>
       </c>
       <c r="J43" s="2">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="K43" s="2">
         <v>100</v>
       </c>
       <c r="L43" s="2">
         <v>130</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
       <c r="N43" s="2">
         <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2">
         <v>104803</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>142</v>
       </c>
       <c r="I44" s="2">
         <v>22</v>
       </c>
       <c r="J44" s="2">
         <v>4</v>
       </c>
       <c r="K44" s="2">
         <v>100</v>
       </c>
       <c r="L44" s="2">
         <v>300</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>111970</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>2006</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>146</v>
       </c>
       <c r="I45" s="2">
         <v>22</v>
       </c>
       <c r="J45" s="2">
         <v>4</v>
       </c>
       <c r="K45" s="2">
         <v>100</v>
       </c>
       <c r="L45" s="2">
         <v>300</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="2">
         <v>111971</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>2027</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I46" s="2">
         <v>23</v>
       </c>
       <c r="J46" s="2">
         <v>19</v>
       </c>
       <c r="K46" s="2">
         <v>100</v>
       </c>
       <c r="L46" s="2">
         <v>120</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
         <v>111972</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
         <v>2003</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>151</v>
       </c>
       <c r="I47" s="2">
         <v>24</v>
       </c>
       <c r="J47" s="2">
         <v>20</v>
       </c>
       <c r="K47" s="2">
         <v>100</v>
       </c>
       <c r="L47" s="2">
         <v>110</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="2">
         <v>105520</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>1002</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I48" s="2">
         <v>25</v>
       </c>
       <c r="J48" s="2">
         <v>5</v>
       </c>
       <c r="K48" s="2">
         <v>100</v>
       </c>
       <c r="L48" s="2">
         <v>275</v>
       </c>
       <c r="M48" s="2">
         <v>0</v>
       </c>
       <c r="N48" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="2">
         <v>107143</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2">
         <v>2013</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>157</v>
       </c>
       <c r="I49" s="2">
         <v>26</v>
       </c>
       <c r="J49" s="2">
         <v>21</v>
       </c>
       <c r="K49" s="2">
         <v>100</v>
       </c>
       <c r="L49" s="2">
         <v>100</v>
       </c>
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
         <v>101008</v>
       </c>
       <c r="B50" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="C50" s="2" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
         <v>2010</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I50" s="2">
         <v>27</v>
       </c>
       <c r="J50" s="2">
         <v>22</v>
       </c>
       <c r="K50" s="2">
         <v>100</v>
       </c>
       <c r="L50" s="2">
         <v>99</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
         <v>111976</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
         <v>2005</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>161</v>
       </c>
       <c r="I51" s="2">
         <v>28</v>
       </c>
       <c r="J51" s="2">
         <v>23</v>
       </c>
       <c r="K51" s="2">
         <v>100</v>
       </c>
       <c r="L51" s="2">
         <v>98</v>
       </c>
       <c r="M51" s="2">
         <v>0</v>
       </c>
       <c r="N51" s="2">
         <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2">
         <v>111977</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2">
         <v>2024</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>164</v>
       </c>
       <c r="I52" s="2">
         <v>29</v>
       </c>
       <c r="J52" s="2">
         <v>24</v>
       </c>
       <c r="K52" s="2">
         <v>100</v>
       </c>
       <c r="L52" s="2">
         <v>97</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>197</v>
       </c>