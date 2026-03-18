--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -56,95 +56,95 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Narin</t>
+  </si>
+  <si>
+    <t>Kongsiri</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>09:33:55</t>
+  </si>
+  <si>
     <t>Sukrit</t>
   </si>
   <si>
     <t>Kaewyoun</t>
   </si>
   <si>
-    <t>Thailand</t>
-[...4 lines deleted...]
-  <si>
     <t>09:17:03</t>
   </si>
   <si>
-    <t>Narin</t>
-[...5 lines deleted...]
-    <t>09:33:55</t>
+    <t>Wipawee</t>
+  </si>
+  <si>
+    <t>PRATUMSUWAN</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>10:10:12</t>
   </si>
   <si>
     <t>Bunnavit</t>
   </si>
   <si>
     <t>Pangsuk</t>
   </si>
   <si>
     <t>10:30:52</t>
   </si>
   <si>
-    <t>Wipawee</t>
-[...10 lines deleted...]
-  <si>
     <t>Pongprapart</t>
   </si>
   <si>
     <t>Tharworn</t>
   </si>
   <si>
     <t>Michi</t>
   </si>
   <si>
     <t>Abe</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>10:10:27</t>
   </si>
   <si>
     <t>Pawel</t>
   </si>
   <si>
     <t>Lech</t>
   </si>
   <si>
     <t>Poland</t>
@@ -179,83 +179,83 @@
   <si>
     <t>10:22:55</t>
   </si>
   <si>
     <t>Tawatchai</t>
   </si>
   <si>
     <t>SAPANKAEW</t>
   </si>
   <si>
     <t>10:28:37</t>
   </si>
   <si>
     <t>Rony</t>
   </si>
   <si>
     <t>Mertin</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>11:12:38</t>
   </si>
   <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Pardue</t>
+  </si>
+  <si>
+    <t>10:49:34</t>
+  </si>
+  <si>
     <t>Remi</t>
   </si>
   <si>
     <t>Galland</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>11:14:49</t>
   </si>
   <si>
-    <t>Jason</t>
-[...5 lines deleted...]
-    <t>10:49:34</t>
+    <t>11:09:15</t>
   </si>
   <si>
     <t>Supat</t>
   </si>
   <si>
     <t>Bunjuar</t>
   </si>
   <si>
     <t>11:27:43</t>
   </si>
   <si>
-    <t>11:09:15</t>
-[...1 lines deleted...]
-  <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Hiransomboon</t>
   </si>
   <si>
     <t>11:59:34</t>
   </si>
   <si>
     <t>Haniff</t>
   </si>
   <si>
     <t>SALLEH</t>
   </si>
   <si>
     <t>11:09:28</t>
   </si>
   <si>
     <t>Izer</t>
   </si>
   <si>
     <t>Bashir</t>
   </si>
   <si>
     <t>12:06:54</t>
@@ -284,86 +284,86 @@
   <si>
     <t>12:08:11</t>
   </si>
   <si>
     <t>Pongniran</t>
   </si>
   <si>
     <t>11:09:35</t>
   </si>
   <si>
     <t>Heather</t>
   </si>
   <si>
     <t>11:32:09</t>
   </si>
   <si>
     <t>Raymond</t>
   </si>
   <si>
     <t>Lopez</t>
   </si>
   <si>
     <t>12:11:47</t>
   </si>
   <si>
+    <t>Kanlaya</t>
+  </si>
+  <si>
+    <t>Srinantawong</t>
+  </si>
+  <si>
+    <t>11:47:51</t>
+  </si>
+  <si>
     <t>Siawhua</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>12:12:18</t>
   </si>
   <si>
-    <t>Kanlaya</t>
-[...5 lines deleted...]
-    <t>11:47:51</t>
+    <t>Sirinmas</t>
+  </si>
+  <si>
+    <t>Lamlerttham</t>
+  </si>
+  <si>
+    <t>12:44:54</t>
   </si>
   <si>
     <t>Sutthichai</t>
   </si>
   <si>
     <t>Surasompob</t>
   </si>
   <si>
     <t>12:15:12</t>
   </si>
   <si>
-    <t>Sirinmas</t>
-[...7 lines deleted...]
-  <si>
     <t>Masafumi</t>
   </si>
   <si>
     <t>Yamamoto</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>12:18:35</t>
   </si>
   <si>
     <t>Sumonthip</t>
   </si>
   <si>
     <t>KAEWSANSANA</t>
   </si>
   <si>
     <t>12:57:14</t>
   </si>
   <si>
     <t>Chanchaya</t>
   </si>
   <si>
     <t>Naphawanode</t>
@@ -380,66 +380,66 @@
   <si>
     <t>12:23:06</t>
   </si>
   <si>
     <t>Beth</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>14:06:48</t>
   </si>
   <si>
     <t>Thaphut</t>
   </si>
   <si>
     <t>Phadthaamphant</t>
   </si>
   <si>
     <t>12:23:24</t>
   </si>
   <si>
+    <t>Angsana</t>
+  </si>
+  <si>
+    <t>JAGGAN</t>
+  </si>
+  <si>
+    <t>14:16:44</t>
+  </si>
+  <si>
     <t>Prawit</t>
   </si>
   <si>
     <t>Lakngernchai</t>
   </si>
   <si>
     <t>12:24:49</t>
-  </si>
-[...7 lines deleted...]
-    <t>14:16:44</t>
   </si>
   <si>
     <t>Sathapat</t>
   </si>
   <si>
     <t>Hansakunathai</t>
   </si>
   <si>
     <t>12:32:52</t>
   </si>
   <si>
     <t>Jatuporn</t>
   </si>
   <si>
     <t>Jandang</t>
   </si>
   <si>
     <t>14:18:34</t>
   </si>
   <si>
     <t>Siewshen</t>
   </si>
   <si>
     <t>Leong</t>
   </si>
@@ -1306,238 +1306,238 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>107398</v>
+        <v>102654</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>66051</v>
+        <v>66088</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>66</v>
       </c>
       <c r="L2" s="2">
         <v>200</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>266</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>102654</v>
+        <v>107398</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>66088</v>
+        <v>66051</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>66</v>
       </c>
       <c r="L3" s="2">
         <v>200</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>266</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>105697</v>
+        <v>112084</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>66069</v>
+        <v>66207</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I4" s="2">
         <v>2</v>
       </c>
       <c r="J4" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K4" s="2">
         <v>66</v>
       </c>
       <c r="L4" s="2">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
-        <v>216</v>
+        <v>266</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
-        <v>112084</v>
+        <v>105697</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>66207</v>
+        <v>66069</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>2</v>
       </c>
       <c r="J5" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K5" s="2">
         <v>66</v>
       </c>
       <c r="L5" s="2">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
-        <v>266</v>
+        <v>216</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2">
         <v>105698</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2">
         <v>66240</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="I6" s="2">
         <v>3</v>
       </c>
       <c r="J6" s="2">
         <v>3</v>
       </c>
       <c r="K6" s="2">
         <v>66</v>
       </c>
       <c r="L6" s="2">
         <v>125</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2">
         <v>105704</v>
       </c>
       <c r="B7" s="2" t="s">
@@ -1810,214 +1810,214 @@
       </c>
       <c r="H13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
         <v>6</v>
       </c>
       <c r="K13" s="2">
         <v>66</v>
       </c>
       <c r="L13" s="2">
         <v>70</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>101700</v>
+        <v>112088</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>66152</v>
+        <v>66057</v>
       </c>
       <c r="F14" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14" s="2" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K14" s="2">
         <v>66</v>
       </c>
       <c r="L14" s="2">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>112088</v>
+        <v>101700</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>66057</v>
+        <v>66152</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K15" s="2">
         <v>66</v>
       </c>
       <c r="L15" s="2">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
-        <v>136</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
-        <v>101718</v>
+        <v>102629</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
-        <v>66224</v>
+        <v>66214</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="I16" s="2">
         <v>8</v>
       </c>
       <c r="J16" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K16" s="2">
         <v>66</v>
       </c>
       <c r="L16" s="2">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="2">
-        <v>102629</v>
+        <v>101718</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2">
-        <v>66214</v>
+        <v>66224</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I17" s="2">
         <v>8</v>
       </c>
       <c r="J17" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K17" s="2">
         <v>66</v>
       </c>
       <c r="L17" s="2">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
-        <v>131</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="2">
         <v>105703</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>66179</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>68</v>
       </c>
@@ -2162,93 +2162,93 @@
       <c r="M21" s="2">
         <v>0</v>
       </c>
       <c r="N21" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="2">
         <v>102644</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>66235</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="I22" s="2">
         <v>11</v>
       </c>
       <c r="J22" s="2">
         <v>1</v>
       </c>
       <c r="K22" s="2">
         <v>66</v>
       </c>
       <c r="L22" s="2">
         <v>200</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>266</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2">
         <v>112091</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>66141</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I23" s="2">
         <v>11</v>
       </c>
       <c r="J23" s="2">
         <v>2</v>
       </c>
       <c r="K23" s="2">
         <v>66</v>
       </c>
       <c r="L23" s="2">
         <v>150</v>
       </c>
       <c r="M23" s="2">
         <v>0</v>
       </c>
       <c r="N23" s="2">
         <v>216</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="2">
@@ -2320,61 +2320,61 @@
       </c>
       <c r="J25" s="2">
         <v>10</v>
       </c>
       <c r="K25" s="2">
         <v>66</v>
       </c>
       <c r="L25" s="2">
         <v>50</v>
       </c>
       <c r="M25" s="2">
         <v>0</v>
       </c>
       <c r="N25" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="2">
         <v>112093</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2">
         <v>66058</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I26" s="2">
         <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>3</v>
       </c>
       <c r="K26" s="2">
         <v>66</v>
       </c>
       <c r="L26" s="2">
         <v>125</v>
       </c>
       <c r="M26" s="2">
         <v>0</v>
       </c>
       <c r="N26" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2">
@@ -2398,214 +2398,214 @@
       </c>
       <c r="H27" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I27" s="2">
         <v>13</v>
       </c>
       <c r="J27" s="2">
         <v>12</v>
       </c>
       <c r="K27" s="2">
         <v>66</v>
       </c>
       <c r="L27" s="2">
         <v>40</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="2">
-        <v>101559</v>
+        <v>105689</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>66221</v>
+        <v>66230</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I28" s="2">
         <v>14</v>
       </c>
       <c r="J28" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K28" s="2">
         <v>66</v>
       </c>
       <c r="L28" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
-        <v>216</v>
+        <v>166</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="2">
-        <v>105689</v>
+        <v>101559</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2">
-        <v>66230</v>
+        <v>66221</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I29" s="2">
         <v>14</v>
       </c>
       <c r="J29" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K29" s="2">
         <v>66</v>
       </c>
       <c r="L29" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="M29" s="2">
         <v>0</v>
       </c>
       <c r="N29" s="2">
-        <v>166</v>
+        <v>216</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="2">
-        <v>105707</v>
+        <v>112095</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2">
-        <v>66103</v>
+        <v>66167</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>98</v>
       </c>
       <c r="I30" s="2">
         <v>15</v>
       </c>
       <c r="J30" s="2">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="K30" s="2">
         <v>66</v>
       </c>
       <c r="L30" s="2">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
       <c r="N30" s="2">
-        <v>101</v>
+        <v>141</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2">
-        <v>112095</v>
+        <v>105707</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>66167</v>
+        <v>66103</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>101</v>
       </c>
       <c r="I31" s="2">
         <v>15</v>
       </c>
       <c r="J31" s="2">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="K31" s="2">
         <v>66</v>
       </c>
       <c r="L31" s="2">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
-        <v>141</v>
+        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="2">
         <v>105708</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2">
         <v>66203</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>105</v>
       </c>
@@ -2624,177 +2624,177 @@
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="2">
         <v>112096</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2">
         <v>66024</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I33" s="2">
         <v>16</v>
       </c>
       <c r="J33" s="2">
         <v>6</v>
       </c>
       <c r="K33" s="2">
         <v>66</v>
       </c>
       <c r="L33" s="2">
         <v>70</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="2">
         <v>112097</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>66226</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I34" s="2">
         <v>17</v>
       </c>
       <c r="J34" s="2">
         <v>7</v>
       </c>
       <c r="K34" s="2">
         <v>66</v>
       </c>
       <c r="L34" s="2">
         <v>65</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2">
         <v>103155</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2">
         <v>66182</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I35" s="2">
         <v>17</v>
       </c>
       <c r="J35" s="2">
         <v>3</v>
       </c>
       <c r="K35" s="2">
         <v>66</v>
       </c>
       <c r="L35" s="2">
         <v>125</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>191</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="2">
         <v>112098</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2">
         <v>66136</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>118</v>
       </c>
       <c r="I36" s="2">
         <v>18</v>
       </c>
       <c r="J36" s="2">
         <v>8</v>
       </c>
       <c r="K36" s="2">
         <v>66</v>
       </c>
       <c r="L36" s="2">
         <v>60</v>
       </c>
       <c r="M36" s="2">
         <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="2">
@@ -2818,130 +2818,130 @@
       </c>
       <c r="H37" s="2" t="s">
         <v>121</v>
       </c>
       <c r="I37" s="2">
         <v>18</v>
       </c>
       <c r="J37" s="2">
         <v>15</v>
       </c>
       <c r="K37" s="2">
         <v>66</v>
       </c>
       <c r="L37" s="2">
         <v>25</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>91</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2">
-        <v>105710</v>
+        <v>112099</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2">
-        <v>66081</v>
+        <v>66028</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I38" s="2">
         <v>19</v>
       </c>
       <c r="J38" s="2">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="K38" s="2">
         <v>66</v>
       </c>
       <c r="L38" s="2">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
       <c r="N38" s="2">
-        <v>90</v>
+        <v>121</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2">
-        <v>112099</v>
+        <v>105710</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>66028</v>
+        <v>66081</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I39" s="2">
         <v>19</v>
       </c>
       <c r="J39" s="2">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="K39" s="2">
         <v>66</v>
       </c>
       <c r="L39" s="2">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
       <c r="N39" s="2">
-        <v>121</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="2">
         <v>105711</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2">
         <v>66109</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>130</v>
       </c>
@@ -2960,93 +2960,93 @@
       <c r="M40" s="2">
         <v>0</v>
       </c>
       <c r="N40" s="2">
         <v>89</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="2">
         <v>112100</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2">
         <v>66121</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>133</v>
       </c>
       <c r="I41" s="2">
         <v>20</v>
       </c>
       <c r="J41" s="2">
         <v>10</v>
       </c>
       <c r="K41" s="2">
         <v>66</v>
       </c>
       <c r="L41" s="2">
         <v>50</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="2">
         <v>105712</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>66095</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>136</v>
       </c>
       <c r="I42" s="2">
         <v>21</v>
       </c>
       <c r="J42" s="2">
         <v>4</v>
       </c>
       <c r="K42" s="2">
         <v>66</v>
       </c>
       <c r="L42" s="2">
         <v>100</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="2">
@@ -3125,51 +3125,51 @@
       <c r="L44" s="2">
         <v>21</v>
       </c>
       <c r="M44" s="2">
         <v>0</v>
       </c>
       <c r="N44" s="2">
         <v>87</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="2">
         <v>105715</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2">
         <v>66228</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>146</v>
       </c>
       <c r="I45" s="2">
         <v>24</v>
       </c>
       <c r="J45" s="2">
         <v>20</v>
       </c>
       <c r="K45" s="2">
         <v>66</v>
       </c>
       <c r="L45" s="2">
         <v>20</v>
       </c>
       <c r="M45" s="2">
         <v>0</v>
       </c>
       <c r="N45" s="2">
         <v>86</v>
       </c>
@@ -3209,51 +3209,51 @@
       <c r="L46" s="2">
         <v>15</v>
       </c>
       <c r="M46" s="2">
         <v>0</v>
       </c>
       <c r="N46" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="2">
         <v>105717</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2">
         <v>66074</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>152</v>
       </c>
       <c r="I47" s="2">
         <v>26</v>
       </c>
       <c r="J47" s="2">
         <v>22</v>
       </c>
       <c r="K47" s="2">
         <v>66</v>
       </c>
       <c r="L47" s="2">
         <v>15</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
         <v>81</v>
       </c>
@@ -3338,51 +3338,51 @@
       <c r="M49" s="2">
         <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="2">
         <v>105720</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
         <v>66024</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>161</v>
       </c>
       <c r="I50" s="2">
         <v>29</v>
       </c>
       <c r="J50" s="2">
         <v>5</v>
       </c>
       <c r="K50" s="2">
         <v>66</v>
       </c>
       <c r="L50" s="2">
         <v>75</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>141</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="2">
@@ -3797,51 +3797,51 @@
       <c r="L60" s="2">
         <v>15</v>
       </c>
       <c r="M60" s="2">
         <v>0</v>
       </c>
       <c r="N60" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="2">
         <v>105731</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2">
         <v>66197</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>194</v>
       </c>
       <c r="I61" s="2">
         <v>40</v>
       </c>
       <c r="J61" s="2">
         <v>35</v>
       </c>
       <c r="K61" s="2">
         <v>66</v>
       </c>
       <c r="L61" s="2">
         <v>15</v>
       </c>
       <c r="M61" s="2">
         <v>0</v>
       </c>
       <c r="N61" s="2">
         <v>81</v>
       </c>
@@ -3926,51 +3926,51 @@
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2">
         <v>105734</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>66007</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>203</v>
       </c>
       <c r="I64" s="2">
         <v>43</v>
       </c>
       <c r="J64" s="2">
         <v>6</v>
       </c>
       <c r="K64" s="2">
         <v>66</v>
       </c>
       <c r="L64" s="2">
         <v>70</v>
       </c>
       <c r="M64" s="2">
         <v>0</v>
       </c>
       <c r="N64" s="2">
         <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="2">
@@ -4010,93 +4010,93 @@
       <c r="M65" s="2">
         <v>0</v>
       </c>
       <c r="N65" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="2">
         <v>105736</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>66157</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I66" s="2">
         <v>45</v>
       </c>
       <c r="J66" s="2">
         <v>7</v>
       </c>
       <c r="K66" s="2">
         <v>66</v>
       </c>
       <c r="L66" s="2">
         <v>65</v>
       </c>
       <c r="M66" s="2">
         <v>0</v>
       </c>
       <c r="N66" s="2">
         <v>131</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2">
         <v>104482</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
         <v>66158</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I67" s="2">
         <v>46</v>
       </c>
       <c r="J67" s="2">
         <v>8</v>
       </c>
       <c r="K67" s="2">
         <v>66</v>
       </c>
       <c r="L67" s="2">
         <v>60</v>
       </c>
       <c r="M67" s="2">
         <v>0</v>
       </c>
       <c r="N67" s="2">
         <v>126</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="2">
@@ -4346,51 +4346,51 @@
       <c r="M73" s="2">
         <v>0</v>
       </c>
       <c r="N73" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="2">
         <v>105742</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
         <v>66167</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>232</v>
       </c>
       <c r="I74" s="2">
         <v>53</v>
       </c>
       <c r="J74" s="2">
         <v>9</v>
       </c>
       <c r="K74" s="2">
         <v>66</v>
       </c>
       <c r="L74" s="2">
         <v>55</v>
       </c>
       <c r="M74" s="2">
         <v>0</v>
       </c>
       <c r="N74" s="2">
         <v>121</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="2">
@@ -4682,51 +4682,51 @@
       <c r="M81" s="2">
         <v>0</v>
       </c>
       <c r="N81" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="2">
         <v>105750</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2">
         <v>66150</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>255</v>
       </c>
       <c r="I82" s="2">
         <v>61</v>
       </c>
       <c r="J82" s="2">
         <v>10</v>
       </c>
       <c r="K82" s="2">
         <v>66</v>
       </c>
       <c r="L82" s="2">
         <v>50</v>
       </c>
       <c r="M82" s="2">
         <v>0</v>
       </c>
       <c r="N82" s="2">
         <v>116</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="2">
@@ -4850,93 +4850,93 @@
       <c r="M85" s="2">
         <v>0</v>
       </c>
       <c r="N85" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="2">
         <v>105754</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>266</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
         <v>66078</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>267</v>
       </c>
       <c r="I86" s="2">
         <v>65</v>
       </c>
       <c r="J86" s="2">
         <v>11</v>
       </c>
       <c r="K86" s="2">
         <v>66</v>
       </c>
       <c r="L86" s="2">
         <v>45</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>111</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="2">
         <v>105755</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>268</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>269</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
         <v>66196</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>270</v>
       </c>
       <c r="I87" s="2">
         <v>66</v>
       </c>
       <c r="J87" s="2">
         <v>12</v>
       </c>
       <c r="K87" s="2">
         <v>66</v>
       </c>
       <c r="L87" s="2">
         <v>40</v>
       </c>
       <c r="M87" s="2">
         <v>0</v>
       </c>
       <c r="N87" s="2">
         <v>106</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2">
@@ -5018,51 +5018,51 @@
       <c r="M89" s="2">
         <v>0</v>
       </c>
       <c r="N89" s="2">
         <v>81</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2">
         <v>105758</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>277</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>278</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2">
         <v>66175</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>279</v>
       </c>
       <c r="I90" s="2">
         <v>69</v>
       </c>
       <c r="J90" s="2">
         <v>13</v>
       </c>
       <c r="K90" s="2">
         <v>66</v>
       </c>
       <c r="L90" s="2">
         <v>35</v>
       </c>
       <c r="M90" s="2">
         <v>0</v>
       </c>
       <c r="N90" s="2">
         <v>101</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="2">