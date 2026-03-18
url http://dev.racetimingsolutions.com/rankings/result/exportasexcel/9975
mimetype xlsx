--- v0 (2025-10-24)
+++ v1 (2026-03-18)
@@ -56,86 +56,86 @@
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Finish Time</t>
   </si>
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>Gender Position</t>
   </si>
   <si>
     <t>Finisher Points</t>
   </si>
   <si>
     <t>Performance Points</t>
   </si>
   <si>
     <t>Bonus Points</t>
   </si>
   <si>
     <t>Total Points</t>
   </si>
   <si>
+    <t>Alessandro</t>
+  </si>
+  <si>
+    <t>Sherpa</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>17:45:00</t>
+  </si>
+  <si>
+    <t>Salvador</t>
+  </si>
+  <si>
+    <t>Rambla</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Tilley</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>17:27:51.80000000001</t>
   </si>
   <si>
-    <t>Alessandro</t>
-[...19 lines deleted...]
-  <si>
     <t>Sirisak</t>
   </si>
   <si>
     <t>Namyota</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>22:16:59</t>
   </si>
   <si>
     <t>TLK</t>
   </si>
   <si>
     <t>Condo</t>
   </si>
   <si>
     <t>Laos</t>
   </si>
   <si>
     <t>17:50:00</t>
   </si>
   <si>
     <t>Jumnong</t>
@@ -144,117 +144,117 @@
     <t>Taonak</t>
   </si>
   <si>
     <t>22:17:1.2000000000116</t>
   </si>
   <si>
     <t>Michael</t>
   </si>
   <si>
     <t>Mclean</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>20:07:00</t>
   </si>
   <si>
     <t>Keobounmy</t>
   </si>
   <si>
     <t>Souvanasin</t>
   </si>
   <si>
     <t>22:19:24.39999999998</t>
+  </si>
+  <si>
+    <t>Amorn</t>
+  </si>
+  <si>
+    <t>Kimnguan</t>
+  </si>
+  <si>
+    <t>22:57:35.600000000006</t>
   </si>
   <si>
     <t>Sukrit</t>
   </si>
   <si>
     <t>Kaewyoun</t>
   </si>
   <si>
     <t>4
 5</t>
   </si>
   <si>
     <t>21:00:00</t>
   </si>
   <si>
-    <t>Amorn</t>
-[...5 lines deleted...]
-    <t>22:57:35.600000000006</t>
+    <t>Canh</t>
+  </si>
+  <si>
+    <t>Nguyen Thanh</t>
+  </si>
+  <si>
+    <t>Nguyễn Thanh Cảnh</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>23:01:12.600000000006</t>
   </si>
   <si>
     <t>Roger</t>
   </si>
   <si>
     <t>Suter</t>
   </si>
   <si>
     <t>21:01:00</t>
   </si>
   <si>
-    <t>Canh</t>
-[...11 lines deleted...]
-    <t>23:01:12.600000000006</t>
+    <t>Gert-Jan</t>
+  </si>
+  <si>
+    <t>Langhuis</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>21:01:30</t>
   </si>
   <si>
     <t>Supeeraphan</t>
   </si>
   <si>
     <t>Sreeduangjan</t>
   </si>
   <si>
     <t>23:57:39.399999999994</t>
-  </si>
-[...10 lines deleted...]
-    <t>21:01:30</t>
   </si>
   <si>
     <t>Irish</t>
   </si>
   <si>
     <t xml:space="preserve">Glorioso </t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>24:48:13.100000000035</t>
   </si>
   <si>
     <t>Siokhar</t>
   </si>
   <si>
     <t>Lim</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
@@ -791,154 +791,154 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="2">
-        <v>121305</v>
+        <v>106207</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2">
-        <v>80002</v>
+        <v>1</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>1</v>
       </c>
       <c r="J2" s="2">
         <v>1</v>
       </c>
       <c r="K2" s="2">
         <v>100</v>
       </c>
       <c r="L2" s="2">
         <v>400</v>
       </c>
       <c r="M2" s="2">
         <v>0</v>
       </c>
       <c r="N2" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2">
-        <v>106207</v>
+        <v>111637</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I3" s="2">
         <v>1</v>
       </c>
       <c r="J3" s="2">
         <v>1</v>
       </c>
       <c r="K3" s="2">
         <v>100</v>
       </c>
       <c r="L3" s="2">
         <v>400</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
       <c r="N3" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2">
-        <v>111637</v>
+        <v>121305</v>
       </c>
       <c r="B4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
-        <v>2</v>
+        <v>80002</v>
       </c>
       <c r="F4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" s="2" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="I4" s="2">
         <v>1</v>
       </c>
       <c r="J4" s="2">
         <v>1</v>
       </c>
       <c r="K4" s="2">
         <v>100</v>
       </c>
       <c r="L4" s="2">
         <v>400</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
       <c r="N4" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2">
         <v>121728</v>
       </c>
       <c r="B5" s="2" t="s">
@@ -1127,286 +1127,286 @@
       </c>
       <c r="H9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I9" s="2">
         <v>4</v>
       </c>
       <c r="J9" s="2">
         <v>4</v>
       </c>
       <c r="K9" s="2">
         <v>100</v>
       </c>
       <c r="L9" s="2">
         <v>300</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2">
-        <v>107398</v>
+        <v>118537</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
-      <c r="E10" s="2" t="s">
-        <v>46</v>
+      <c r="E10" s="2">
+        <v>80030</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I10" s="2">
         <v>5</v>
       </c>
       <c r="J10" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K10" s="2">
         <v>100</v>
       </c>
       <c r="L10" s="2">
         <v>275</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2">
-        <v>118537</v>
+        <v>107398</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
         <v>49</v>
-      </c>
-[...2 lines deleted...]
-        <v>80030</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I11" s="2">
         <v>5</v>
       </c>
       <c r="J11" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K11" s="2">
         <v>100</v>
       </c>
       <c r="L11" s="2">
         <v>275</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2">
-        <v>112292</v>
+        <v>115642</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="E12" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F12" s="2"/>
+        <v>80025</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I12" s="2">
         <v>6</v>
       </c>
       <c r="J12" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K12" s="2">
         <v>100</v>
       </c>
       <c r="L12" s="2">
         <v>250</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
       <c r="N12" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="2">
-        <v>115642</v>
+        <v>112292</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>80025</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="F13" s="2"/>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I13" s="2">
         <v>6</v>
       </c>
       <c r="J13" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K13" s="2">
         <v>100</v>
       </c>
       <c r="L13" s="2">
         <v>250</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="2">
-        <v>102628</v>
+        <v>112295</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2">
-        <v>80020</v>
+        <v>6</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I14" s="2">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K14" s="2">
         <v>100</v>
       </c>
       <c r="L14" s="2">
         <v>240</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2">
-        <v>112295</v>
+        <v>102628</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
-        <v>6</v>
+        <v>80020</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I15" s="2">
         <v>7</v>
       </c>
       <c r="J15" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K15" s="2">
         <v>100</v>
       </c>
       <c r="L15" s="2">
         <v>240</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="2">
         <v>119166</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>